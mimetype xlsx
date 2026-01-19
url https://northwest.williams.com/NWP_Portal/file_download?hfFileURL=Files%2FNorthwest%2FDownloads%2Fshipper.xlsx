--- v0 (2025-10-27)
+++ v1 (2026-01-19)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\INDEX OF CUSTOMERS\1) Historical IOCs\2025-10-01\Final\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\INDEX OF CUSTOMERS\1) Historical IOCs\2026-01-01\Final\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{994C5141-F20E-4A2C-90DA-95C64CD57410}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{37FD7B38-07B9-4A87-BAAD-F78D54437D42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D7ADE7DF-9629-46F7-B4E4-42254B523477}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9FB2499F-E08F-4671-A306-5040336D4E62}"/>
   </bookViews>
   <sheets>
-    <sheet name="C0006402510" sheetId="1" r:id="rId1"/>
+    <sheet name="C0006402601" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="0" iterate="1"/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6171" uniqueCount="453">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6223" uniqueCount="451">
   <si>
     <t>INDEX OF CUSTOMERS
 TF-1 Transportation Agreement</t>
   </si>
   <si>
     <t>TSP Name:</t>
   </si>
   <si>
     <t>Northwest Pipeline LLC</t>
   </si>
   <si>
     <t>TSP:</t>
   </si>
   <si>
     <t>As Of</t>
   </si>
   <si>
     <t>Shipper Name</t>
   </si>
   <si>
     <t>Shipper ID</t>
   </si>
   <si>
     <t xml:space="preserve">Shipper Affiliation Indicator </t>
   </si>
@@ -74,122 +74,137 @@
     <t>Contract Effective Date</t>
   </si>
   <si>
     <t>Contract Primary Term Expiration Date</t>
   </si>
   <si>
     <t>Ever-
 green</t>
   </si>
   <si>
     <t xml:space="preserve">Days Until Next Possible Contract Expiration </t>
   </si>
   <si>
     <t>Negotiated Rates Indicator</t>
   </si>
   <si>
     <t>For Transportation, Max Daily Quantity</t>
   </si>
   <si>
     <t>For Storage, Max Daily Quantity</t>
   </si>
   <si>
     <t>Footnote ID</t>
   </si>
   <si>
+    <t>ARM Energy Management, LLC</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>Y</t>
+  </si>
+  <si>
+    <t>4,7,38</t>
+  </si>
+  <si>
+    <t>TF-1</t>
+  </si>
+  <si>
+    <t>Agent or Asset Manager Name</t>
+  </si>
+  <si>
+    <t>Agent or Asset Manager Affiliation Identifier</t>
+  </si>
+  <si>
+    <t>Point Identifier Code</t>
+  </si>
+  <si>
+    <t>Point Name</t>
+  </si>
+  <si>
+    <t>Point Identification Code Qualifier</t>
+  </si>
+  <si>
+    <t>Point Identification Code</t>
+  </si>
+  <si>
+    <t>For Transportation Maximum Daily Quantity</t>
+  </si>
+  <si>
+    <t>M2</t>
+  </si>
+  <si>
+    <t>IGNACIO PLANT</t>
+  </si>
+  <si>
+    <t>MQ</t>
+  </si>
+  <si>
+    <t>KERN RIVER MUDDY CREEK DELIV.</t>
+  </si>
+  <si>
     <t>Atmos Energy Corporation</t>
   </si>
   <si>
-    <t>N</t>
-[...1 lines deleted...]
-  <si>
     <t>4,38</t>
   </si>
   <si>
-    <t>TF-1</t>
-[...7 lines deleted...]
-  <si>
     <t>Sequent Energy Management LLC</t>
   </si>
   <si>
-    <t>Y</t>
-[...19 lines deleted...]
-  <si>
     <t>OPAL PLANT</t>
   </si>
   <si>
-    <t>MQ</t>
-[...1 lines deleted...]
-  <si>
     <t>IGNACIO DELIVERY</t>
   </si>
   <si>
+    <t>STANFIELD RECEIPT</t>
+  </si>
+  <si>
     <t>1,4,38</t>
   </si>
   <si>
+    <t>LAPLATA-TW</t>
+  </si>
+  <si>
     <t>Avista Corporation</t>
   </si>
   <si>
     <t>3,4,38,89</t>
   </si>
   <si>
     <t>BLANCO HUB-MILAGRO (56419)</t>
   </si>
   <si>
     <t>CLAY BASIN RECEIPT</t>
   </si>
   <si>
     <t>GREEN RIVER GATHERING</t>
   </si>
   <si>
-    <t>IGNACIO PLANT</t>
-[...1 lines deleted...]
-  <si>
     <t>STARR ROAD RECEIPT</t>
   </si>
   <si>
     <t>SUMAS RECEIPT</t>
   </si>
   <si>
     <t>CANYONVILLE</t>
   </si>
   <si>
     <t>CHENEY (MEDICAL LAKE)</t>
   </si>
   <si>
     <t>COEUR D'ALENE E. (HAYDEN)</t>
   </si>
   <si>
     <t>COEUR D'ALENE W.</t>
   </si>
   <si>
     <t>COLFAX</t>
   </si>
   <si>
     <t>COLTON</t>
   </si>
   <si>
     <t>CONNELL</t>
@@ -224,53 +239,50 @@
   <si>
     <t>LEWISTON W.</t>
   </si>
   <si>
     <t>LIND</t>
   </si>
   <si>
     <t>MCGUIRE</t>
   </si>
   <si>
     <t>MOSCOW</t>
   </si>
   <si>
     <t>MYRTLE CREEK/RIDDLE</t>
   </si>
   <si>
     <t>NINE MILE FALLS</t>
   </si>
   <si>
     <t>NORTH POWDER</t>
   </si>
   <si>
     <t>OAKLAND</t>
   </si>
   <si>
-    <t>PAGE MINE</t>
-[...1 lines deleted...]
-  <si>
     <t>PALOUSE/ALBION</t>
   </si>
   <si>
     <t>PINEHURST</t>
   </si>
   <si>
     <t>POST FALLS</t>
   </si>
   <si>
     <t>PULLMAN</t>
   </si>
   <si>
     <t>RITZVILLE</t>
   </si>
   <si>
     <t>ROSEBURG</t>
   </si>
   <si>
     <t>ROUND PRAIRIE(ROSEBURG LUMBER)</t>
   </si>
   <si>
     <t>SMELTERVILLE</t>
   </si>
   <si>
     <t>SPOKANE MEAD</t>
@@ -323,104 +335,101 @@
   <si>
     <t>SAND SPRINGS</t>
   </si>
   <si>
     <t>NATURITA/NUCLA</t>
   </si>
   <si>
     <t>The Boeing Company</t>
   </si>
   <si>
     <t>United Energy Trading LLC</t>
   </si>
   <si>
     <t>BLANCO HUB-TW (56498)</t>
   </si>
   <si>
     <t>PORTLAND NORTHEAST</t>
   </si>
   <si>
     <t>SOUTH SEATTLE</t>
   </si>
   <si>
     <t>BOEING-FREDRICKSON</t>
   </si>
   <si>
-    <t>KERN RIVER MUDDY CREEK DELIV.</t>
-[...1 lines deleted...]
-  <si>
     <t>NORTH SEATTLE/EVERETT</t>
   </si>
   <si>
     <t>NORTH TACOMA</t>
   </si>
   <si>
     <t>CARBONBETTER, LLC</t>
   </si>
   <si>
+    <t>MCKINNON RECEIPT</t>
+  </si>
+  <si>
     <t>Cardinal FG Company</t>
   </si>
   <si>
     <t>Kinect Energy, Inc.</t>
   </si>
   <si>
     <t>WEYEHAEUSER (OSTRANDER PLANT)</t>
   </si>
   <si>
     <t>RENO LATERAL (TO PAIUTE)</t>
   </si>
   <si>
     <t>Cascade Natural Gas Corporation</t>
   </si>
   <si>
     <t>4,38,66</t>
   </si>
   <si>
     <t>Tenaska Marketing Ventures</t>
   </si>
   <si>
     <t>BLANCO RECEIPT</t>
   </si>
   <si>
     <t>COLLINS GULCH</t>
   </si>
   <si>
     <t>CUTTHROAT</t>
   </si>
   <si>
     <t>LISBON RECEIPT</t>
   </si>
   <si>
     <t>PALOUSE</t>
   </si>
   <si>
     <t>SHUTE CREEK PLANT RECEIPT</t>
   </si>
   <si>
-    <t>STANFIELD RECEIPT</t>
-[...1 lines deleted...]
-  <si>
     <t>A&amp;M RENDERING</t>
   </si>
   <si>
     <t>ABERDEEN/HOQUIAM/MCCLEARY</t>
   </si>
   <si>
     <t>ACME</t>
   </si>
   <si>
     <t>ARLINGTON</t>
   </si>
   <si>
     <t>ATHENA</t>
   </si>
   <si>
     <t>BAKER</t>
   </si>
   <si>
     <t>BELLINGHAM (FERNDALE)</t>
   </si>
   <si>
     <t>BREMERTON (SHELTON)</t>
   </si>
   <si>
     <t>BURBANK HEIGHTS</t>
@@ -569,59 +578,59 @@
   <si>
     <t>NORTH PASCO</t>
   </si>
   <si>
     <t>PORTLAND WEST/SCAPPOOSE</t>
   </si>
   <si>
     <t>JACKSON PRAIRIE RECEIPT</t>
   </si>
   <si>
     <t>SOUTHRIDGE</t>
   </si>
   <si>
     <t>MOLALLA RECEIPT</t>
   </si>
   <si>
     <t>WALLA WALLA IN-LINE TRANSFER</t>
   </si>
   <si>
     <t xml:space="preserve">Castleton Commodities Merchant Trading </t>
   </si>
   <si>
     <t>SCOTT METER STATION</t>
   </si>
   <si>
-    <t>4,7,38</t>
+    <t>CIMA Energy, Ltd</t>
+  </si>
+  <si>
+    <t>CHEVRON RANGELY</t>
   </si>
   <si>
     <t>Citadel Energy Marketing LLC</t>
   </si>
   <si>
-    <t>LAPLATA-TW</t>
-[...1 lines deleted...]
-  <si>
     <t>WILD HORSE RECEIPT</t>
   </si>
   <si>
     <t>CITIGROUP ENERGY, INC</t>
   </si>
   <si>
     <t>CLAY BASIN DELIVERY</t>
   </si>
   <si>
     <t>City of Blanding</t>
   </si>
   <si>
     <t>2,3,4,38</t>
   </si>
   <si>
     <t>Summit Energy, LLC</t>
   </si>
   <si>
     <t>BLANDING</t>
   </si>
   <si>
     <t>City Of Ellensburg</t>
   </si>
   <si>
     <t>Shell Energy North America (US), LP</t>
@@ -629,69 +638,72 @@
   <si>
     <t>ELLENSBURG</t>
   </si>
   <si>
     <t>City Of Enumclaw</t>
   </si>
   <si>
     <t>IGI Resources, Inc.</t>
   </si>
   <si>
     <t>ENUMCLAW</t>
   </si>
   <si>
     <t>CLEARWATER PAPER CORPORATION</t>
   </si>
   <si>
     <t>ConocoPhillips Company</t>
   </si>
   <si>
     <t>Concord Energy, LLC</t>
   </si>
   <si>
     <t>WESTERN MARKET CENTER DELIVERY</t>
   </si>
   <si>
-    <t>MCKINNON RECEIPT</t>
-[...1 lines deleted...]
-  <si>
     <t>Cyanco Company, LLC</t>
   </si>
   <si>
     <t>Darigold, Inc.</t>
   </si>
   <si>
     <t>HAGINS DELIVERY METER STATION</t>
   </si>
   <si>
     <t>DRW Energy Trading, LLC</t>
   </si>
   <si>
+    <t>DXT Commodities North America Inc.</t>
+  </si>
+  <si>
+    <t>GREEN RIVER DELIVERY</t>
+  </si>
+  <si>
     <t>EDF Trading North America, LLC</t>
   </si>
   <si>
-    <t>GREEN RIVER DELIVERY</t>
+    <t>OVERTHRUST RECEIPT</t>
   </si>
   <si>
     <t>EP Minerals, LLC</t>
   </si>
   <si>
     <t>Evraz Inc. NA</t>
   </si>
   <si>
     <t>RIVERGATE (OREGON STEEL)</t>
   </si>
   <si>
     <t>ExxonMobil Oil Corporation</t>
   </si>
   <si>
     <t>FortisBC Energy Inc.</t>
   </si>
   <si>
     <t>DEER ISLAND RECEIPT</t>
   </si>
   <si>
     <t>SIPI DELIVERY</t>
   </si>
   <si>
     <t>Georgia-Pacific LLC</t>
   </si>
@@ -704,50 +716,53 @@
   <si>
     <t>DEER ISLAND</t>
   </si>
   <si>
     <t>BROWNSVILLE/HALSEY</t>
   </si>
   <si>
     <t>Harvey's Tahoe Management Co., Inc.</t>
   </si>
   <si>
     <t>Idaho Power Company</t>
   </si>
   <si>
     <t>ELMORE DELIVERY M/S</t>
   </si>
   <si>
     <t>1,4,38,163</t>
   </si>
   <si>
     <t>ELMORE IN-LINE TRANSFER REC</t>
   </si>
   <si>
     <t>LANGLEY GULCH</t>
   </si>
   <si>
+    <t>BENNETT</t>
+  </si>
+  <si>
     <t>Idahoan Foods, LLC</t>
   </si>
   <si>
     <t>ALBANY</t>
   </si>
   <si>
     <t>NORTH EUGENE</t>
   </si>
   <si>
     <t>SOUTH EUGENE</t>
   </si>
   <si>
     <t>1, 38, 95</t>
   </si>
   <si>
     <t>Intermountain Gas Company</t>
   </si>
   <si>
     <t>GLEN BENCH</t>
   </si>
   <si>
     <t>GREAT DIVIDE/PICEANCE CR. REC.</t>
   </si>
   <si>
     <t>NORTH DOUGLAS CREEK</t>
@@ -875,441 +890,426 @@
   <si>
     <t>SODA SPRINGS</t>
   </si>
   <si>
     <t>SODA SPRINGS CANAL</t>
   </si>
   <si>
     <t>TWIN FALLS</t>
   </si>
   <si>
     <t>TWIN FALLS # 2</t>
   </si>
   <si>
     <t>INTERNATIONAL PAPER</t>
   </si>
   <si>
     <t>Oremet-Wah Chang</t>
   </si>
   <si>
     <t>Castleton Commodities Merchant Trading L.P.</t>
   </si>
   <si>
     <t>Longview Fibre Paper and Packaging, Inc.</t>
   </si>
   <si>
+    <t>Radiate Energy LLC</t>
+  </si>
+  <si>
     <t>SOUTH LONGVIEW FIBRE</t>
   </si>
   <si>
     <t>Mercuria Commodities Canada Corporation</t>
   </si>
   <si>
     <t>Morgan Stanley Capital Group Inc.</t>
   </si>
   <si>
-    <t>SHUTE CREEK PLANT DELIVERY</t>
-[...4 lines deleted...]
-  <si>
     <t>WESTERN MARKET CENTER RECEIPT</t>
   </si>
   <si>
     <t>CROSSOVER 16 DELIVERY</t>
   </si>
   <si>
+    <t>Nevada Gold Mines LLC</t>
+  </si>
+  <si>
+    <t>Nippon Dynawave Packaging Co</t>
+  </si>
+  <si>
+    <t>North Pacific Paper Company, LLC</t>
+  </si>
+  <si>
+    <t>Northwest Natural Gas Company</t>
+  </si>
+  <si>
+    <t>DRAGON TRAIL</t>
+  </si>
+  <si>
+    <t>WESTGAS ARKANSAS</t>
+  </si>
+  <si>
+    <t>BATTLE GROUND</t>
+  </si>
+  <si>
+    <t>CAMAS</t>
+  </si>
+  <si>
+    <t>CARSON</t>
+  </si>
+  <si>
+    <t>COBURG</t>
+  </si>
+  <si>
+    <t>COTTAGE GROVE</t>
+  </si>
+  <si>
+    <t>CRESWELL</t>
+  </si>
+  <si>
+    <t>DALLESPORT</t>
+  </si>
+  <si>
+    <t>GRESHAM</t>
+  </si>
+  <si>
+    <t>HOOD RIVER</t>
+  </si>
+  <si>
+    <t>JACKSON PRAIRIE DELIVERY</t>
+  </si>
+  <si>
+    <t>JEFFERSON/SCIO</t>
+  </si>
+  <si>
+    <t>JOHN DAY DAM</t>
+  </si>
+  <si>
+    <t>KELSO/BEAVER</t>
+  </si>
+  <si>
+    <t>KLICKITAT</t>
+  </si>
+  <si>
+    <t>MARION</t>
+  </si>
+  <si>
+    <t>MCMINNVILLE-AMITY</t>
+  </si>
+  <si>
+    <t>MOLALLA</t>
+  </si>
+  <si>
+    <t>MONITOR</t>
+  </si>
+  <si>
+    <t>MOUNT ANGEL</t>
+  </si>
+  <si>
+    <t>NORTH BONNEVILLE</t>
+  </si>
+  <si>
+    <t>NORTH VANCOUVER</t>
+  </si>
+  <si>
+    <t>OREGON CITY</t>
+  </si>
+  <si>
+    <t>PORTLAND SOUTHEAST</t>
+  </si>
+  <si>
+    <t>RIDGEFIELD</t>
+  </si>
+  <si>
+    <t>SALEM</t>
+  </si>
+  <si>
+    <t>SALMON CREEK</t>
+  </si>
+  <si>
+    <t>SOUTH VANCOUVER</t>
+  </si>
+  <si>
+    <t>THE DALLES</t>
+  </si>
+  <si>
+    <t>TURNER</t>
+  </si>
+  <si>
+    <t>VAN DER SALM</t>
+  </si>
+  <si>
+    <t>WASHOUGAL</t>
+  </si>
+  <si>
+    <t>WHITE SALMON/BINGEN</t>
+  </si>
+  <si>
+    <t>JOHNSON CRK</t>
+  </si>
+  <si>
+    <t>SANDY</t>
+  </si>
+  <si>
+    <t>COOS COUNTY METER STATION</t>
+  </si>
+  <si>
+    <t>FELIDA METER STATION</t>
+  </si>
+  <si>
+    <t>Occidental Energy Marketing, Inc.</t>
+  </si>
+  <si>
+    <t>SANTIAM</t>
+  </si>
+  <si>
+    <t>Pacificorp</t>
+  </si>
+  <si>
+    <t>BERWICK IN LINE TRANSFER</t>
+  </si>
+  <si>
+    <t>BERWICK</t>
+  </si>
+  <si>
+    <t>1,4,38,48</t>
+  </si>
+  <si>
+    <t>Portland General Electric Company</t>
+  </si>
+  <si>
+    <t>Powerex Corp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Premier Entertainment Tahoe, LLC dba </t>
+  </si>
+  <si>
+    <t>Public Utility District No. 1 of Clark County</t>
+  </si>
+  <si>
+    <t>RIVER ROAD</t>
+  </si>
+  <si>
+    <t>Puget Sound Energy, Inc.</t>
+  </si>
+  <si>
+    <t>BARTELHEIMER</t>
+  </si>
+  <si>
+    <t>BETHEL SCHOOL</t>
+  </si>
+  <si>
+    <t>BLACK DIAMOND</t>
+  </si>
+  <si>
+    <t>CAMERON VILLAGE (EAST AUBURN)</t>
+  </si>
+  <si>
+    <t>CENTRALIA/CHEHALIS</t>
+  </si>
+  <si>
+    <t>COVINGTON</t>
+  </si>
+  <si>
+    <t>DUVALL-COTTAGE LAKE</t>
+  </si>
+  <si>
+    <t>ECHO LAKE</t>
+  </si>
+  <si>
+    <t>EVERGREEN SHORES-BLACK LAKE</t>
+  </si>
+  <si>
+    <t>FREDRICKSON</t>
+  </si>
+  <si>
+    <t>GOLD BAR (MONROE)</t>
+  </si>
+  <si>
+    <t>GRANITE FALLS</t>
+  </si>
+  <si>
+    <t>ISSAQUAH HIGHLANDS</t>
+  </si>
+  <si>
+    <t>LAKE FRANCIS</t>
+  </si>
+  <si>
+    <t>LAKE STEVENS</t>
+  </si>
+  <si>
+    <t>LITTLE ROCK TAP</t>
+  </si>
+  <si>
+    <t>MAPLE HEIGHTS</t>
+  </si>
+  <si>
+    <t>MONROE</t>
+  </si>
+  <si>
+    <t>NORTH BEND/SNOQUALMIE</t>
+  </si>
+  <si>
+    <t>OLYMPIA</t>
+  </si>
+  <si>
+    <t>RAINIER</t>
+  </si>
+  <si>
+    <t>RAINIER TERRACE</t>
+  </si>
+  <si>
+    <t>REDMOND</t>
+  </si>
+  <si>
+    <t>SNOHOMISH</t>
+  </si>
+  <si>
+    <t>SOUTH TACOMA</t>
+  </si>
+  <si>
+    <t>STARTUP (MONROE)</t>
+  </si>
+  <si>
+    <t>SULTAN (MONROE)</t>
+  </si>
+  <si>
+    <t>TOLEDO</t>
+  </si>
+  <si>
+    <t>WINLOCK</t>
+  </si>
+  <si>
+    <t>YELM</t>
+  </si>
+  <si>
+    <t>CHEHALIS RURAL TAP</t>
+  </si>
+  <si>
+    <t>MCMILLAN</t>
+  </si>
+  <si>
+    <t>NOVELTY HILL M/S</t>
+  </si>
+  <si>
+    <t>MACHIAS</t>
+  </si>
+  <si>
+    <t>MAY VALLEY</t>
+  </si>
+  <si>
+    <t>NORTH PUYALLUP</t>
+  </si>
+  <si>
+    <t>BELLINGHAM II</t>
+  </si>
+  <si>
+    <t>CANYON (PUGET POWER)</t>
+  </si>
+  <si>
+    <t>GOLDENDALE IN-LINE TRANS REC</t>
+  </si>
+  <si>
+    <t>GOLDENDALE ENERGY DELIVERY</t>
+  </si>
+  <si>
+    <t>EVERETT DELTA METER STATION</t>
+  </si>
+  <si>
+    <t>OLYMPIA LATERAL IN-LINE TRANS</t>
+  </si>
+  <si>
+    <t>NORTH SEATTLE IN-LINE TRANSFER</t>
+  </si>
+  <si>
+    <t>SOUTH SEATTLE IN-LINE TRANSFER</t>
+  </si>
+  <si>
+    <t>BUCKLEY</t>
+  </si>
+  <si>
+    <t>Questar Gas</t>
+  </si>
+  <si>
+    <t>BLANCO DELIVERY</t>
+  </si>
+  <si>
+    <t>Roseburg Forest Products</t>
+  </si>
+  <si>
+    <t>Sierra Pacific Power Company</t>
+  </si>
+  <si>
+    <t>Vitol Inc</t>
+  </si>
+  <si>
+    <t>Six One Commodities LLC</t>
+  </si>
+  <si>
+    <t>1,4,38,172</t>
+  </si>
+  <si>
+    <t>Southwest Gas Corporation</t>
+  </si>
+  <si>
+    <t>1,4,38,82</t>
+  </si>
+  <si>
+    <t>1,4,38,83</t>
+  </si>
+  <si>
+    <t>Spotlight Energy</t>
+  </si>
+  <si>
+    <t>1,4,38,173</t>
+  </si>
+  <si>
+    <t>LAPLATA-NWP</t>
+  </si>
+  <si>
+    <t>Symmetry Energy Solutions, LLC.</t>
+  </si>
+  <si>
+    <t>CORTEZ &amp; DOLORES</t>
+  </si>
+  <si>
+    <t>DURANGO</t>
+  </si>
+  <si>
     <t>EAST HAMILTON RECEIPT</t>
   </si>
   <si>
-    <t>Nevada Gold Mines LLC</t>
-[...349 lines deleted...]
-  <si>
     <t>Town Of Rangely</t>
   </si>
   <si>
     <t>RANGELY CITY GATE</t>
   </si>
   <si>
     <t>Twin Eagle Resource Management, LLC</t>
   </si>
   <si>
-    <t>OVERTHRUST RECEIPT</t>
-[...1 lines deleted...]
-  <si>
     <t>United States Gypsum Company</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vitol Inc</t>
   </si>
   <si>
     <t>WEYERHAEUSER NR COMPANY</t>
   </si>
   <si>
     <t xml:space="preserve">INDEX OF CUSTOMERS
 SGS-2F </t>
   </si>
   <si>
     <t>3,38</t>
   </si>
   <si>
     <t>SGS-2F</t>
   </si>
   <si>
     <t>For Storage, Maximum Daily Quantity</t>
   </si>
   <si>
     <t>1,38</t>
   </si>
   <si>
     <t>38,66</t>
   </si>
   <si>
     <t>Tenaska Gas Storage, LLC</t>
@@ -1367,57 +1367,51 @@
   <si>
     <t>Month to month thereafter, subject to termination upon 10 business days notice by either party.</t>
   </si>
   <si>
     <t>There are no delivery point MDDO's specific to this service agreement.  Transportation deliveries shall be at or near the points described in Shipper's related currently effective service agreement under Rate Schedule TF-1.</t>
   </si>
   <si>
     <t>The contract entitlement date is shown in the contract effective date field.</t>
   </si>
   <si>
     <t>25 Year Evergreen Expansion contract.</t>
   </si>
   <si>
     <t>Year to year thereafter, subject to termination upon 5 year written notice by Shipper.</t>
   </si>
   <si>
     <t>The primary term end date for 3,220 Dth/d of contract demand is March 31, 2032; from the Ignacio Plant (1,289 Dthd), Opal Plant (858 Dth/d) and Westgas Arkansas (1,073 Dth/d) receipt points and Reno Lateral Delivery Point (3,220 Dth/d). The primary term end date for remaining 4,448 Dth/d of contract demand is September 30, 2044.</t>
   </si>
   <si>
     <t>The primary term end date for 39,338 Dth/d of contract demand is March 1, 2032; from the Ignacio Plant (13,699 Dthd), Opal Plant (3,330 Dth/d), Sumas (21,893 Dth/d) and Westgas Arkansas (416 Dth/d) receipt points and Reno Lateral Delivery Point (39,338). The primary term end date for the remaining 2,197 Dth/d of contract demand is September 30, 2044.</t>
   </si>
   <si>
     <t>Capacity rights may be limited pursuant to contractual provision(s) approved by FERC.</t>
   </si>
   <si>
-    <t>Shipper's Right of First Refusal does not go beyond October 31, 2025.</t>
-[...1 lines deleted...]
-  <si>
     <t>Service agreement requires shipper to pay an incremental facilities payment for specified facilities and allows for a discount of the transportation rate provided the shipper remains within the primary path on the specified facilities.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Transporter provided notice that this Agreement will terminate at the end of the gas day October 31, 2025.</t>
   </si>
   <si>
     <t>Transporter has provided notice that this contract will terminate at the end of Gas Day April 01, 2026. Shipper currently holds a Right of First Refusal on this capacity.</t>
   </si>
   <si>
     <t>This Agreement will terminate at end of day February 28, 2026, and 100% of the contract demand has been permanently released effective March 01, 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -2248,37848 +2242,38122 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9241F01F-3965-4E7F-958E-B1E36C2A6013}">
-  <dimension ref="A1:AK2741"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40B64F07-4753-4CAA-8549-D72C33A47F5F}">
+  <dimension ref="A1:AK2767"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:37" x14ac:dyDescent="0.25">
       <c r="J1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="G2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="G3">
         <v>67977322</v>
       </c>
       <c r="AH3" t="s">
         <v>4</v>
       </c>
       <c r="AI3" s="2">
-        <v>45931</v>
+        <v>46023</v>
       </c>
     </row>
     <row r="4" spans="1:37" x14ac:dyDescent="0.25">
       <c r="C4" t="s">
         <v>5</v>
       </c>
       <c r="J4" t="s">
         <v>6</v>
       </c>
       <c r="K4" t="s">
         <v>7</v>
       </c>
       <c r="M4" t="s">
         <v>8</v>
       </c>
       <c r="O4" t="s">
         <v>9</v>
       </c>
       <c r="Q4" t="s">
         <v>10</v>
       </c>
       <c r="U4" t="s">
         <v>11</v>
       </c>
       <c r="V4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="X4" t="s">
         <v>13</v>
       </c>
       <c r="Z4" t="s">
         <v>14</v>
       </c>
       <c r="AB4" t="s">
         <v>15</v>
       </c>
       <c r="AF4" t="s">
         <v>16</v>
       </c>
       <c r="AJ4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:37" x14ac:dyDescent="0.25">
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="J5">
-        <v>108203241</v>
+        <v>78609451</v>
       </c>
       <c r="L5" t="s">
         <v>19</v>
       </c>
       <c r="O5">
-        <v>145617</v>
+        <v>146763</v>
       </c>
       <c r="Q5" s="2">
-        <v>45931</v>
+        <v>46023</v>
       </c>
       <c r="U5" s="2">
-        <v>46142</v>
+        <v>46326</v>
       </c>
       <c r="W5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="AC5" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="AK5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:37" x14ac:dyDescent="0.25">
       <c r="M6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X6">
-        <v>211</v>
+        <v>303</v>
       </c>
     </row>
     <row r="7" spans="1:37" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="N7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
+      <c r="H8" t="s">
+        <v>26</v>
+      </c>
+      <c r="P8" t="s">
+        <v>27</v>
+      </c>
+      <c r="X8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD9" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E10" t="s">
+        <v>30</v>
+      </c>
+      <c r="I10" t="s">
+        <v>31</v>
+      </c>
+      <c r="S10">
+        <v>95</v>
+      </c>
+      <c r="Y10">
+        <v>4</v>
+      </c>
+      <c r="AE10" s="3">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="I11" t="s">
+        <v>33</v>
+      </c>
+      <c r="S11">
+        <v>95</v>
+      </c>
+      <c r="Y11">
+        <v>92</v>
+      </c>
+      <c r="AE11" s="3">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="12" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="J12">
+        <v>108203241</v>
+      </c>
+      <c r="L12" t="s">
+        <v>19</v>
+      </c>
+      <c r="O12">
+        <v>145617</v>
+      </c>
+      <c r="Q12" s="2">
+        <v>45931</v>
+      </c>
+      <c r="U12" s="2">
+        <v>46142</v>
+      </c>
+      <c r="W12" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC12" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M13" t="s">
         <v>22</v>
       </c>
-      <c r="N7" t="s">
+      <c r="X13">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B14" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="F8" t="s">
+      <c r="N14" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="9" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="R9" t="s">
+    <row r="15" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F15" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="16" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R16" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D17" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D10" t="s">
+      <c r="H17" t="s">
         <v>26</v>
       </c>
-      <c r="H10" t="s">
+      <c r="P17" t="s">
         <v>27</v>
       </c>
-      <c r="P10" t="s">
+      <c r="X17" t="s">
         <v>28</v>
       </c>
-      <c r="X10" t="s">
+    </row>
+    <row r="18" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD18" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="11" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD11" t="s">
+    <row r="19" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E19" t="s">
         <v>30</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="Y12">
+      <c r="I19" t="s">
+        <v>37</v>
+      </c>
+      <c r="S19">
+        <v>95</v>
+      </c>
+      <c r="Y19">
         <v>543</v>
       </c>
-      <c r="AE12" s="3">
+      <c r="AE19" s="3">
         <v>10000</v>
       </c>
     </row>
-    <row r="13" spans="1:37" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="I13" t="s">
+    <row r="20" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E20" t="s">
+        <v>32</v>
+      </c>
+      <c r="I20" t="s">
+        <v>38</v>
+      </c>
+      <c r="S20">
+        <v>95</v>
+      </c>
+      <c r="Y20">
+        <v>3</v>
+      </c>
+      <c r="AE20" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="21" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C21" t="s">
         <v>34</v>
       </c>
-      <c r="S13">
-[...13 lines deleted...]
-      <c r="J14">
+      <c r="J21">
         <v>108203241</v>
       </c>
-      <c r="L14" t="s">
+      <c r="L21" t="s">
         <v>19</v>
       </c>
-      <c r="O14">
-[...11 lines deleted...]
-      <c r="AC14" s="3">
+      <c r="O21">
+        <v>145626</v>
+      </c>
+      <c r="Q21" s="2">
+        <v>45962</v>
+      </c>
+      <c r="U21" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W21" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC21" s="3">
         <v>5000</v>
       </c>
-      <c r="AK14" t="s">
+      <c r="AK21" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="15" spans="1:37" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="B16" t="s">
+    <row r="22" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M22" t="s">
         <v>22</v>
       </c>
-      <c r="N16" t="s">
+      <c r="X22">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="23" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B23" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="F17" t="s">
+      <c r="N23" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="18" spans="2:37" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-      <c r="C23" t="s">
+    <row r="24" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F24" t="s">
         <v>36</v>
       </c>
-      <c r="J23">
-[...30 lines deleted...]
-      </c>
     </row>
     <row r="25" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="B25" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="R25" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="2:37" x14ac:dyDescent="0.25">
       <c r="D26" t="s">
+        <v>25</v>
+      </c>
+      <c r="H26" t="s">
         <v>26</v>
       </c>
-      <c r="H26" t="s">
+      <c r="P26" t="s">
         <v>27</v>
       </c>
-      <c r="P26" t="s">
+      <c r="X26" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="27" spans="2:37" x14ac:dyDescent="0.25">
       <c r="AD27" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E28" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I28" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="S28">
         <v>95</v>
       </c>
       <c r="Y28">
-        <v>556</v>
+        <v>187</v>
       </c>
       <c r="AE28" s="3">
-        <v>13582</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="29" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E29" t="s">
+        <v>32</v>
+      </c>
+      <c r="I29" t="s">
+        <v>38</v>
+      </c>
+      <c r="S29">
+        <v>95</v>
+      </c>
+      <c r="Y29">
+        <v>3</v>
+      </c>
+      <c r="AE29" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="30" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C30" t="s">
+        <v>34</v>
+      </c>
+      <c r="J30">
+        <v>108203241</v>
+      </c>
+      <c r="L30" t="s">
+        <v>19</v>
+      </c>
+      <c r="O30">
+        <v>145635</v>
+      </c>
+      <c r="Q30" s="2">
+        <v>45748</v>
+      </c>
+      <c r="U30" s="2">
+        <v>48669</v>
+      </c>
+      <c r="W30" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC30" s="3">
+        <v>5000</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="31" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M31" t="s">
+        <v>22</v>
+      </c>
+      <c r="X31">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="32" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B32" t="s">
+        <v>23</v>
+      </c>
+      <c r="N32" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="33" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="34" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R34" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="35" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D35" t="s">
+        <v>25</v>
+      </c>
+      <c r="H35" t="s">
+        <v>26</v>
+      </c>
+      <c r="P35" t="s">
+        <v>27</v>
+      </c>
+      <c r="X35" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD36" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="37" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E37" t="s">
+        <v>30</v>
+      </c>
+      <c r="I37" t="s">
+        <v>37</v>
+      </c>
+      <c r="S37">
+        <v>95</v>
+      </c>
+      <c r="Y37">
+        <v>543</v>
+      </c>
+      <c r="AE37" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E38" t="s">
+        <v>32</v>
+      </c>
+      <c r="I38" t="s">
+        <v>38</v>
+      </c>
+      <c r="S38">
+        <v>95</v>
+      </c>
+      <c r="Y38">
+        <v>3</v>
+      </c>
+      <c r="AE38" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C39" t="s">
+        <v>34</v>
+      </c>
+      <c r="J39">
+        <v>108203241</v>
+      </c>
+      <c r="L39" t="s">
+        <v>19</v>
+      </c>
+      <c r="O39">
+        <v>146496</v>
+      </c>
+      <c r="Q39" s="2">
+        <v>45992</v>
+      </c>
+      <c r="U39" s="2">
+        <v>46081</v>
+      </c>
+      <c r="W39" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC39">
+        <v>500</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="40" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M40" t="s">
+        <v>22</v>
+      </c>
+      <c r="X40">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="41" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B41" t="s">
+        <v>23</v>
+      </c>
+      <c r="N41" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="42" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F42" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="43" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R43" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="44" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D44" t="s">
+        <v>25</v>
+      </c>
+      <c r="H44" t="s">
+        <v>26</v>
+      </c>
+      <c r="P44" t="s">
+        <v>27</v>
+      </c>
+      <c r="X44" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="45" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD45" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="46" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T46">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="I47" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>1</v>
+      </c>
+      <c r="F48" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="49" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>3</v>
+      </c>
+      <c r="F49">
+        <v>67977322</v>
+      </c>
+      <c r="AF49" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG49" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="50" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C50" t="s">
+        <v>5</v>
+      </c>
+      <c r="I50" t="s">
+        <v>6</v>
+      </c>
+      <c r="J50" t="s">
+        <v>7</v>
+      </c>
+      <c r="L50" t="s">
+        <v>8</v>
+      </c>
+      <c r="N50" t="s">
+        <v>9</v>
+      </c>
+      <c r="P50" t="s">
+        <v>10</v>
+      </c>
+      <c r="S50" t="s">
+        <v>11</v>
+      </c>
+      <c r="T50" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V50" t="s">
+        <v>13</v>
+      </c>
+      <c r="X50" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD50" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH50" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="51" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E51" t="s">
+        <v>30</v>
+      </c>
+      <c r="H51" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q51">
+        <v>95</v>
+      </c>
+      <c r="W51">
+        <v>543</v>
+      </c>
+      <c r="AC51">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="52" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E52" t="s">
+        <v>32</v>
+      </c>
+      <c r="H52" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q52">
+        <v>95</v>
+      </c>
+      <c r="W52">
+        <v>550</v>
+      </c>
+      <c r="AC52">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="53" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C53" t="s">
+        <v>42</v>
+      </c>
+      <c r="I53">
+        <v>7943764</v>
+      </c>
+      <c r="K53" t="s">
+        <v>19</v>
+      </c>
+      <c r="N53">
+        <v>100010</v>
+      </c>
+      <c r="P53" s="2">
+        <v>33909</v>
+      </c>
+      <c r="S53" s="2">
+        <v>49613</v>
+      </c>
+      <c r="U53" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA53" s="3">
+        <v>157961</v>
+      </c>
+      <c r="AI53" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="54" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L54" t="s">
+        <v>22</v>
+      </c>
+      <c r="V54">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="55" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B55" t="s">
+        <v>23</v>
+      </c>
+      <c r="M55" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="56" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D56" t="s">
+        <v>25</v>
+      </c>
+      <c r="G56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>27</v>
+      </c>
+      <c r="V56" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="57" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB57" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="58" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E58" t="s">
+        <v>30</v>
+      </c>
+      <c r="H58" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q58">
+        <v>95</v>
+      </c>
+      <c r="W58">
+        <v>556</v>
+      </c>
+      <c r="AC58" s="3">
+        <v>13582</v>
+      </c>
+    </row>
+    <row r="59" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E59" t="s">
+        <v>30</v>
+      </c>
+      <c r="H59" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q59">
+        <v>95</v>
+      </c>
+      <c r="W59">
+        <v>75</v>
+      </c>
+      <c r="AC59" s="3">
+        <v>9365</v>
+      </c>
+    </row>
+    <row r="60" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E60" t="s">
+        <v>30</v>
+      </c>
+      <c r="H60" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q60">
+        <v>95</v>
+      </c>
+      <c r="W60">
+        <v>80</v>
+      </c>
+      <c r="AC60" s="3">
+        <v>15418</v>
+      </c>
+    </row>
+    <row r="61" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E61" t="s">
+        <v>30</v>
+      </c>
+      <c r="H61" t="s">
         <v>31</v>
       </c>
-      <c r="I29" t="s">
-[...5 lines deleted...]
-      <c r="Y29">
+      <c r="Q61">
+        <v>95</v>
+      </c>
+      <c r="W61">
+        <v>4</v>
+      </c>
+      <c r="AC61" s="3">
+        <v>11029</v>
+      </c>
+    </row>
+    <row r="62" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E62" t="s">
+        <v>30</v>
+      </c>
+      <c r="H62" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q62">
+        <v>95</v>
+      </c>
+      <c r="W62">
+        <v>543</v>
+      </c>
+      <c r="AC62" s="3">
+        <v>21337</v>
+      </c>
+    </row>
+    <row r="63" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E63" t="s">
+        <v>30</v>
+      </c>
+      <c r="H63" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q63">
+        <v>95</v>
+      </c>
+      <c r="W63">
+        <v>401</v>
+      </c>
+      <c r="AC63" s="3">
+        <v>9429</v>
+      </c>
+    </row>
+    <row r="64" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E64" t="s">
+        <v>30</v>
+      </c>
+      <c r="H64" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q64">
+        <v>95</v>
+      </c>
+      <c r="W64">
+        <v>297</v>
+      </c>
+      <c r="AC64" s="3">
+        <v>77801</v>
+      </c>
+    </row>
+    <row r="65" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E65" t="s">
+        <v>32</v>
+      </c>
+      <c r="H65" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q65">
+        <v>95</v>
+      </c>
+      <c r="W65">
+        <v>361</v>
+      </c>
+      <c r="AC65">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="66" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E66" t="s">
+        <v>32</v>
+      </c>
+      <c r="H66" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q66">
+        <v>95</v>
+      </c>
+      <c r="W66">
+        <v>382</v>
+      </c>
+      <c r="AC66" s="3">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="67" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E67" t="s">
+        <v>32</v>
+      </c>
+      <c r="H67" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q67">
+        <v>95</v>
+      </c>
+      <c r="W67">
+        <v>523</v>
+      </c>
+      <c r="AC67" s="3">
+        <v>4999</v>
+      </c>
+    </row>
+    <row r="68" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E68" t="s">
+        <v>32</v>
+      </c>
+      <c r="H68" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q68">
+        <v>95</v>
+      </c>
+      <c r="W68">
+        <v>522</v>
+      </c>
+      <c r="AC68" s="3">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="69" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E69" t="s">
+        <v>32</v>
+      </c>
+      <c r="H69" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q69">
+        <v>95</v>
+      </c>
+      <c r="W69">
+        <v>417</v>
+      </c>
+      <c r="AC69" s="3">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="70" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E70" t="s">
+        <v>32</v>
+      </c>
+      <c r="H70" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q70">
+        <v>95</v>
+      </c>
+      <c r="W70">
+        <v>421</v>
+      </c>
+      <c r="AC70">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="71" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E71" t="s">
+        <v>32</v>
+      </c>
+      <c r="H71" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q71">
+        <v>95</v>
+      </c>
+      <c r="W71">
+        <v>375</v>
+      </c>
+      <c r="AC71">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="72" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E72" t="s">
+        <v>32</v>
+      </c>
+      <c r="H72" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q72">
+        <v>95</v>
+      </c>
+      <c r="W72">
+        <v>416</v>
+      </c>
+      <c r="AC72">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="73" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E73" t="s">
+        <v>32</v>
+      </c>
+      <c r="H73" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q73">
+        <v>95</v>
+      </c>
+      <c r="W73">
+        <v>423</v>
+      </c>
+      <c r="AC73">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="74" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E74" t="s">
+        <v>32</v>
+      </c>
+      <c r="H74" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q74">
+        <v>95</v>
+      </c>
+      <c r="W74">
+        <v>204</v>
+      </c>
+      <c r="AC74">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="75" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E75" t="s">
+        <v>32</v>
+      </c>
+      <c r="H75" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q75">
+        <v>95</v>
+      </c>
+      <c r="W75">
+        <v>366</v>
+      </c>
+      <c r="AC75" s="3">
+        <v>18060</v>
+      </c>
+    </row>
+    <row r="76" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E76" t="s">
+        <v>32</v>
+      </c>
+      <c r="H76" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q76">
+        <v>95</v>
+      </c>
+      <c r="W76">
+        <v>528</v>
+      </c>
+      <c r="AC76" s="3">
+        <v>4126</v>
+      </c>
+    </row>
+    <row r="77" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E77" t="s">
+        <v>32</v>
+      </c>
+      <c r="H77" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q77">
+        <v>95</v>
+      </c>
+      <c r="W77">
+        <v>380</v>
+      </c>
+      <c r="AC77">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="78" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E78" t="s">
+        <v>32</v>
+      </c>
+      <c r="H78" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q78">
+        <v>95</v>
+      </c>
+      <c r="W78">
+        <v>181</v>
+      </c>
+      <c r="AC78" s="3">
+        <v>5440</v>
+      </c>
+    </row>
+    <row r="79" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E79" t="s">
+        <v>32</v>
+      </c>
+      <c r="H79" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q79">
+        <v>95</v>
+      </c>
+      <c r="W79">
+        <v>425</v>
+      </c>
+      <c r="AC79" s="3">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="80" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E80" t="s">
+        <v>32</v>
+      </c>
+      <c r="H80" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q80">
+        <v>95</v>
+      </c>
+      <c r="W80">
+        <v>426</v>
+      </c>
+      <c r="AC80" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="81" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E81" t="s">
+        <v>32</v>
+      </c>
+      <c r="H81" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q81">
+        <v>95</v>
+      </c>
+      <c r="W81">
+        <v>424</v>
+      </c>
+      <c r="AC81" s="3">
+        <v>4269</v>
+      </c>
+    </row>
+    <row r="82" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E82" t="s">
+        <v>32</v>
+      </c>
+      <c r="H82" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q82">
+        <v>95</v>
+      </c>
+      <c r="W82">
+        <v>377</v>
+      </c>
+      <c r="AC82">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="83" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E83" t="s">
+        <v>32</v>
+      </c>
+      <c r="H83" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q83">
+        <v>95</v>
+      </c>
+      <c r="W83">
+        <v>403</v>
+      </c>
+      <c r="AC83" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="84" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E84" t="s">
+        <v>32</v>
+      </c>
+      <c r="H84" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q84">
+        <v>95</v>
+      </c>
+      <c r="W84">
+        <v>420</v>
+      </c>
+      <c r="AC84" s="3">
+        <v>7400</v>
+      </c>
+    </row>
+    <row r="85" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E85" t="s">
+        <v>32</v>
+      </c>
+      <c r="H85" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q85">
+        <v>95</v>
+      </c>
+      <c r="W85">
+        <v>359</v>
+      </c>
+      <c r="AC85" s="3">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="86" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E86" t="s">
+        <v>32</v>
+      </c>
+      <c r="H86" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q86">
+        <v>95</v>
+      </c>
+      <c r="W86">
+        <v>718</v>
+      </c>
+      <c r="AC86" s="3">
+        <v>17179</v>
+      </c>
+    </row>
+    <row r="87" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E87" t="s">
+        <v>32</v>
+      </c>
+      <c r="H87" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q87">
+        <v>95</v>
+      </c>
+      <c r="W87">
+        <v>179</v>
+      </c>
+      <c r="AC87">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="88" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E88" t="s">
+        <v>32</v>
+      </c>
+      <c r="H88" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q88">
+        <v>95</v>
+      </c>
+      <c r="W88">
+        <v>343</v>
+      </c>
+      <c r="AC88">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="89" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="R89">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="90" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="I90" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>1</v>
+      </c>
+      <c r="F91" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="92" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>3</v>
+      </c>
+      <c r="F92">
+        <v>67977322</v>
+      </c>
+      <c r="AF92" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG92" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="93" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="C93" t="s">
+        <v>5</v>
+      </c>
+      <c r="I93" t="s">
+        <v>6</v>
+      </c>
+      <c r="J93" t="s">
+        <v>7</v>
+      </c>
+      <c r="L93" t="s">
+        <v>8</v>
+      </c>
+      <c r="N93" t="s">
+        <v>9</v>
+      </c>
+      <c r="P93" t="s">
+        <v>10</v>
+      </c>
+      <c r="S93" t="s">
+        <v>11</v>
+      </c>
+      <c r="T93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V93" t="s">
+        <v>13</v>
+      </c>
+      <c r="X93" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z93" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD93" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH93" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="94" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E94" t="s">
+        <v>32</v>
+      </c>
+      <c r="H94" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q94">
+        <v>95</v>
+      </c>
+      <c r="W94">
+        <v>418</v>
+      </c>
+      <c r="AC94">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="95" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E95" t="s">
+        <v>32</v>
+      </c>
+      <c r="H95" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q95">
+        <v>95</v>
+      </c>
+      <c r="W95">
+        <v>524</v>
+      </c>
+      <c r="AC95">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="96" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E96" t="s">
+        <v>32</v>
+      </c>
+      <c r="H96" t="s">
         <v>75</v>
       </c>
-      <c r="AE29" s="3">
-[...4 lines deleted...]
-      <c r="E30" t="s">
+      <c r="Q96">
+        <v>95</v>
+      </c>
+      <c r="W96">
+        <v>404</v>
+      </c>
+      <c r="AC96" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="97" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E97" t="s">
+        <v>32</v>
+      </c>
+      <c r="H97" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q97">
+        <v>95</v>
+      </c>
+      <c r="W97">
+        <v>419</v>
+      </c>
+      <c r="AC97" s="3">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="98" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E98" t="s">
+        <v>32</v>
+      </c>
+      <c r="H98" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q98">
+        <v>95</v>
+      </c>
+      <c r="W98">
+        <v>379</v>
+      </c>
+      <c r="AC98">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="99" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E99" t="s">
+        <v>32</v>
+      </c>
+      <c r="H99" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q99">
+        <v>95</v>
+      </c>
+      <c r="W99">
+        <v>351</v>
+      </c>
+      <c r="AC99" s="3">
+        <v>4129</v>
+      </c>
+    </row>
+    <row r="100" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E100" t="s">
+        <v>32</v>
+      </c>
+      <c r="H100" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q100">
+        <v>95</v>
+      </c>
+      <c r="W100">
+        <v>355</v>
+      </c>
+      <c r="AC100">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E101" t="s">
+        <v>32</v>
+      </c>
+      <c r="H101" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q101">
+        <v>95</v>
+      </c>
+      <c r="W101">
+        <v>527</v>
+      </c>
+      <c r="AC101">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="102" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E102" t="s">
+        <v>32</v>
+      </c>
+      <c r="H102" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q102">
+        <v>95</v>
+      </c>
+      <c r="W102">
+        <v>385</v>
+      </c>
+      <c r="AC102" s="3">
+        <v>44549</v>
+      </c>
+    </row>
+    <row r="103" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E103" t="s">
+        <v>32</v>
+      </c>
+      <c r="H103" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q103">
+        <v>95</v>
+      </c>
+      <c r="W103">
+        <v>383</v>
+      </c>
+      <c r="AC103" s="3">
+        <v>5600</v>
+      </c>
+    </row>
+    <row r="104" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E104" t="s">
+        <v>32</v>
+      </c>
+      <c r="H104" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q104">
+        <v>95</v>
+      </c>
+      <c r="W104">
+        <v>381</v>
+      </c>
+      <c r="AC104">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="105" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E105" t="s">
+        <v>32</v>
+      </c>
+      <c r="H105" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q105">
+        <v>95</v>
+      </c>
+      <c r="W105">
+        <v>188</v>
+      </c>
+      <c r="AC105" s="3">
+        <v>11960</v>
+      </c>
+    </row>
+    <row r="106" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E106" t="s">
+        <v>32</v>
+      </c>
+      <c r="H106" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q106">
+        <v>95</v>
+      </c>
+      <c r="W106">
+        <v>213</v>
+      </c>
+      <c r="AC106">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="107" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E107" t="s">
+        <v>32</v>
+      </c>
+      <c r="H107" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q107">
+        <v>95</v>
+      </c>
+      <c r="W107">
+        <v>212</v>
+      </c>
+      <c r="AC107">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="108" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E108" t="s">
+        <v>32</v>
+      </c>
+      <c r="H108" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q108">
+        <v>95</v>
+      </c>
+      <c r="W108">
+        <v>345</v>
+      </c>
+      <c r="AC108">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="109" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E109" t="s">
+        <v>32</v>
+      </c>
+      <c r="H109" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q109">
+        <v>95</v>
+      </c>
+      <c r="W109">
+        <v>180</v>
+      </c>
+      <c r="AC109">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="110" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E110" t="s">
+        <v>32</v>
+      </c>
+      <c r="H110" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q110">
+        <v>95</v>
+      </c>
+      <c r="W110">
+        <v>422</v>
+      </c>
+      <c r="AC110">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="111" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E111" t="s">
+        <v>32</v>
+      </c>
+      <c r="H111" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q111">
+        <v>95</v>
+      </c>
+      <c r="W111">
+        <v>409</v>
+      </c>
+      <c r="AC111" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="112" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E112" t="s">
+        <v>32</v>
+      </c>
+      <c r="H112" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q112">
+        <v>95</v>
+      </c>
+      <c r="W112">
+        <v>347</v>
+      </c>
+      <c r="AC112">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="113" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E113" t="s">
+        <v>32</v>
+      </c>
+      <c r="H113" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q113">
+        <v>95</v>
+      </c>
+      <c r="W113">
+        <v>353</v>
+      </c>
+      <c r="AC113" s="3">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="114" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C114" t="s">
+        <v>42</v>
+      </c>
+      <c r="I114">
+        <v>7943764</v>
+      </c>
+      <c r="K114" t="s">
+        <v>19</v>
+      </c>
+      <c r="N114">
+        <v>100060</v>
+      </c>
+      <c r="P114" s="2">
+        <v>34060</v>
+      </c>
+      <c r="S114" s="2">
+        <v>49613</v>
+      </c>
+      <c r="U114" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA114" s="3">
+        <v>11400</v>
+      </c>
+      <c r="AI114" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="115" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L115" t="s">
+        <v>22</v>
+      </c>
+      <c r="V115">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="116" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B116" t="s">
+        <v>23</v>
+      </c>
+      <c r="M116" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="117" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D117" t="s">
+        <v>25</v>
+      </c>
+      <c r="G117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>27</v>
+      </c>
+      <c r="V117" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="118" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB118" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="119" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E119" t="s">
+        <v>30</v>
+      </c>
+      <c r="H119" t="s">
         <v>31</v>
       </c>
-      <c r="I30" t="s">
+      <c r="Q119">
+        <v>95</v>
+      </c>
+      <c r="W119">
+        <v>4</v>
+      </c>
+      <c r="AC119">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="120" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E120" t="s">
+        <v>30</v>
+      </c>
+      <c r="H120" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q120">
+        <v>95</v>
+      </c>
+      <c r="W120">
+        <v>543</v>
+      </c>
+      <c r="AC120" s="3">
+        <v>4070</v>
+      </c>
+    </row>
+    <row r="121" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E121" t="s">
+        <v>30</v>
+      </c>
+      <c r="H121" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q121">
+        <v>95</v>
+      </c>
+      <c r="W121">
+        <v>297</v>
+      </c>
+      <c r="AC121" s="3">
+        <v>6612</v>
+      </c>
+    </row>
+    <row r="122" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E122" t="s">
+        <v>32</v>
+      </c>
+      <c r="H122" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q122">
+        <v>95</v>
+      </c>
+      <c r="W122">
+        <v>361</v>
+      </c>
+      <c r="AC122">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="123" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E123" t="s">
+        <v>32</v>
+      </c>
+      <c r="H123" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q123">
+        <v>95</v>
+      </c>
+      <c r="W123">
+        <v>366</v>
+      </c>
+      <c r="AC123" s="3">
+        <v>10560</v>
+      </c>
+    </row>
+    <row r="124" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E124" t="s">
+        <v>32</v>
+      </c>
+      <c r="H124" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q124">
+        <v>95</v>
+      </c>
+      <c r="W124">
+        <v>359</v>
+      </c>
+      <c r="AC124">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="125" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E125" t="s">
+        <v>32</v>
+      </c>
+      <c r="H125" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q125">
+        <v>95</v>
+      </c>
+      <c r="W125">
+        <v>343</v>
+      </c>
+      <c r="AC125">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="126" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E126" t="s">
+        <v>32</v>
+      </c>
+      <c r="H126" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q126">
+        <v>95</v>
+      </c>
+      <c r="W126">
+        <v>345</v>
+      </c>
+      <c r="AC126">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="127" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E127" t="s">
+        <v>32</v>
+      </c>
+      <c r="H127" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q127">
+        <v>95</v>
+      </c>
+      <c r="W127">
+        <v>347</v>
+      </c>
+      <c r="AC127">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="128" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="R128">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="129" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I129" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>1</v>
+      </c>
+      <c r="F130" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="131" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>3</v>
+      </c>
+      <c r="F131">
+        <v>67977322</v>
+      </c>
+      <c r="AF131" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG131" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="132" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C132" t="s">
+        <v>5</v>
+      </c>
+      <c r="I132" t="s">
+        <v>6</v>
+      </c>
+      <c r="J132" t="s">
+        <v>7</v>
+      </c>
+      <c r="L132" t="s">
+        <v>8</v>
+      </c>
+      <c r="N132" t="s">
+        <v>9</v>
+      </c>
+      <c r="P132" t="s">
+        <v>10</v>
+      </c>
+      <c r="S132" t="s">
+        <v>11</v>
+      </c>
+      <c r="T132" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V132" t="s">
+        <v>13</v>
+      </c>
+      <c r="X132" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z132" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD132" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH132" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="133" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C133" t="s">
+        <v>42</v>
+      </c>
+      <c r="I133">
+        <v>7943764</v>
+      </c>
+      <c r="K133" t="s">
+        <v>19</v>
+      </c>
+      <c r="N133">
+        <v>100164</v>
+      </c>
+      <c r="P133" s="2">
+        <v>35431</v>
+      </c>
+      <c r="S133" s="2">
+        <v>49613</v>
+      </c>
+      <c r="U133" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA133" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AI133" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="134" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L134" t="s">
+        <v>22</v>
+      </c>
+      <c r="V134">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="135" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B135" t="s">
+        <v>23</v>
+      </c>
+      <c r="M135" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="136" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D136" t="s">
+        <v>25</v>
+      </c>
+      <c r="G136" t="s">
+        <v>26</v>
+      </c>
+      <c r="O136" t="s">
+        <v>27</v>
+      </c>
+      <c r="V136" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="137" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB137" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="138" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E138" t="s">
+        <v>30</v>
+      </c>
+      <c r="H138" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q138">
+        <v>95</v>
+      </c>
+      <c r="W138">
+        <v>297</v>
+      </c>
+      <c r="AC138" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="139" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E139" t="s">
+        <v>32</v>
+      </c>
+      <c r="H139" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q139">
+        <v>95</v>
+      </c>
+      <c r="W139">
+        <v>718</v>
+      </c>
+      <c r="AC139" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="140" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E140" t="s">
+        <v>32</v>
+      </c>
+      <c r="H140" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q140">
+        <v>95</v>
+      </c>
+      <c r="W140">
+        <v>383</v>
+      </c>
+      <c r="AC140" s="3">
+        <v>8500</v>
+      </c>
+    </row>
+    <row r="141" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C141" t="s">
+        <v>42</v>
+      </c>
+      <c r="I141">
+        <v>7943764</v>
+      </c>
+      <c r="K141" t="s">
+        <v>19</v>
+      </c>
+      <c r="N141">
+        <v>136454</v>
+      </c>
+      <c r="P141" s="2">
+        <v>39904</v>
+      </c>
+      <c r="S141" s="2">
+        <v>52170</v>
+      </c>
+      <c r="U141" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA141">
+        <v>725</v>
+      </c>
+      <c r="AI141" t="s">
         <v>40</v>
       </c>
-      <c r="S30">
-[...19 lines deleted...]
-      <c r="Y31">
+    </row>
+    <row r="142" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L142" t="s">
+        <v>22</v>
+      </c>
+      <c r="V142">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="143" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B143" t="s">
+        <v>23</v>
+      </c>
+      <c r="M143" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="144" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D144" t="s">
+        <v>25</v>
+      </c>
+      <c r="G144" t="s">
+        <v>26</v>
+      </c>
+      <c r="O144" t="s">
+        <v>27</v>
+      </c>
+      <c r="V144" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="145" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB145" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="146" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E146" t="s">
+        <v>30</v>
+      </c>
+      <c r="H146" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q146">
+        <v>95</v>
+      </c>
+      <c r="W146">
+        <v>297</v>
+      </c>
+      <c r="AC146">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="147" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E147" t="s">
+        <v>32</v>
+      </c>
+      <c r="H147" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q147">
+        <v>95</v>
+      </c>
+      <c r="W147">
+        <v>355</v>
+      </c>
+      <c r="AC147">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="148" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C148" t="s">
+        <v>42</v>
+      </c>
+      <c r="I148">
+        <v>7943764</v>
+      </c>
+      <c r="K148" t="s">
+        <v>19</v>
+      </c>
+      <c r="N148">
+        <v>136948</v>
+      </c>
+      <c r="P148" s="2">
+        <v>39661</v>
+      </c>
+      <c r="S148" s="2">
+        <v>49613</v>
+      </c>
+      <c r="U148" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA148" s="3">
+        <v>5000</v>
+      </c>
+      <c r="AI148" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="149" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L149" t="s">
+        <v>22</v>
+      </c>
+      <c r="V149">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="150" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B150" t="s">
+        <v>23</v>
+      </c>
+      <c r="M150" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="151" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D151" t="s">
+        <v>25</v>
+      </c>
+      <c r="G151" t="s">
+        <v>26</v>
+      </c>
+      <c r="O151" t="s">
+        <v>27</v>
+      </c>
+      <c r="V151" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="152" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB152" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="153" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E153" t="s">
+        <v>30</v>
+      </c>
+      <c r="H153" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q153">
+        <v>95</v>
+      </c>
+      <c r="W153">
+        <v>401</v>
+      </c>
+      <c r="AC153" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="154" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E154" t="s">
+        <v>32</v>
+      </c>
+      <c r="H154" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q154">
+        <v>95</v>
+      </c>
+      <c r="W154">
+        <v>400</v>
+      </c>
+      <c r="AC154" s="3">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="155" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E155" t="s">
+        <v>32</v>
+      </c>
+      <c r="H155" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q155">
+        <v>95</v>
+      </c>
+      <c r="W155">
+        <v>383</v>
+      </c>
+      <c r="AC155" s="3">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="156" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C156" t="s">
+        <v>42</v>
+      </c>
+      <c r="I156">
+        <v>7943764</v>
+      </c>
+      <c r="K156" t="s">
+        <v>19</v>
+      </c>
+      <c r="N156">
+        <v>136950</v>
+      </c>
+      <c r="P156" s="2">
+        <v>39661</v>
+      </c>
+      <c r="S156" s="2">
+        <v>49613</v>
+      </c>
+      <c r="U156" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA156" s="3">
+        <v>5330</v>
+      </c>
+      <c r="AI156" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="157" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L157" t="s">
+        <v>22</v>
+      </c>
+      <c r="V157">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="158" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B158" t="s">
+        <v>23</v>
+      </c>
+      <c r="M158" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="159" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D159" t="s">
+        <v>25</v>
+      </c>
+      <c r="G159" t="s">
+        <v>26</v>
+      </c>
+      <c r="O159" t="s">
+        <v>27</v>
+      </c>
+      <c r="V159" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="160" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB160" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="161" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E161" t="s">
+        <v>30</v>
+      </c>
+      <c r="H161" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q161">
+        <v>95</v>
+      </c>
+      <c r="W161">
+        <v>401</v>
+      </c>
+      <c r="AC161" s="3">
+        <v>5330</v>
+      </c>
+    </row>
+    <row r="162" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E162" t="s">
+        <v>32</v>
+      </c>
+      <c r="H162" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q162">
+        <v>95</v>
+      </c>
+      <c r="W162">
+        <v>400</v>
+      </c>
+      <c r="AC162" s="3">
+        <v>3008</v>
+      </c>
+    </row>
+    <row r="163" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E163" t="s">
+        <v>32</v>
+      </c>
+      <c r="H163" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q163">
+        <v>95</v>
+      </c>
+      <c r="W163">
+        <v>383</v>
+      </c>
+      <c r="AC163" s="3">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="164" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C164" t="s">
+        <v>95</v>
+      </c>
+      <c r="I164">
+        <v>79534838</v>
+      </c>
+      <c r="K164" t="s">
+        <v>19</v>
+      </c>
+      <c r="N164">
+        <v>100013</v>
+      </c>
+      <c r="P164" s="2">
+        <v>32782</v>
+      </c>
+      <c r="S164" s="2">
+        <v>47787</v>
+      </c>
+      <c r="U164" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA164">
+        <v>558</v>
+      </c>
+      <c r="AI164" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="165" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="L165" t="s">
+        <v>22</v>
+      </c>
+      <c r="V165">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="166" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="B166" t="s">
+        <v>23</v>
+      </c>
+      <c r="M166" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="167" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="R167">
         <v>4</v>
       </c>
-      <c r="AE31" s="3">
-[...13 lines deleted...]
-      <c r="Y32">
+    </row>
+    <row r="168" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="J168" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>1</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="170" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>3</v>
+      </c>
+      <c r="G170">
+        <v>67977322</v>
+      </c>
+      <c r="AH170" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI170" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="171" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C171" t="s">
+        <v>5</v>
+      </c>
+      <c r="J171" t="s">
+        <v>6</v>
+      </c>
+      <c r="K171" t="s">
+        <v>7</v>
+      </c>
+      <c r="M171" t="s">
+        <v>8</v>
+      </c>
+      <c r="O171" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>10</v>
+      </c>
+      <c r="U171" t="s">
+        <v>11</v>
+      </c>
+      <c r="V171" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X171" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z171" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB171" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF171" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ171" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="172" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="D172" t="s">
+        <v>25</v>
+      </c>
+      <c r="H172" t="s">
+        <v>26</v>
+      </c>
+      <c r="P172" t="s">
+        <v>27</v>
+      </c>
+      <c r="X172" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="173" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="AD173" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="174" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E174" t="s">
+        <v>30</v>
+      </c>
+      <c r="I174" t="s">
+        <v>37</v>
+      </c>
+      <c r="S174">
+        <v>95</v>
+      </c>
+      <c r="Y174">
         <v>543</v>
       </c>
-      <c r="AE32" s="3">
-[...352 lines deleted...]
-      <c r="E54" t="s">
+      <c r="AE174">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="175" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E175" t="s">
+        <v>30</v>
+      </c>
+      <c r="I175" t="s">
+        <v>97</v>
+      </c>
+      <c r="S175">
+        <v>95</v>
+      </c>
+      <c r="Y175">
         <v>58</v>
       </c>
-      <c r="K54">
-[...56 lines deleted...]
-      <c r="S57">
+      <c r="AE175">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="176" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E176" t="s">
+        <v>32</v>
+      </c>
+      <c r="I176" t="s">
+        <v>98</v>
+      </c>
+      <c r="S176">
+        <v>95</v>
+      </c>
+      <c r="Y176">
+        <v>511</v>
+      </c>
+      <c r="AE176">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="177" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C177" t="s">
+        <v>99</v>
+      </c>
+      <c r="J177">
+        <v>9256819</v>
+      </c>
+      <c r="L177" t="s">
+        <v>19</v>
+      </c>
+      <c r="O177">
+        <v>100077</v>
+      </c>
+      <c r="Q177" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U177" s="2">
+        <v>39538</v>
+      </c>
+      <c r="W177" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC177" s="3">
+        <v>12600</v>
+      </c>
+      <c r="AK177" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="178" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M178" t="s">
+        <v>22</v>
+      </c>
+      <c r="X178">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="179" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B179" t="s">
+        <v>23</v>
+      </c>
+      <c r="N179" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="180" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F180" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="58" spans="3:19" x14ac:dyDescent="0.25">
-[...538 lines deleted...]
-      <c r="K90" t="s">
+    <row r="181" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R181" t="s">
         <v>19</v>
-      </c>
-[...1257 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="182" spans="2:37" x14ac:dyDescent="0.25">
       <c r="F182" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="2:37" x14ac:dyDescent="0.25">
       <c r="R183" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="F184" t="s">
-        <v>96</v>
+      <c r="D184" t="s">
+        <v>25</v>
+      </c>
+      <c r="H184" t="s">
+        <v>26</v>
+      </c>
+      <c r="P184" t="s">
+        <v>27</v>
+      </c>
+      <c r="X184" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="185" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="R185" t="s">
-        <v>19</v>
+      <c r="AD185" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="186" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="D186" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="E186" t="s">
+        <v>30</v>
+      </c>
+      <c r="I186" t="s">
+        <v>101</v>
+      </c>
+      <c r="S186">
+        <v>95</v>
+      </c>
+      <c r="Y186">
+        <v>564</v>
+      </c>
+      <c r="AE186">
+        <v>500</v>
       </c>
     </row>
     <row r="187" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD187" t="s">
+      <c r="E187" t="s">
         <v>30</v>
+      </c>
+      <c r="I187" t="s">
+        <v>46</v>
+      </c>
+      <c r="S187">
+        <v>95</v>
+      </c>
+      <c r="Y187">
+        <v>80</v>
+      </c>
+      <c r="AE187" s="3">
+        <v>4100</v>
       </c>
     </row>
     <row r="188" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E188" t="s">
+        <v>30</v>
+      </c>
+      <c r="I188" t="s">
         <v>31</v>
       </c>
-      <c r="I188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S188">
         <v>95</v>
       </c>
       <c r="Y188">
-        <v>297</v>
+        <v>4</v>
       </c>
       <c r="AE188" s="3">
-        <v>10000</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="189" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E189" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I189" t="s">
-        <v>101</v>
+        <v>37</v>
       </c>
       <c r="S189">
         <v>95</v>
       </c>
       <c r="Y189">
-        <v>92</v>
+        <v>543</v>
       </c>
       <c r="AE189" s="3">
-        <v>7000</v>
+        <v>6940</v>
       </c>
     </row>
     <row r="190" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E190" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I190" t="s">
         <v>102</v>
       </c>
       <c r="S190">
         <v>95</v>
       </c>
       <c r="Y190">
-        <v>481</v>
-[...2 lines deleted...]
-        <v>3000</v>
+        <v>303</v>
+      </c>
+      <c r="AE190">
+        <v>600</v>
       </c>
     </row>
     <row r="191" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="C191" t="s">
-[...2 lines deleted...]
-      <c r="J191">
+      <c r="E191" t="s">
+        <v>32</v>
+      </c>
+      <c r="I191" t="s">
+        <v>103</v>
+      </c>
+      <c r="S191">
+        <v>95</v>
+      </c>
+      <c r="Y191">
+        <v>451</v>
+      </c>
+      <c r="AE191" s="3">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="192" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C192" t="s">
+        <v>99</v>
+      </c>
+      <c r="J192">
         <v>9256819</v>
       </c>
-      <c r="L191" t="s">
+      <c r="L192" t="s">
         <v>19</v>
       </c>
-      <c r="O191">
-[...5 lines deleted...]
-      <c r="U191" s="2">
+      <c r="O192">
+        <v>100078</v>
+      </c>
+      <c r="Q192" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U192" s="2">
         <v>39538</v>
       </c>
-      <c r="W191" t="s">
+      <c r="W192" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC192" s="3">
+        <v>2156</v>
+      </c>
+      <c r="AK192" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="193" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M193" t="s">
+        <v>22</v>
+      </c>
+      <c r="X193">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="194" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B194" t="s">
+        <v>23</v>
+      </c>
+      <c r="N194" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="195" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F195" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="196" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R196" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="197" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F197" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="198" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R198" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="199" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D199" t="s">
         <v>25</v>
       </c>
-      <c r="AC191" s="3">
-[...43 lines deleted...]
-      <c r="D198" t="s">
+      <c r="H199" t="s">
         <v>26</v>
       </c>
-      <c r="H198" t="s">
+      <c r="P199" t="s">
         <v>27</v>
       </c>
-      <c r="P198" t="s">
+      <c r="X199" t="s">
         <v>28</v>
       </c>
-      <c r="X198" t="s">
+    </row>
+    <row r="200" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD200" t="s">
         <v>29</v>
-      </c>
-[...20 lines deleted...]
-        <v>4000</v>
       </c>
     </row>
     <row r="201" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E201" t="s">
+        <v>30</v>
+      </c>
+      <c r="I201" t="s">
+        <v>48</v>
+      </c>
+      <c r="S201">
+        <v>95</v>
+      </c>
+      <c r="Y201">
+        <v>297</v>
+      </c>
+      <c r="AE201" s="3">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="202" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E202" t="s">
+        <v>32</v>
+      </c>
+      <c r="I202" t="s">
+        <v>104</v>
+      </c>
+      <c r="S202">
+        <v>95</v>
+      </c>
+      <c r="Y202">
+        <v>249</v>
+      </c>
+      <c r="AE202" s="3">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="203" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C203" t="s">
+        <v>99</v>
+      </c>
+      <c r="J203">
+        <v>9256819</v>
+      </c>
+      <c r="L203" t="s">
+        <v>19</v>
+      </c>
+      <c r="O203">
+        <v>100112</v>
+      </c>
+      <c r="Q203" s="2">
+        <v>34274</v>
+      </c>
+      <c r="U203" s="2">
+        <v>44196</v>
+      </c>
+      <c r="W203" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC203" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK203" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="204" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M204" t="s">
+        <v>22</v>
+      </c>
+      <c r="X204">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="205" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B205" t="s">
+        <v>23</v>
+      </c>
+      <c r="N205" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="206" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F206" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="207" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R207" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="208" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F208" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="209" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R209" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="210" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D210" t="s">
+        <v>25</v>
+      </c>
+      <c r="H210" t="s">
+        <v>26</v>
+      </c>
+      <c r="P210" t="s">
+        <v>27</v>
+      </c>
+      <c r="X210" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="211" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD211" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="212" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E212" t="s">
+        <v>30</v>
+      </c>
+      <c r="I212" t="s">
+        <v>48</v>
+      </c>
+      <c r="S212">
+        <v>95</v>
+      </c>
+      <c r="Y212">
+        <v>297</v>
+      </c>
+      <c r="AE212" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="213" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E213" t="s">
+        <v>32</v>
+      </c>
+      <c r="I213" t="s">
         <v>33</v>
       </c>
-      <c r="I201" t="s">
-[...5 lines deleted...]
-      <c r="Y201">
+      <c r="S213">
+        <v>95</v>
+      </c>
+      <c r="Y213">
+        <v>92</v>
+      </c>
+      <c r="AE213" s="3">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="214" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E214" t="s">
+        <v>32</v>
+      </c>
+      <c r="I214" t="s">
+        <v>105</v>
+      </c>
+      <c r="S214">
+        <v>95</v>
+      </c>
+      <c r="Y214">
+        <v>481</v>
+      </c>
+      <c r="AE214" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="215" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T215">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="216" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J216" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="217" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>1</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="218" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>3</v>
+      </c>
+      <c r="G218">
+        <v>67977322</v>
+      </c>
+      <c r="AH218" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI218" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="219" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C219" t="s">
+        <v>5</v>
+      </c>
+      <c r="J219" t="s">
+        <v>6</v>
+      </c>
+      <c r="K219" t="s">
+        <v>7</v>
+      </c>
+      <c r="M219" t="s">
+        <v>8</v>
+      </c>
+      <c r="O219" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q219" t="s">
+        <v>10</v>
+      </c>
+      <c r="U219" t="s">
+        <v>11</v>
+      </c>
+      <c r="V219" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X219" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z219" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB219" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF219" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ219" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="220" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C220" t="s">
+        <v>99</v>
+      </c>
+      <c r="J220">
+        <v>9256819</v>
+      </c>
+      <c r="L220" t="s">
+        <v>19</v>
+      </c>
+      <c r="O220">
+        <v>100114</v>
+      </c>
+      <c r="Q220" s="2">
+        <v>34348</v>
+      </c>
+      <c r="U220" s="2">
+        <v>39538</v>
+      </c>
+      <c r="W220" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC220" s="3">
+        <v>4000</v>
+      </c>
+      <c r="AK220" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="221" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M221" t="s">
+        <v>22</v>
+      </c>
+      <c r="X221">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="222" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B222" t="s">
+        <v>23</v>
+      </c>
+      <c r="N222" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="223" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F223" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="224" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R224" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="225" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F225" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="226" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R226" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="227" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D227" t="s">
+        <v>25</v>
+      </c>
+      <c r="H227" t="s">
+        <v>26</v>
+      </c>
+      <c r="P227" t="s">
+        <v>27</v>
+      </c>
+      <c r="X227" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="228" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD228" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="229" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E229" t="s">
+        <v>30</v>
+      </c>
+      <c r="I229" t="s">
+        <v>48</v>
+      </c>
+      <c r="S229">
+        <v>95</v>
+      </c>
+      <c r="Y229">
+        <v>297</v>
+      </c>
+      <c r="AE229" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="230" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E230" t="s">
+        <v>32</v>
+      </c>
+      <c r="I230" t="s">
+        <v>106</v>
+      </c>
+      <c r="S230">
+        <v>95</v>
+      </c>
+      <c r="Y230">
         <v>482</v>
       </c>
-      <c r="AE201" s="3">
+      <c r="AE230" s="3">
         <v>4000</v>
       </c>
     </row>
-    <row r="202" spans="2:37" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="J202">
+    <row r="231" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C231" t="s">
+        <v>107</v>
+      </c>
+      <c r="J231">
         <v>79736999</v>
       </c>
-      <c r="L202" t="s">
+      <c r="L231" t="s">
         <v>19</v>
       </c>
-      <c r="O202">
-[...8 lines deleted...]
-      <c r="W202" t="s">
+      <c r="O231">
+        <v>146691</v>
+      </c>
+      <c r="Q231" s="2">
+        <v>45962</v>
+      </c>
+      <c r="U231" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W231" t="s">
         <v>19</v>
       </c>
-      <c r="AC202" s="3">
+      <c r="AC231" s="3">
         <v>10000</v>
       </c>
-      <c r="AK202" t="s">
+      <c r="AK231" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="232" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M232" t="s">
+        <v>22</v>
+      </c>
+      <c r="X232">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="233" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B233" t="s">
+        <v>23</v>
+      </c>
+      <c r="N233" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="234" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D234" t="s">
+        <v>25</v>
+      </c>
+      <c r="H234" t="s">
+        <v>26</v>
+      </c>
+      <c r="P234" t="s">
+        <v>27</v>
+      </c>
+      <c r="X234" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="235" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD235" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="236" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E236" t="s">
+        <v>30</v>
+      </c>
+      <c r="I236" t="s">
+        <v>108</v>
+      </c>
+      <c r="S236">
+        <v>95</v>
+      </c>
+      <c r="Y236">
+        <v>538</v>
+      </c>
+      <c r="AE236" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="237" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E237" t="s">
+        <v>32</v>
+      </c>
+      <c r="I237" t="s">
+        <v>38</v>
+      </c>
+      <c r="S237">
+        <v>95</v>
+      </c>
+      <c r="Y237">
+        <v>3</v>
+      </c>
+      <c r="AE237" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="238" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C238" t="s">
+        <v>109</v>
+      </c>
+      <c r="J238">
+        <v>6249015</v>
+      </c>
+      <c r="L238" t="s">
+        <v>19</v>
+      </c>
+      <c r="O238">
+        <v>132677</v>
+      </c>
+      <c r="Q238" s="2">
+        <v>38231</v>
+      </c>
+      <c r="U238" s="2">
+        <v>44957</v>
+      </c>
+      <c r="W238" t="s">
         <v>20</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="B204" t="s">
+      <c r="AC238" s="3">
+        <v>2000</v>
+      </c>
+      <c r="AK238" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="239" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M239" t="s">
         <v>22</v>
       </c>
-      <c r="N204" t="s">
+      <c r="X239">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="240" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B240" t="s">
         <v>23</v>
       </c>
-    </row>
-[...414 lines deleted...]
-        <v>19</v>
+      <c r="N240" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="241" spans="2:37" x14ac:dyDescent="0.25">
       <c r="F241" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
     </row>
     <row r="242" spans="2:37" x14ac:dyDescent="0.25">
       <c r="R242" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="D243" t="s">
+      <c r="F243" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="244" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R244" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="245" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D245" t="s">
+        <v>25</v>
+      </c>
+      <c r="H245" t="s">
         <v>26</v>
       </c>
-      <c r="H243" t="s">
+      <c r="P245" t="s">
         <v>27</v>
       </c>
-      <c r="P243" t="s">
+      <c r="X245" t="s">
         <v>28</v>
       </c>
-      <c r="X243" t="s">
+    </row>
+    <row r="246" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD246" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="244" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD244" t="s">
+    <row r="247" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E247" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E245" t="s">
+      <c r="I247" t="s">
+        <v>48</v>
+      </c>
+      <c r="S247">
+        <v>95</v>
+      </c>
+      <c r="Y247">
+        <v>297</v>
+      </c>
+      <c r="AE247" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="248" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E248" t="s">
+        <v>32</v>
+      </c>
+      <c r="I248" t="s">
+        <v>33</v>
+      </c>
+      <c r="S248">
+        <v>95</v>
+      </c>
+      <c r="Y248">
+        <v>92</v>
+      </c>
+      <c r="AE248" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="249" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C249" t="s">
+        <v>109</v>
+      </c>
+      <c r="J249">
+        <v>6249015</v>
+      </c>
+      <c r="L249" t="s">
+        <v>19</v>
+      </c>
+      <c r="O249">
+        <v>132678</v>
+      </c>
+      <c r="Q249" s="2">
+        <v>38231</v>
+      </c>
+      <c r="U249" s="2">
+        <v>44957</v>
+      </c>
+      <c r="W249" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC249" s="3">
+        <v>1700</v>
+      </c>
+      <c r="AK249" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="250" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M250" t="s">
+        <v>22</v>
+      </c>
+      <c r="X250">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="251" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B251" t="s">
+        <v>23</v>
+      </c>
+      <c r="N251" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="252" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F252" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="253" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R253" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="254" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F254" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="255" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R255" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="256" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D256" t="s">
+        <v>25</v>
+      </c>
+      <c r="H256" t="s">
+        <v>26</v>
+      </c>
+      <c r="P256" t="s">
+        <v>27</v>
+      </c>
+      <c r="X256" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="257" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD257" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="258" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E258" t="s">
+        <v>30</v>
+      </c>
+      <c r="I258" t="s">
+        <v>48</v>
+      </c>
+      <c r="S258">
+        <v>95</v>
+      </c>
+      <c r="Y258">
+        <v>297</v>
+      </c>
+      <c r="AE258" s="3">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="259" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E259" t="s">
+        <v>32</v>
+      </c>
+      <c r="I259" t="s">
+        <v>111</v>
+      </c>
+      <c r="S259">
+        <v>95</v>
+      </c>
+      <c r="Y259">
+        <v>228</v>
+      </c>
+      <c r="AE259" s="3">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="260" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T260">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="261" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J261" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>1</v>
+      </c>
+      <c r="G262" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="263" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>3</v>
+      </c>
+      <c r="G263">
+        <v>67977322</v>
+      </c>
+      <c r="AH263" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI263" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="264" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C264" t="s">
+        <v>5</v>
+      </c>
+      <c r="J264" t="s">
+        <v>6</v>
+      </c>
+      <c r="K264" t="s">
+        <v>7</v>
+      </c>
+      <c r="M264" t="s">
+        <v>8</v>
+      </c>
+      <c r="O264" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>10</v>
+      </c>
+      <c r="U264" t="s">
+        <v>11</v>
+      </c>
+      <c r="V264" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X264" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z264" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB264" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF264" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ264" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="265" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C265" t="s">
+        <v>109</v>
+      </c>
+      <c r="J265">
+        <v>6249015</v>
+      </c>
+      <c r="L265" t="s">
+        <v>19</v>
+      </c>
+      <c r="O265">
+        <v>143933</v>
+      </c>
+      <c r="Q265" s="2">
+        <v>44440</v>
+      </c>
+      <c r="U265" s="2">
+        <v>52870</v>
+      </c>
+      <c r="W265" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC265">
+        <v>850</v>
+      </c>
+      <c r="AK265" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="266" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M266" t="s">
+        <v>22</v>
+      </c>
+      <c r="X266">
+        <v>6847</v>
+      </c>
+    </row>
+    <row r="267" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B267" t="s">
+        <v>23</v>
+      </c>
+      <c r="N267" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="268" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F268" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="269" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R269" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="270" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F270" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="271" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R271" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="272" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D272" t="s">
+        <v>25</v>
+      </c>
+      <c r="H272" t="s">
+        <v>26</v>
+      </c>
+      <c r="P272" t="s">
+        <v>27</v>
+      </c>
+      <c r="X272" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="273" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD273" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="274" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E274" t="s">
+        <v>30</v>
+      </c>
+      <c r="I274" t="s">
+        <v>48</v>
+      </c>
+      <c r="S274">
+        <v>95</v>
+      </c>
+      <c r="Y274">
+        <v>297</v>
+      </c>
+      <c r="AE274">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="275" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E275" t="s">
+        <v>32</v>
+      </c>
+      <c r="I275" t="s">
+        <v>112</v>
+      </c>
+      <c r="S275">
+        <v>95</v>
+      </c>
+      <c r="Y275">
+        <v>459</v>
+      </c>
+      <c r="AE275">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="276" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C276" t="s">
+        <v>113</v>
+      </c>
+      <c r="J276">
+        <v>7942584</v>
+      </c>
+      <c r="L276" t="s">
+        <v>19</v>
+      </c>
+      <c r="O276">
+        <v>100002</v>
+      </c>
+      <c r="Q276" s="2">
+        <v>33909</v>
+      </c>
+      <c r="U276" s="2">
+        <v>48518</v>
+      </c>
+      <c r="W276" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC276" s="3">
+        <v>203123</v>
+      </c>
+      <c r="AK276" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="277" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M277" t="s">
+        <v>22</v>
+      </c>
+      <c r="X277">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="278" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B278" t="s">
+        <v>23</v>
+      </c>
+      <c r="N278" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="279" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F279" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="280" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R280" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="281" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D281" t="s">
+        <v>25</v>
+      </c>
+      <c r="H281" t="s">
+        <v>26</v>
+      </c>
+      <c r="P281" t="s">
+        <v>27</v>
+      </c>
+      <c r="X281" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="282" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD282" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="283" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E283" t="s">
+        <v>30</v>
+      </c>
+      <c r="I283" t="s">
+        <v>116</v>
+      </c>
+      <c r="S283">
+        <v>95</v>
+      </c>
+      <c r="Y283">
+        <v>554</v>
+      </c>
+      <c r="AE283" s="3">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="284" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E284" t="s">
+        <v>30</v>
+      </c>
+      <c r="I284" t="s">
+        <v>45</v>
+      </c>
+      <c r="S284">
+        <v>95</v>
+      </c>
+      <c r="Y284">
+        <v>75</v>
+      </c>
+      <c r="AE284">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="285" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E285" t="s">
+        <v>30</v>
+      </c>
+      <c r="I285" t="s">
+        <v>117</v>
+      </c>
+      <c r="S285">
+        <v>95</v>
+      </c>
+      <c r="Y285">
+        <v>700</v>
+      </c>
+      <c r="AE285" s="3">
+        <v>3995</v>
+      </c>
+    </row>
+    <row r="286" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E286" t="s">
+        <v>30</v>
+      </c>
+      <c r="I286" t="s">
+        <v>118</v>
+      </c>
+      <c r="S286">
+        <v>95</v>
+      </c>
+      <c r="Y286">
+        <v>20</v>
+      </c>
+      <c r="AE286" s="3">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="287" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E287" t="s">
+        <v>30</v>
+      </c>
+      <c r="I287" t="s">
+        <v>46</v>
+      </c>
+      <c r="S287">
+        <v>95</v>
+      </c>
+      <c r="Y287">
+        <v>80</v>
+      </c>
+      <c r="AE287" s="3">
+        <v>16739</v>
+      </c>
+    </row>
+    <row r="288" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E288" t="s">
+        <v>30</v>
+      </c>
+      <c r="I288" t="s">
         <v>31</v>
       </c>
-      <c r="I245" t="s">
+      <c r="S288">
+        <v>95</v>
+      </c>
+      <c r="Y288">
+        <v>4</v>
+      </c>
+      <c r="AE288" s="3">
+        <v>18892</v>
+      </c>
+    </row>
+    <row r="289" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E289" t="s">
+        <v>30</v>
+      </c>
+      <c r="I289" t="s">
+        <v>119</v>
+      </c>
+      <c r="S289">
+        <v>95</v>
+      </c>
+      <c r="Y289">
+        <v>30</v>
+      </c>
+      <c r="AE289" s="3">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="290" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E290" t="s">
+        <v>30</v>
+      </c>
+      <c r="I290" t="s">
+        <v>37</v>
+      </c>
+      <c r="S290">
+        <v>95</v>
+      </c>
+      <c r="Y290">
+        <v>543</v>
+      </c>
+      <c r="AE290" s="3">
+        <v>26372</v>
+      </c>
+    </row>
+    <row r="291" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E291" t="s">
+        <v>30</v>
+      </c>
+      <c r="I291" t="s">
+        <v>120</v>
+      </c>
+      <c r="S291">
+        <v>95</v>
+      </c>
+      <c r="Y291">
+        <v>415</v>
+      </c>
+      <c r="AE291" s="3">
+        <v>4863</v>
+      </c>
+    </row>
+    <row r="292" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E292" t="s">
+        <v>30</v>
+      </c>
+      <c r="I292" t="s">
+        <v>121</v>
+      </c>
+      <c r="S292">
+        <v>95</v>
+      </c>
+      <c r="Y292">
+        <v>541</v>
+      </c>
+      <c r="AE292" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="293" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E293" t="s">
+        <v>30</v>
+      </c>
+      <c r="I293" t="s">
+        <v>39</v>
+      </c>
+      <c r="S293">
+        <v>95</v>
+      </c>
+      <c r="Y293">
+        <v>187</v>
+      </c>
+      <c r="AE293" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="294" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E294" t="s">
+        <v>30</v>
+      </c>
+      <c r="I294" t="s">
+        <v>47</v>
+      </c>
+      <c r="S294">
+        <v>95</v>
+      </c>
+      <c r="Y294">
+        <v>401</v>
+      </c>
+      <c r="AE294" s="3">
+        <v>22192</v>
+      </c>
+    </row>
+    <row r="295" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E295" t="s">
+        <v>30</v>
+      </c>
+      <c r="I295" t="s">
+        <v>48</v>
+      </c>
+      <c r="S295">
+        <v>95</v>
+      </c>
+      <c r="Y295">
+        <v>297</v>
+      </c>
+      <c r="AE295" s="3">
+        <v>87651</v>
+      </c>
+    </row>
+    <row r="296" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E296" t="s">
+        <v>32</v>
+      </c>
+      <c r="I296" t="s">
+        <v>122</v>
+      </c>
+      <c r="S296">
+        <v>95</v>
+      </c>
+      <c r="Y296">
+        <v>471</v>
+      </c>
+      <c r="AE296">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="297" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E297" t="s">
+        <v>32</v>
+      </c>
+      <c r="I297" t="s">
+        <v>123</v>
+      </c>
+      <c r="S297">
+        <v>95</v>
+      </c>
+      <c r="Y297">
+        <v>487</v>
+      </c>
+      <c r="AE297" s="3">
+        <v>4400</v>
+      </c>
+    </row>
+    <row r="298" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E298" t="s">
+        <v>32</v>
+      </c>
+      <c r="I298" t="s">
+        <v>124</v>
+      </c>
+      <c r="S298">
+        <v>95</v>
+      </c>
+      <c r="Y298">
+        <v>285</v>
+      </c>
+      <c r="AE298">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="299" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E299" t="s">
+        <v>32</v>
+      </c>
+      <c r="I299" t="s">
+        <v>125</v>
+      </c>
+      <c r="S299">
+        <v>95</v>
+      </c>
+      <c r="Y299">
+        <v>279</v>
+      </c>
+      <c r="AE299" s="3">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="300" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E300" t="s">
+        <v>32</v>
+      </c>
+      <c r="I300" t="s">
+        <v>126</v>
+      </c>
+      <c r="S300">
+        <v>95</v>
+      </c>
+      <c r="Y300">
+        <v>518</v>
+      </c>
+      <c r="AE300" s="3">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="301" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E301" t="s">
+        <v>32</v>
+      </c>
+      <c r="I301" t="s">
+        <v>127</v>
+      </c>
+      <c r="S301">
+        <v>95</v>
+      </c>
+      <c r="Y301">
+        <v>175</v>
+      </c>
+      <c r="AE301" s="3">
+        <v>5922</v>
+      </c>
+    </row>
+    <row r="302" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E302" t="s">
+        <v>32</v>
+      </c>
+      <c r="I302" t="s">
+        <v>128</v>
+      </c>
+      <c r="S302">
+        <v>95</v>
+      </c>
+      <c r="Y302">
+        <v>472</v>
+      </c>
+      <c r="AE302" s="3">
+        <v>30023</v>
+      </c>
+    </row>
+    <row r="303" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E303" t="s">
+        <v>32</v>
+      </c>
+      <c r="I303" t="s">
+        <v>129</v>
+      </c>
+      <c r="S303">
+        <v>95</v>
+      </c>
+      <c r="Y303">
+        <v>486</v>
+      </c>
+      <c r="AE303" s="3">
+        <v>27102</v>
+      </c>
+    </row>
+    <row r="304" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E304" t="s">
+        <v>32</v>
+      </c>
+      <c r="I304" t="s">
+        <v>130</v>
+      </c>
+      <c r="S304">
+        <v>95</v>
+      </c>
+      <c r="Y304">
+        <v>373</v>
+      </c>
+      <c r="AE304" s="3">
+        <v>7800</v>
+      </c>
+    </row>
+    <row r="305" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E305" t="s">
+        <v>32</v>
+      </c>
+      <c r="I305" t="s">
+        <v>131</v>
+      </c>
+      <c r="S305">
+        <v>95</v>
+      </c>
+      <c r="Y305">
+        <v>230</v>
+      </c>
+      <c r="AE305">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="306" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E306" t="s">
+        <v>32</v>
+      </c>
+      <c r="I306" t="s">
+        <v>132</v>
+      </c>
+      <c r="S306">
+        <v>95</v>
+      </c>
+      <c r="Y306">
+        <v>488</v>
+      </c>
+      <c r="AE306">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="307" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="T307">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="308" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="F308" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="309" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>1</v>
+      </c>
+      <c r="D309" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="310" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>3</v>
+      </c>
+      <c r="D310">
+        <v>67977322</v>
+      </c>
+      <c r="U310" t="s">
+        <v>4</v>
+      </c>
+      <c r="V310" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="311" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="B311" t="s">
+        <v>5</v>
+      </c>
+      <c r="F311" t="s">
+        <v>6</v>
+      </c>
+      <c r="G311" t="s">
+        <v>7</v>
+      </c>
+      <c r="H311" t="s">
+        <v>8</v>
+      </c>
+      <c r="I311" t="s">
+        <v>9</v>
+      </c>
+      <c r="J311" t="s">
+        <v>10</v>
+      </c>
+      <c r="M311" t="s">
+        <v>11</v>
+      </c>
+      <c r="N311" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="O311" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>14</v>
+      </c>
+      <c r="R311" t="s">
+        <v>15</v>
+      </c>
+      <c r="T311" t="s">
+        <v>16</v>
+      </c>
+      <c r="W311" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="312" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C312" t="s">
+        <v>32</v>
+      </c>
+      <c r="E312" t="s">
+        <v>133</v>
+      </c>
+      <c r="K312">
+        <v>95</v>
+      </c>
+      <c r="P312">
+        <v>286</v>
+      </c>
+      <c r="S312">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="313" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C313" t="s">
+        <v>32</v>
+      </c>
+      <c r="E313" t="s">
+        <v>134</v>
+      </c>
+      <c r="K313">
+        <v>95</v>
+      </c>
+      <c r="P313">
+        <v>430</v>
+      </c>
+      <c r="S313" s="3">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="314" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C314" t="s">
+        <v>32</v>
+      </c>
+      <c r="E314" t="s">
+        <v>135</v>
+      </c>
+      <c r="K314">
+        <v>95</v>
+      </c>
+      <c r="P314">
+        <v>640</v>
+      </c>
+      <c r="S314" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="315" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C315" t="s">
+        <v>32</v>
+      </c>
+      <c r="E315" t="s">
+        <v>136</v>
+      </c>
+      <c r="K315">
+        <v>95</v>
+      </c>
+      <c r="P315">
+        <v>190</v>
+      </c>
+      <c r="S315" s="3">
+        <v>7845</v>
+      </c>
+    </row>
+    <row r="316" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C316" t="s">
+        <v>32</v>
+      </c>
+      <c r="E316" t="s">
+        <v>137</v>
+      </c>
+      <c r="K316">
+        <v>95</v>
+      </c>
+      <c r="P316">
+        <v>171</v>
+      </c>
+      <c r="S316">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="317" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C317" t="s">
+        <v>32</v>
+      </c>
+      <c r="E317" t="s">
+        <v>138</v>
+      </c>
+      <c r="K317">
+        <v>95</v>
+      </c>
+      <c r="P317">
+        <v>469</v>
+      </c>
+      <c r="S317" s="3">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="318" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C318" t="s">
+        <v>32</v>
+      </c>
+      <c r="E318" t="s">
+        <v>139</v>
+      </c>
+      <c r="K318">
+        <v>95</v>
+      </c>
+      <c r="P318">
+        <v>225</v>
+      </c>
+      <c r="S318">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="319" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C319" t="s">
+        <v>32</v>
+      </c>
+      <c r="E319" t="s">
+        <v>140</v>
+      </c>
+      <c r="K319">
+        <v>95</v>
+      </c>
+      <c r="P319">
+        <v>445</v>
+      </c>
+      <c r="S319">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="320" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="C320" t="s">
+        <v>32</v>
+      </c>
+      <c r="E320" t="s">
+        <v>141</v>
+      </c>
+      <c r="K320">
+        <v>95</v>
+      </c>
+      <c r="P320">
+        <v>369</v>
+      </c>
+      <c r="S320" s="3">
+        <v>8424</v>
+      </c>
+    </row>
+    <row r="321" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C321" t="s">
+        <v>32</v>
+      </c>
+      <c r="E321" t="s">
+        <v>142</v>
+      </c>
+      <c r="K321">
+        <v>95</v>
+      </c>
+      <c r="P321">
+        <v>288</v>
+      </c>
+      <c r="S321">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="322" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C322" t="s">
+        <v>32</v>
+      </c>
+      <c r="E322" t="s">
+        <v>143</v>
+      </c>
+      <c r="K322">
+        <v>95</v>
+      </c>
+      <c r="P322">
+        <v>227</v>
+      </c>
+      <c r="S322" s="3">
+        <v>38400</v>
+      </c>
+    </row>
+    <row r="323" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C323" t="s">
+        <v>32</v>
+      </c>
+      <c r="E323" t="s">
+        <v>144</v>
+      </c>
+      <c r="K323">
+        <v>95</v>
+      </c>
+      <c r="P323">
+        <v>289</v>
+      </c>
+      <c r="S323" s="3">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="324" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C324" t="s">
+        <v>32</v>
+      </c>
+      <c r="E324" t="s">
+        <v>145</v>
+      </c>
+      <c r="K324">
+        <v>95</v>
+      </c>
+      <c r="P324">
+        <v>411</v>
+      </c>
+      <c r="S324">
         <v>43</v>
       </c>
-      <c r="S245">
-[...30 lines deleted...]
-      <c r="J247">
+    </row>
+    <row r="325" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C325" t="s">
+        <v>32</v>
+      </c>
+      <c r="E325" t="s">
+        <v>146</v>
+      </c>
+      <c r="K325">
+        <v>95</v>
+      </c>
+      <c r="P325">
+        <v>519</v>
+      </c>
+      <c r="S325" s="3">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="326" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C326" t="s">
+        <v>32</v>
+      </c>
+      <c r="E326" t="s">
+        <v>147</v>
+      </c>
+      <c r="K326">
+        <v>95</v>
+      </c>
+      <c r="P326">
+        <v>184</v>
+      </c>
+      <c r="S326">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="327" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C327" t="s">
+        <v>32</v>
+      </c>
+      <c r="E327" t="s">
+        <v>148</v>
+      </c>
+      <c r="K327">
+        <v>95</v>
+      </c>
+      <c r="P327">
+        <v>412</v>
+      </c>
+      <c r="S327" s="3">
+        <v>27320</v>
+      </c>
+    </row>
+    <row r="328" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C328" t="s">
+        <v>32</v>
+      </c>
+      <c r="E328" t="s">
+        <v>149</v>
+      </c>
+      <c r="K328">
+        <v>95</v>
+      </c>
+      <c r="P328">
+        <v>283</v>
+      </c>
+      <c r="S328" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="329" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C329" t="s">
+        <v>32</v>
+      </c>
+      <c r="E329" t="s">
+        <v>150</v>
+      </c>
+      <c r="K329">
+        <v>95</v>
+      </c>
+      <c r="P329">
+        <v>437</v>
+      </c>
+      <c r="S329" s="3">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="330" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C330" t="s">
+        <v>32</v>
+      </c>
+      <c r="E330" t="s">
+        <v>151</v>
+      </c>
+      <c r="K330">
+        <v>95</v>
+      </c>
+      <c r="P330">
+        <v>170</v>
+      </c>
+      <c r="S330" s="3">
+        <v>8125</v>
+      </c>
+    </row>
+    <row r="331" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C331" t="s">
+        <v>32</v>
+      </c>
+      <c r="E331" t="s">
+        <v>152</v>
+      </c>
+      <c r="K331">
+        <v>95</v>
+      </c>
+      <c r="P331">
+        <v>479</v>
+      </c>
+      <c r="S331" s="3">
+        <v>3470</v>
+      </c>
+    </row>
+    <row r="332" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C332" t="s">
+        <v>32</v>
+      </c>
+      <c r="E332" t="s">
+        <v>153</v>
+      </c>
+      <c r="K332">
+        <v>95</v>
+      </c>
+      <c r="P332">
+        <v>414</v>
+      </c>
+      <c r="S332" s="3">
+        <v>4825</v>
+      </c>
+    </row>
+    <row r="333" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C333" t="s">
+        <v>32</v>
+      </c>
+      <c r="E333" t="s">
+        <v>154</v>
+      </c>
+      <c r="K333">
+        <v>95</v>
+      </c>
+      <c r="P333">
+        <v>371</v>
+      </c>
+      <c r="S333" s="3">
+        <v>3850</v>
+      </c>
+    </row>
+    <row r="334" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C334" t="s">
+        <v>32</v>
+      </c>
+      <c r="E334" t="s">
+        <v>155</v>
+      </c>
+      <c r="K334">
+        <v>95</v>
+      </c>
+      <c r="P334">
+        <v>198</v>
+      </c>
+      <c r="S334" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="335" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C335" t="s">
+        <v>32</v>
+      </c>
+      <c r="E335" t="s">
+        <v>156</v>
+      </c>
+      <c r="K335">
+        <v>95</v>
+      </c>
+      <c r="P335">
+        <v>185</v>
+      </c>
+      <c r="S335" s="3">
+        <v>8487</v>
+      </c>
+    </row>
+    <row r="336" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C336" t="s">
+        <v>32</v>
+      </c>
+      <c r="E336" t="s">
+        <v>157</v>
+      </c>
+      <c r="K336">
+        <v>95</v>
+      </c>
+      <c r="P336">
+        <v>367</v>
+      </c>
+      <c r="S336" s="3">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="337" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C337" t="s">
+        <v>32</v>
+      </c>
+      <c r="E337" t="s">
+        <v>158</v>
+      </c>
+      <c r="K337">
+        <v>95</v>
+      </c>
+      <c r="P337">
+        <v>427</v>
+      </c>
+      <c r="S337" s="3">
+        <v>3116</v>
+      </c>
+    </row>
+    <row r="338" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C338" t="s">
+        <v>32</v>
+      </c>
+      <c r="E338" t="s">
+        <v>159</v>
+      </c>
+      <c r="K338">
+        <v>95</v>
+      </c>
+      <c r="P338">
+        <v>443</v>
+      </c>
+      <c r="S338" s="3">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="339" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C339" t="s">
+        <v>32</v>
+      </c>
+      <c r="E339" t="s">
+        <v>160</v>
+      </c>
+      <c r="K339">
+        <v>95</v>
+      </c>
+      <c r="P339">
+        <v>370</v>
+      </c>
+      <c r="S339">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="340" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C340" t="s">
+        <v>32</v>
+      </c>
+      <c r="E340" t="s">
+        <v>161</v>
+      </c>
+      <c r="K340">
+        <v>95</v>
+      </c>
+      <c r="P340">
+        <v>489</v>
+      </c>
+      <c r="S340">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="341" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C341" t="s">
+        <v>32</v>
+      </c>
+      <c r="E341" t="s">
+        <v>162</v>
+      </c>
+      <c r="K341">
+        <v>95</v>
+      </c>
+      <c r="P341">
+        <v>284</v>
+      </c>
+      <c r="S341" s="3">
+        <v>19363</v>
+      </c>
+    </row>
+    <row r="342" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C342" t="s">
+        <v>32</v>
+      </c>
+      <c r="E342" t="s">
+        <v>163</v>
+      </c>
+      <c r="K342">
+        <v>95</v>
+      </c>
+      <c r="P342">
+        <v>441</v>
+      </c>
+      <c r="S342" s="3">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="343" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C343" t="s">
+        <v>32</v>
+      </c>
+      <c r="E343" t="s">
+        <v>84</v>
+      </c>
+      <c r="K343">
+        <v>95</v>
+      </c>
+      <c r="P343">
+        <v>188</v>
+      </c>
+      <c r="S343" s="3">
+        <v>13840</v>
+      </c>
+    </row>
+    <row r="344" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C344" t="s">
+        <v>32</v>
+      </c>
+      <c r="E344" t="s">
+        <v>164</v>
+      </c>
+      <c r="K344">
+        <v>95</v>
+      </c>
+      <c r="P344">
+        <v>433</v>
+      </c>
+      <c r="S344" s="3">
+        <v>2802</v>
+      </c>
+    </row>
+    <row r="345" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C345" t="s">
+        <v>32</v>
+      </c>
+      <c r="E345" t="s">
+        <v>165</v>
+      </c>
+      <c r="K345">
+        <v>95</v>
+      </c>
+      <c r="P345">
+        <v>192</v>
+      </c>
+      <c r="S345" s="3">
+        <v>5760</v>
+      </c>
+    </row>
+    <row r="346" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C346" t="s">
+        <v>32</v>
+      </c>
+      <c r="E346" t="s">
+        <v>166</v>
+      </c>
+      <c r="K346">
+        <v>95</v>
+      </c>
+      <c r="P346">
+        <v>520</v>
+      </c>
+      <c r="S346" s="3">
+        <v>11830</v>
+      </c>
+    </row>
+    <row r="347" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C347" t="s">
+        <v>32</v>
+      </c>
+      <c r="E347" t="s">
+        <v>167</v>
+      </c>
+      <c r="K347">
+        <v>95</v>
+      </c>
+      <c r="P347">
+        <v>446</v>
+      </c>
+      <c r="S347" s="3">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="348" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C348" t="s">
+        <v>32</v>
+      </c>
+      <c r="E348" t="s">
+        <v>168</v>
+      </c>
+      <c r="K348">
+        <v>95</v>
+      </c>
+      <c r="P348">
+        <v>223</v>
+      </c>
+      <c r="S348">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="349" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="C349" t="s">
+        <v>32</v>
+      </c>
+      <c r="E349" t="s">
+        <v>169</v>
+      </c>
+      <c r="K349">
+        <v>95</v>
+      </c>
+      <c r="P349">
+        <v>428</v>
+      </c>
+      <c r="S349">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="350" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="L350">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="351" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="J351" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="352" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>1</v>
+      </c>
+      <c r="G352" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="353" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
+        <v>3</v>
+      </c>
+      <c r="G353">
+        <v>67977322</v>
+      </c>
+      <c r="AH353" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI353" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="354" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C354" t="s">
+        <v>5</v>
+      </c>
+      <c r="J354" t="s">
+        <v>6</v>
+      </c>
+      <c r="K354" t="s">
+        <v>7</v>
+      </c>
+      <c r="M354" t="s">
+        <v>8</v>
+      </c>
+      <c r="O354" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q354" t="s">
+        <v>10</v>
+      </c>
+      <c r="U354" t="s">
+        <v>11</v>
+      </c>
+      <c r="V354" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X354" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z354" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB354" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF354" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ354" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="355" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E355" t="s">
+        <v>32</v>
+      </c>
+      <c r="I355" t="s">
+        <v>170</v>
+      </c>
+      <c r="S355">
+        <v>95</v>
+      </c>
+      <c r="Y355">
+        <v>440</v>
+      </c>
+      <c r="AE355">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="356" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E356" t="s">
+        <v>32</v>
+      </c>
+      <c r="I356" t="s">
+        <v>171</v>
+      </c>
+      <c r="S356">
+        <v>95</v>
+      </c>
+      <c r="Y356">
+        <v>439</v>
+      </c>
+      <c r="AE356" s="3">
+        <v>17098</v>
+      </c>
+    </row>
+    <row r="357" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E357" t="s">
+        <v>32</v>
+      </c>
+      <c r="I357" t="s">
+        <v>172</v>
+      </c>
+      <c r="S357">
+        <v>95</v>
+      </c>
+      <c r="Y357">
+        <v>435</v>
+      </c>
+      <c r="AE357" s="3">
+        <v>6586</v>
+      </c>
+    </row>
+    <row r="358" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C358" t="s">
+        <v>113</v>
+      </c>
+      <c r="J358">
         <v>7942584</v>
       </c>
-      <c r="L247" t="s">
+      <c r="L358" t="s">
         <v>19</v>
       </c>
-      <c r="O247">
-[...8 lines deleted...]
-      <c r="W247" t="s">
+      <c r="O358">
+        <v>100134</v>
+      </c>
+      <c r="Q358" s="2">
+        <v>35034</v>
+      </c>
+      <c r="U358" s="2">
+        <v>42338</v>
+      </c>
+      <c r="W358" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC358">
+        <v>330</v>
+      </c>
+      <c r="AK358" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="359" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M359" t="s">
+        <v>22</v>
+      </c>
+      <c r="X359">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="360" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B360" t="s">
+        <v>23</v>
+      </c>
+      <c r="N360" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="361" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F361" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="362" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R362" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="363" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D363" t="s">
         <v>25</v>
       </c>
-      <c r="AC247" s="3">
-[...33 lines deleted...]
-      <c r="D252" t="s">
+      <c r="H363" t="s">
         <v>26</v>
       </c>
-      <c r="H252" t="s">
+      <c r="P363" t="s">
         <v>27</v>
       </c>
-      <c r="P252" t="s">
+      <c r="X363" t="s">
         <v>28</v>
       </c>
-      <c r="X252" t="s">
+    </row>
+    <row r="364" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD364" t="s">
         <v>29</v>
-      </c>
-[...1719 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="365" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E365" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I365" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="S365">
         <v>95</v>
       </c>
       <c r="Y365">
-        <v>411</v>
+        <v>4</v>
       </c>
       <c r="AE365">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="366" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="C366" t="s">
-[...2 lines deleted...]
-      <c r="J366">
+      <c r="E366" t="s">
+        <v>30</v>
+      </c>
+      <c r="I366" t="s">
+        <v>48</v>
+      </c>
+      <c r="S366">
+        <v>95</v>
+      </c>
+      <c r="Y366">
+        <v>297</v>
+      </c>
+      <c r="AE366">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="367" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E367" t="s">
+        <v>32</v>
+      </c>
+      <c r="I367" t="s">
+        <v>123</v>
+      </c>
+      <c r="S367">
+        <v>95</v>
+      </c>
+      <c r="Y367">
+        <v>487</v>
+      </c>
+      <c r="AE367">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="368" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E368" t="s">
+        <v>32</v>
+      </c>
+      <c r="I368" t="s">
+        <v>130</v>
+      </c>
+      <c r="S368">
+        <v>95</v>
+      </c>
+      <c r="Y368">
+        <v>373</v>
+      </c>
+      <c r="AE368">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="369" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E369" t="s">
+        <v>32</v>
+      </c>
+      <c r="I369" t="s">
+        <v>171</v>
+      </c>
+      <c r="S369">
+        <v>95</v>
+      </c>
+      <c r="Y369">
+        <v>439</v>
+      </c>
+      <c r="AE369">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="370" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C370" t="s">
+        <v>113</v>
+      </c>
+      <c r="J370">
         <v>7942584</v>
       </c>
-      <c r="L366" t="s">
+      <c r="L370" t="s">
         <v>19</v>
       </c>
-      <c r="O366">
-[...8 lines deleted...]
-      <c r="W366" t="s">
+      <c r="O370">
+        <v>100149</v>
+      </c>
+      <c r="Q370" s="2">
+        <v>35125</v>
+      </c>
+      <c r="U370" s="2">
+        <v>42338</v>
+      </c>
+      <c r="W370" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC370">
+        <v>75</v>
+      </c>
+      <c r="AK370" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="371" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M371" t="s">
+        <v>22</v>
+      </c>
+      <c r="X371">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="372" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B372" t="s">
+        <v>23</v>
+      </c>
+      <c r="N372" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="373" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F373" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="374" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R374" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="375" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D375" t="s">
         <v>25</v>
       </c>
-      <c r="AC366" s="3">
-[...33 lines deleted...]
-      <c r="D371" t="s">
+      <c r="H375" t="s">
         <v>26</v>
       </c>
-      <c r="H371" t="s">
+      <c r="P375" t="s">
         <v>27</v>
       </c>
-      <c r="P371" t="s">
+      <c r="X375" t="s">
         <v>28</v>
       </c>
-      <c r="X371" t="s">
+    </row>
+    <row r="376" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD376" t="s">
         <v>29</v>
-      </c>
-[...71 lines deleted...]
-        <v>2490</v>
       </c>
     </row>
     <row r="377" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E377" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I377" t="s">
-        <v>155</v>
+        <v>31</v>
       </c>
       <c r="S377">
         <v>95</v>
       </c>
       <c r="Y377">
-        <v>427</v>
+        <v>4</v>
       </c>
       <c r="AE377">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="378" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E378" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I378" t="s">
-        <v>162</v>
+        <v>48</v>
       </c>
       <c r="S378">
         <v>95</v>
       </c>
       <c r="Y378">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>6160</v>
+        <v>297</v>
+      </c>
+      <c r="AE378">
+        <v>44</v>
       </c>
     </row>
     <row r="379" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E379" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I379" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="S379">
         <v>95</v>
       </c>
       <c r="Y379">
-        <v>439</v>
+        <v>520</v>
       </c>
       <c r="AE379">
-        <v>310</v>
+        <v>75</v>
       </c>
     </row>
     <row r="380" spans="2:37" x14ac:dyDescent="0.25">
       <c r="C380" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="J380">
         <v>7942584</v>
       </c>
       <c r="L380" t="s">
         <v>19</v>
       </c>
       <c r="O380">
-        <v>139382</v>
+        <v>100150</v>
       </c>
       <c r="Q380" s="2">
-        <v>40969</v>
+        <v>35125</v>
       </c>
       <c r="U380" s="2">
-        <v>55092</v>
+        <v>42338</v>
       </c>
       <c r="W380" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>6191</v>
+        <v>20</v>
+      </c>
+      <c r="AC380">
+        <v>160</v>
       </c>
       <c r="AK380" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="381" spans="2:37" x14ac:dyDescent="0.25">
       <c r="M381" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X381">
-        <v>9161</v>
+        <v>365</v>
       </c>
     </row>
     <row r="382" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B382" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N382" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="383" spans="2:37" x14ac:dyDescent="0.25">
       <c r="F383" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
     </row>
     <row r="384" spans="2:37" x14ac:dyDescent="0.25">
       <c r="R384" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="385" spans="2:37" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:37" x14ac:dyDescent="0.25">
       <c r="D385" t="s">
+        <v>25</v>
+      </c>
+      <c r="H385" t="s">
         <v>26</v>
       </c>
-      <c r="H385" t="s">
+      <c r="P385" t="s">
         <v>27</v>
       </c>
-      <c r="P385" t="s">
+      <c r="X385" t="s">
         <v>28</v>
       </c>
-      <c r="X385" t="s">
+    </row>
+    <row r="386" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD386" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="386" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD386" t="s">
+    <row r="387" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E387" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E387" t="s">
+      <c r="I387" t="s">
         <v>31</v>
       </c>
-      <c r="I387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S387">
         <v>95</v>
       </c>
       <c r="Y387">
+        <v>4</v>
+      </c>
+      <c r="AE387">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="388" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E388" t="s">
+        <v>30</v>
+      </c>
+      <c r="I388" t="s">
+        <v>48</v>
+      </c>
+      <c r="S388">
+        <v>95</v>
+      </c>
+      <c r="Y388">
         <v>297</v>
       </c>
-      <c r="AE387" s="3">
+      <c r="AE388">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="389" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E389" t="s">
+        <v>32</v>
+      </c>
+      <c r="I389" t="s">
+        <v>145</v>
+      </c>
+      <c r="S389">
+        <v>95</v>
+      </c>
+      <c r="Y389">
+        <v>411</v>
+      </c>
+      <c r="AE389">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="390" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C390" t="s">
+        <v>113</v>
+      </c>
+      <c r="J390">
+        <v>7942584</v>
+      </c>
+      <c r="L390" t="s">
+        <v>19</v>
+      </c>
+      <c r="O390">
+        <v>139090</v>
+      </c>
+      <c r="Q390" s="2">
+        <v>41000</v>
+      </c>
+      <c r="U390" s="2">
+        <v>55609</v>
+      </c>
+      <c r="W390" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC390" s="3">
+        <v>27063</v>
+      </c>
+      <c r="AK390" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="391" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M391" t="s">
+        <v>22</v>
+      </c>
+      <c r="X391">
+        <v>9586</v>
+      </c>
+    </row>
+    <row r="392" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B392" t="s">
+        <v>23</v>
+      </c>
+      <c r="N392" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="393" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F393" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="394" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R394" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="395" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D395" t="s">
+        <v>25</v>
+      </c>
+      <c r="H395" t="s">
+        <v>26</v>
+      </c>
+      <c r="P395" t="s">
+        <v>27</v>
+      </c>
+      <c r="X395" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="396" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD396" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="397" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T397">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="398" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J398" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="399" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A399" t="s">
+        <v>1</v>
+      </c>
+      <c r="G399" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="400" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A400" t="s">
+        <v>3</v>
+      </c>
+      <c r="G400">
+        <v>67977322</v>
+      </c>
+      <c r="AH400" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI400" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="401" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C401" t="s">
+        <v>5</v>
+      </c>
+      <c r="J401" t="s">
+        <v>6</v>
+      </c>
+      <c r="K401" t="s">
+        <v>7</v>
+      </c>
+      <c r="M401" t="s">
+        <v>8</v>
+      </c>
+      <c r="O401" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q401" t="s">
+        <v>10</v>
+      </c>
+      <c r="U401" t="s">
+        <v>11</v>
+      </c>
+      <c r="V401" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X401" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z401" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB401" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF401" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ401" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="402" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E402" t="s">
+        <v>30</v>
+      </c>
+      <c r="I402" t="s">
+        <v>48</v>
+      </c>
+      <c r="S402">
+        <v>95</v>
+      </c>
+      <c r="Y402">
+        <v>297</v>
+      </c>
+      <c r="AE402" s="3">
+        <v>27063</v>
+      </c>
+    </row>
+    <row r="403" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E403" t="s">
+        <v>32</v>
+      </c>
+      <c r="I403" t="s">
+        <v>128</v>
+      </c>
+      <c r="S403">
+        <v>95</v>
+      </c>
+      <c r="Y403">
+        <v>472</v>
+      </c>
+      <c r="AE403" s="3">
+        <v>8074</v>
+      </c>
+    </row>
+    <row r="404" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E404" t="s">
+        <v>32</v>
+      </c>
+      <c r="I404" t="s">
+        <v>135</v>
+      </c>
+      <c r="S404">
+        <v>95</v>
+      </c>
+      <c r="Y404">
+        <v>640</v>
+      </c>
+      <c r="AE404" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="405" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E405" t="s">
+        <v>32</v>
+      </c>
+      <c r="I405" t="s">
+        <v>173</v>
+      </c>
+      <c r="S405">
+        <v>95</v>
+      </c>
+      <c r="Y405">
+        <v>196</v>
+      </c>
+      <c r="AE405" s="3">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="406" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E406" t="s">
+        <v>32</v>
+      </c>
+      <c r="I406" t="s">
+        <v>158</v>
+      </c>
+      <c r="S406">
+        <v>95</v>
+      </c>
+      <c r="Y406">
+        <v>427</v>
+      </c>
+      <c r="AE406">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="407" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E407" t="s">
+        <v>32</v>
+      </c>
+      <c r="I407" t="s">
+        <v>165</v>
+      </c>
+      <c r="S407">
+        <v>95</v>
+      </c>
+      <c r="Y407">
+        <v>192</v>
+      </c>
+      <c r="AE407" s="3">
+        <v>6160</v>
+      </c>
+    </row>
+    <row r="408" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E408" t="s">
+        <v>32</v>
+      </c>
+      <c r="I408" t="s">
+        <v>171</v>
+      </c>
+      <c r="S408">
+        <v>95</v>
+      </c>
+      <c r="Y408">
+        <v>439</v>
+      </c>
+      <c r="AE408">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="409" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C409" t="s">
+        <v>113</v>
+      </c>
+      <c r="J409">
+        <v>7942584</v>
+      </c>
+      <c r="L409" t="s">
+        <v>19</v>
+      </c>
+      <c r="O409">
+        <v>139382</v>
+      </c>
+      <c r="Q409" s="2">
+        <v>40969</v>
+      </c>
+      <c r="U409" s="2">
+        <v>55092</v>
+      </c>
+      <c r="W409" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC409" s="3">
         <v>6191</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E388" t="s">
+      <c r="AK409" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="410" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M410" t="s">
+        <v>22</v>
+      </c>
+      <c r="X410">
+        <v>9069</v>
+      </c>
+    </row>
+    <row r="411" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B411" t="s">
+        <v>23</v>
+      </c>
+      <c r="N411" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="412" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F412" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="413" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R413" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="414" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D414" t="s">
+        <v>25</v>
+      </c>
+      <c r="H414" t="s">
+        <v>26</v>
+      </c>
+      <c r="P414" t="s">
+        <v>27</v>
+      </c>
+      <c r="X414" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="415" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD415" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="416" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E416" t="s">
+        <v>30</v>
+      </c>
+      <c r="I416" t="s">
+        <v>48</v>
+      </c>
+      <c r="S416">
+        <v>95</v>
+      </c>
+      <c r="Y416">
+        <v>297</v>
+      </c>
+      <c r="AE416" s="3">
+        <v>6191</v>
+      </c>
+    </row>
+    <row r="417" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E417" t="s">
+        <v>32</v>
+      </c>
+      <c r="I417" t="s">
+        <v>162</v>
+      </c>
+      <c r="S417">
+        <v>95</v>
+      </c>
+      <c r="Y417">
+        <v>284</v>
+      </c>
+      <c r="AE417" s="3">
+        <v>6191</v>
+      </c>
+    </row>
+    <row r="418" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C418" t="s">
+        <v>113</v>
+      </c>
+      <c r="J418">
+        <v>7942584</v>
+      </c>
+      <c r="L418" t="s">
+        <v>19</v>
+      </c>
+      <c r="O418">
+        <v>139383</v>
+      </c>
+      <c r="Q418" s="2">
+        <v>41000</v>
+      </c>
+      <c r="U418" s="2">
+        <v>55092</v>
+      </c>
+      <c r="W418" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC418" s="3">
+        <v>1050</v>
+      </c>
+      <c r="AK418" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="419" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M419" t="s">
+        <v>22</v>
+      </c>
+      <c r="X419">
+        <v>9069</v>
+      </c>
+    </row>
+    <row r="420" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B420" t="s">
+        <v>23</v>
+      </c>
+      <c r="N420" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="421" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F421" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="422" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R422" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="423" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D423" t="s">
+        <v>25</v>
+      </c>
+      <c r="H423" t="s">
+        <v>26</v>
+      </c>
+      <c r="P423" t="s">
+        <v>27</v>
+      </c>
+      <c r="X423" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="424" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD424" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="425" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E425" t="s">
+        <v>30</v>
+      </c>
+      <c r="I425" t="s">
+        <v>48</v>
+      </c>
+      <c r="S425">
+        <v>95</v>
+      </c>
+      <c r="Y425">
+        <v>297</v>
+      </c>
+      <c r="AE425" s="3">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="426" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E426" t="s">
+        <v>32</v>
+      </c>
+      <c r="I426" t="s">
+        <v>162</v>
+      </c>
+      <c r="S426">
+        <v>95</v>
+      </c>
+      <c r="Y426">
+        <v>284</v>
+      </c>
+      <c r="AE426" s="3">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="427" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C427" t="s">
+        <v>113</v>
+      </c>
+      <c r="J427">
+        <v>7942584</v>
+      </c>
+      <c r="L427" t="s">
+        <v>19</v>
+      </c>
+      <c r="O427">
+        <v>139384</v>
+      </c>
+      <c r="Q427" s="2">
+        <v>41275</v>
+      </c>
+      <c r="U427" s="2">
+        <v>55092</v>
+      </c>
+      <c r="W427" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC427" s="3">
+        <v>3259</v>
+      </c>
+      <c r="AK427" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="428" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M428" t="s">
+        <v>22</v>
+      </c>
+      <c r="X428">
+        <v>9069</v>
+      </c>
+    </row>
+    <row r="429" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B429" t="s">
+        <v>23</v>
+      </c>
+      <c r="N429" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="430" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F430" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="431" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R431" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="432" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D432" t="s">
+        <v>25</v>
+      </c>
+      <c r="H432" t="s">
+        <v>26</v>
+      </c>
+      <c r="P432" t="s">
+        <v>27</v>
+      </c>
+      <c r="X432" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="433" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD433" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="434" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E434" t="s">
+        <v>30</v>
+      </c>
+      <c r="I434" t="s">
+        <v>48</v>
+      </c>
+      <c r="S434">
+        <v>95</v>
+      </c>
+      <c r="Y434">
+        <v>297</v>
+      </c>
+      <c r="AE434" s="3">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="435" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E435" t="s">
+        <v>32</v>
+      </c>
+      <c r="I435" t="s">
+        <v>162</v>
+      </c>
+      <c r="S435">
+        <v>95</v>
+      </c>
+      <c r="Y435">
+        <v>284</v>
+      </c>
+      <c r="AE435" s="3">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="436" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C436" t="s">
+        <v>113</v>
+      </c>
+      <c r="J436">
+        <v>7942584</v>
+      </c>
+      <c r="L436" t="s">
+        <v>19</v>
+      </c>
+      <c r="O436">
+        <v>139630</v>
+      </c>
+      <c r="Q436" s="2">
+        <v>41153</v>
+      </c>
+      <c r="U436" s="2">
+        <v>55092</v>
+      </c>
+      <c r="W436" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC436" s="3">
+        <v>7450</v>
+      </c>
+      <c r="AK436" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="437" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M437" t="s">
+        <v>22</v>
+      </c>
+      <c r="X437">
+        <v>9069</v>
+      </c>
+    </row>
+    <row r="438" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B438" t="s">
+        <v>23</v>
+      </c>
+      <c r="N438" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="439" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F439" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="440" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R440" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="441" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D441" t="s">
+        <v>25</v>
+      </c>
+      <c r="H441" t="s">
+        <v>26</v>
+      </c>
+      <c r="P441" t="s">
+        <v>27</v>
+      </c>
+      <c r="X441" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="442" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD442" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="443" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E443" t="s">
+        <v>30</v>
+      </c>
+      <c r="I443" t="s">
+        <v>174</v>
+      </c>
+      <c r="S443">
+        <v>95</v>
+      </c>
+      <c r="Y443">
+        <v>194</v>
+      </c>
+      <c r="AE443" s="3">
+        <v>7450</v>
+      </c>
+    </row>
+    <row r="444" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T444">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="445" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J445" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="446" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A446" t="s">
+        <v>1</v>
+      </c>
+      <c r="G446" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="447" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A447" t="s">
+        <v>3</v>
+      </c>
+      <c r="G447">
+        <v>67977322</v>
+      </c>
+      <c r="AH447" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI447" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="448" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C448" t="s">
+        <v>5</v>
+      </c>
+      <c r="J448" t="s">
+        <v>6</v>
+      </c>
+      <c r="K448" t="s">
+        <v>7</v>
+      </c>
+      <c r="M448" t="s">
+        <v>8</v>
+      </c>
+      <c r="O448" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q448" t="s">
+        <v>10</v>
+      </c>
+      <c r="U448" t="s">
+        <v>11</v>
+      </c>
+      <c r="V448" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X448" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z448" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB448" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF448" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ448" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="449" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E449" t="s">
+        <v>32</v>
+      </c>
+      <c r="I449" t="s">
+        <v>175</v>
+      </c>
+      <c r="S449">
+        <v>95</v>
+      </c>
+      <c r="Y449">
+        <v>172</v>
+      </c>
+      <c r="AE449" s="3">
+        <v>4823</v>
+      </c>
+    </row>
+    <row r="450" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E450" t="s">
+        <v>32</v>
+      </c>
+      <c r="I450" t="s">
+        <v>147</v>
+      </c>
+      <c r="S450">
+        <v>95</v>
+      </c>
+      <c r="Y450">
+        <v>184</v>
+      </c>
+      <c r="AE450" s="3">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="451" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E451" t="s">
+        <v>32</v>
+      </c>
+      <c r="I451" t="s">
+        <v>156</v>
+      </c>
+      <c r="S451">
+        <v>95</v>
+      </c>
+      <c r="Y451">
+        <v>185</v>
+      </c>
+      <c r="AE451" s="3">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="452" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C452" t="s">
+        <v>113</v>
+      </c>
+      <c r="J452">
+        <v>7942584</v>
+      </c>
+      <c r="L452" t="s">
+        <v>19</v>
+      </c>
+      <c r="O452">
+        <v>139637</v>
+      </c>
+      <c r="Q452" s="2">
+        <v>41275</v>
+      </c>
+      <c r="U452" s="2">
+        <v>55092</v>
+      </c>
+      <c r="W452" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC452" s="3">
+        <v>7241</v>
+      </c>
+      <c r="AK452" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="453" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M453" t="s">
+        <v>22</v>
+      </c>
+      <c r="X453">
+        <v>9069</v>
+      </c>
+    </row>
+    <row r="454" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B454" t="s">
+        <v>23</v>
+      </c>
+      <c r="N454" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="455" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F455" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="456" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R456" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="457" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D457" t="s">
+        <v>25</v>
+      </c>
+      <c r="H457" t="s">
+        <v>26</v>
+      </c>
+      <c r="P457" t="s">
+        <v>27</v>
+      </c>
+      <c r="X457" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="458" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD458" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="459" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E459" t="s">
+        <v>30</v>
+      </c>
+      <c r="I459" t="s">
+        <v>48</v>
+      </c>
+      <c r="S459">
+        <v>95</v>
+      </c>
+      <c r="Y459">
+        <v>297</v>
+      </c>
+      <c r="AE459" s="3">
+        <v>7241</v>
+      </c>
+    </row>
+    <row r="460" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E460" t="s">
+        <v>32</v>
+      </c>
+      <c r="I460" t="s">
+        <v>125</v>
+      </c>
+      <c r="S460">
+        <v>95</v>
+      </c>
+      <c r="Y460">
+        <v>279</v>
+      </c>
+      <c r="AE460">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="461" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E461" t="s">
+        <v>32</v>
+      </c>
+      <c r="I461" t="s">
+        <v>128</v>
+      </c>
+      <c r="S461">
+        <v>95</v>
+      </c>
+      <c r="Y461">
+        <v>472</v>
+      </c>
+      <c r="AE461">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="462" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E462" t="s">
+        <v>32</v>
+      </c>
+      <c r="I462" t="s">
+        <v>176</v>
+      </c>
+      <c r="S462">
+        <v>95</v>
+      </c>
+      <c r="Y462">
+        <v>716</v>
+      </c>
+      <c r="AE462">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="463" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E463" t="s">
+        <v>32</v>
+      </c>
+      <c r="I463" t="s">
+        <v>136</v>
+      </c>
+      <c r="S463">
+        <v>95</v>
+      </c>
+      <c r="Y463">
+        <v>190</v>
+      </c>
+      <c r="AE463" s="3">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="464" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E464" t="s">
+        <v>32</v>
+      </c>
+      <c r="I464" t="s">
+        <v>177</v>
+      </c>
+      <c r="S464">
+        <v>95</v>
+      </c>
+      <c r="Y464">
+        <v>280</v>
+      </c>
+      <c r="AE464">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="465" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E465" t="s">
+        <v>32</v>
+      </c>
+      <c r="I465" t="s">
+        <v>152</v>
+      </c>
+      <c r="S465">
+        <v>95</v>
+      </c>
+      <c r="Y465">
+        <v>479</v>
+      </c>
+      <c r="AE465" s="3">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="466" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E466" t="s">
+        <v>32</v>
+      </c>
+      <c r="I466" t="s">
+        <v>163</v>
+      </c>
+      <c r="S466">
+        <v>95</v>
+      </c>
+      <c r="Y466">
+        <v>441</v>
+      </c>
+      <c r="AE466" s="3">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="467" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E467" t="s">
+        <v>32</v>
+      </c>
+      <c r="I467" t="s">
+        <v>167</v>
+      </c>
+      <c r="S467">
+        <v>95</v>
+      </c>
+      <c r="Y467">
+        <v>446</v>
+      </c>
+      <c r="AE467">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="468" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C468" t="s">
+        <v>113</v>
+      </c>
+      <c r="J468">
+        <v>7942584</v>
+      </c>
+      <c r="L468" t="s">
+        <v>19</v>
+      </c>
+      <c r="O468">
+        <v>140047</v>
+      </c>
+      <c r="Q468" s="2">
+        <v>41730</v>
+      </c>
+      <c r="U468" s="2">
+        <v>49248</v>
+      </c>
+      <c r="W468" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC468" s="3">
+        <v>46478</v>
+      </c>
+      <c r="AK468" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="469" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M469" t="s">
+        <v>22</v>
+      </c>
+      <c r="X469">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="470" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B470" t="s">
+        <v>23</v>
+      </c>
+      <c r="N470" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="471" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F471" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="472" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R472" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="473" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D473" t="s">
+        <v>25</v>
+      </c>
+      <c r="H473" t="s">
+        <v>26</v>
+      </c>
+      <c r="P473" t="s">
+        <v>27</v>
+      </c>
+      <c r="X473" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="474" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD474" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="475" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E475" t="s">
+        <v>30</v>
+      </c>
+      <c r="I475" t="s">
+        <v>48</v>
+      </c>
+      <c r="S475">
+        <v>95</v>
+      </c>
+      <c r="Y475">
+        <v>297</v>
+      </c>
+      <c r="AE475" s="3">
+        <v>46478</v>
+      </c>
+    </row>
+    <row r="476" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E476" t="s">
+        <v>32</v>
+      </c>
+      <c r="I476" t="s">
+        <v>128</v>
+      </c>
+      <c r="S476">
+        <v>95</v>
+      </c>
+      <c r="Y476">
+        <v>472</v>
+      </c>
+      <c r="AE476" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="477" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E477" t="s">
+        <v>32</v>
+      </c>
+      <c r="I477" t="s">
+        <v>136</v>
+      </c>
+      <c r="S477">
+        <v>95</v>
+      </c>
+      <c r="Y477">
+        <v>190</v>
+      </c>
+      <c r="AE477">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="478" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E478" t="s">
+        <v>32</v>
+      </c>
+      <c r="I478" t="s">
         <v>33</v>
       </c>
-      <c r="I388" t="s">
-[...805 lines deleted...]
-      <c r="Y449">
+      <c r="S478">
+        <v>95</v>
+      </c>
+      <c r="Y478">
         <v>92</v>
       </c>
-      <c r="AE449" s="3">
+      <c r="AE478" s="3">
         <v>5000</v>
       </c>
     </row>
-    <row r="450" spans="1:37" x14ac:dyDescent="0.25">
-[...82 lines deleted...]
-      <c r="Y455">
+    <row r="479" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E479" t="s">
+        <v>32</v>
+      </c>
+      <c r="I479" t="s">
+        <v>178</v>
+      </c>
+      <c r="S479">
+        <v>95</v>
+      </c>
+      <c r="Y479">
         <v>372</v>
       </c>
-      <c r="AE455">
+      <c r="AE479">
         <v>800</v>
-      </c>
-[...319 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="480" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E480" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I480" t="s">
-        <v>116</v>
+        <v>179</v>
       </c>
       <c r="S480">
         <v>95</v>
       </c>
       <c r="Y480">
-        <v>415</v>
+        <v>467</v>
       </c>
       <c r="AE480" s="3">
-        <v>10000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="481" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E481" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I481" t="s">
-        <v>154</v>
+        <v>84</v>
       </c>
       <c r="S481">
         <v>95</v>
       </c>
       <c r="Y481">
-        <v>367</v>
+        <v>188</v>
       </c>
       <c r="AE481" s="3">
-        <v>5946</v>
+        <v>21400</v>
       </c>
     </row>
     <row r="482" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="E482" t="s">
-[...12 lines deleted...]
-        <v>4054</v>
+      <c r="C482" t="s">
+        <v>113</v>
+      </c>
+      <c r="J482">
+        <v>7942584</v>
+      </c>
+      <c r="L482" t="s">
+        <v>19</v>
+      </c>
+      <c r="O482">
+        <v>140748</v>
+      </c>
+      <c r="Q482" s="2">
+        <v>42095</v>
+      </c>
+      <c r="U482" s="2">
+        <v>47938</v>
+      </c>
+      <c r="W482" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC482" s="3">
+        <v>1000</v>
+      </c>
+      <c r="AK482" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="483" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="C483" t="s">
-[...17 lines deleted...]
-      <c r="W483" t="s">
+      <c r="M483" t="s">
+        <v>22</v>
+      </c>
+      <c r="X483">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="484" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B484" t="s">
+        <v>23</v>
+      </c>
+      <c r="N484" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="485" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D485" t="s">
         <v>25</v>
       </c>
-      <c r="AC483" s="3">
-[...19 lines deleted...]
-        <v>23</v>
+      <c r="H485" t="s">
+        <v>26</v>
+      </c>
+      <c r="P485" t="s">
+        <v>27</v>
+      </c>
+      <c r="X485" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="486" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="D486" t="s">
-[...8 lines deleted...]
-      <c r="X486" t="s">
+      <c r="AD486" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="487" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD487" t="s">
+      <c r="E487" t="s">
         <v>30</v>
+      </c>
+      <c r="I487" t="s">
+        <v>37</v>
+      </c>
+      <c r="S487">
+        <v>95</v>
+      </c>
+      <c r="Y487">
+        <v>543</v>
+      </c>
+      <c r="AE487" s="3">
+        <v>1000</v>
       </c>
     </row>
     <row r="488" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E488" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I488" t="s">
         <v>179</v>
       </c>
       <c r="S488">
         <v>95</v>
       </c>
       <c r="Y488">
-        <v>672</v>
+        <v>467</v>
       </c>
       <c r="AE488" s="3">
-        <v>10000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="489" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="E489" t="s">
-[...12 lines deleted...]
-        <v>10000</v>
+      <c r="T489">
+        <v>11</v>
       </c>
     </row>
     <row r="490" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="T490">
-        <v>11</v>
+      <c r="J490" s="1" t="s">
+        <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="J491" s="1" t="s">
-        <v>0</v>
+      <c r="A491" t="s">
+        <v>1</v>
+      </c>
+      <c r="G491" t="s">
+        <v>2</v>
       </c>
     </row>
     <row r="492" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="G492">
+        <v>67977322</v>
+      </c>
+      <c r="AH492" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI492" s="2">
+        <v>46023</v>
       </c>
     </row>
     <row r="493" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A493" t="s">
-[...9 lines deleted...]
-        <v>45931</v>
+      <c r="C493" t="s">
+        <v>5</v>
+      </c>
+      <c r="J493" t="s">
+        <v>6</v>
+      </c>
+      <c r="K493" t="s">
+        <v>7</v>
+      </c>
+      <c r="M493" t="s">
+        <v>8</v>
+      </c>
+      <c r="O493" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q493" t="s">
+        <v>10</v>
+      </c>
+      <c r="U493" t="s">
+        <v>11</v>
+      </c>
+      <c r="V493" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X493" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z493" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB493" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF493" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ493" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="494" spans="1:37" x14ac:dyDescent="0.25">
       <c r="C494" t="s">
-        <v>5</v>
-[...35 lines deleted...]
-        <v>17</v>
+        <v>113</v>
+      </c>
+      <c r="J494">
+        <v>7942584</v>
+      </c>
+      <c r="L494" t="s">
+        <v>19</v>
+      </c>
+      <c r="O494">
+        <v>142548</v>
+      </c>
+      <c r="Q494" s="2">
+        <v>43405</v>
+      </c>
+      <c r="U494" s="2">
+        <v>49248</v>
+      </c>
+      <c r="W494" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC494" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK494" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="495" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="C495" t="s">
-[...2 lines deleted...]
-      <c r="J495">
+      <c r="M495" t="s">
+        <v>22</v>
+      </c>
+      <c r="X495">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="496" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B496" t="s">
+        <v>23</v>
+      </c>
+      <c r="N496" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="497" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D497" t="s">
+        <v>25</v>
+      </c>
+      <c r="H497" t="s">
+        <v>26</v>
+      </c>
+      <c r="P497" t="s">
+        <v>27</v>
+      </c>
+      <c r="X497" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="498" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD498" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="499" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E499" t="s">
+        <v>30</v>
+      </c>
+      <c r="I499" t="s">
+        <v>180</v>
+      </c>
+      <c r="S499">
+        <v>95</v>
+      </c>
+      <c r="Y499">
+        <v>235</v>
+      </c>
+      <c r="AE499" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="500" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E500" t="s">
+        <v>32</v>
+      </c>
+      <c r="I500" t="s">
+        <v>173</v>
+      </c>
+      <c r="S500">
+        <v>95</v>
+      </c>
+      <c r="Y500">
+        <v>196</v>
+      </c>
+      <c r="AE500" s="3">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="501" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E501" t="s">
+        <v>32</v>
+      </c>
+      <c r="I501" t="s">
+        <v>84</v>
+      </c>
+      <c r="S501">
+        <v>95</v>
+      </c>
+      <c r="Y501">
+        <v>188</v>
+      </c>
+      <c r="AE501" s="3">
+        <v>8960</v>
+      </c>
+    </row>
+    <row r="502" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C502" t="s">
+        <v>113</v>
+      </c>
+      <c r="J502">
         <v>7942584</v>
       </c>
-      <c r="L495" t="s">
+      <c r="L502" t="s">
         <v>19</v>
       </c>
-      <c r="O495">
-[...8 lines deleted...]
-      <c r="W495" t="s">
+      <c r="O502">
+        <v>142967</v>
+      </c>
+      <c r="Q502" s="2">
+        <v>43647</v>
+      </c>
+      <c r="U502" s="2">
+        <v>47299</v>
+      </c>
+      <c r="W502" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC502" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK502" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="503" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M503" t="s">
+        <v>22</v>
+      </c>
+      <c r="X503">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="504" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B504" t="s">
+        <v>23</v>
+      </c>
+      <c r="N504" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="505" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F505" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="506" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R506" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="507" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D507" t="s">
         <v>25</v>
       </c>
-      <c r="AC495" s="3">
-[...33 lines deleted...]
-      <c r="D500" t="s">
+      <c r="H507" t="s">
         <v>26</v>
       </c>
-      <c r="H500" t="s">
+      <c r="P507" t="s">
         <v>27</v>
       </c>
-      <c r="P500" t="s">
+      <c r="X507" t="s">
         <v>28</v>
       </c>
-      <c r="X500" t="s">
+    </row>
+    <row r="508" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD508" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="501" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD501" t="s">
+    <row r="509" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E509" t="s">
         <v>30</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="Y502">
+      <c r="I509" t="s">
+        <v>120</v>
+      </c>
+      <c r="S509">
+        <v>95</v>
+      </c>
+      <c r="Y509">
         <v>415</v>
       </c>
-      <c r="AE502" s="3">
-[...110 lines deleted...]
-        <v>29</v>
+      <c r="AE509" s="3">
+        <v>10000</v>
       </c>
     </row>
     <row r="510" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD510" t="s">
-        <v>30</v>
+      <c r="E510" t="s">
+        <v>32</v>
+      </c>
+      <c r="I510" t="s">
+        <v>157</v>
+      </c>
+      <c r="S510">
+        <v>95</v>
+      </c>
+      <c r="Y510">
+        <v>367</v>
+      </c>
+      <c r="AE510" s="3">
+        <v>5946</v>
       </c>
     </row>
     <row r="511" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E511" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I511" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="S511">
         <v>95</v>
       </c>
       <c r="Y511">
-        <v>912</v>
+        <v>778</v>
       </c>
       <c r="AE511" s="3">
-        <v>1083</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="512" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="E512" t="s">
-[...12 lines deleted...]
-        <v>1083</v>
+      <c r="C512" t="s">
+        <v>113</v>
+      </c>
+      <c r="J512">
+        <v>7942584</v>
+      </c>
+      <c r="L512" t="s">
+        <v>19</v>
+      </c>
+      <c r="O512">
+        <v>143078</v>
+      </c>
+      <c r="Q512" s="2">
+        <v>43770</v>
+      </c>
+      <c r="U512" s="2">
+        <v>45382</v>
+      </c>
+      <c r="W512" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC512" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK512" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="513" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="C513" t="s">
-[...17 lines deleted...]
-      <c r="W513" t="s">
+      <c r="M513" t="s">
+        <v>22</v>
+      </c>
+      <c r="X513">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="514" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B514" t="s">
+        <v>23</v>
+      </c>
+      <c r="N514" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="515" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D515" t="s">
         <v>25</v>
       </c>
-      <c r="AC513" s="3">
-[...19 lines deleted...]
-        <v>23</v>
+      <c r="H515" t="s">
+        <v>26</v>
+      </c>
+      <c r="P515" t="s">
+        <v>27</v>
+      </c>
+      <c r="X515" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="516" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="D516" t="s">
-[...8 lines deleted...]
-      <c r="X516" t="s">
+      <c r="AD516" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="517" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD517" t="s">
+      <c r="E517" t="s">
         <v>30</v>
+      </c>
+      <c r="I517" t="s">
+        <v>182</v>
+      </c>
+      <c r="S517">
+        <v>95</v>
+      </c>
+      <c r="Y517">
+        <v>672</v>
+      </c>
+      <c r="AE517" s="3">
+        <v>10000</v>
       </c>
     </row>
     <row r="518" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E518" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I518" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="S518">
         <v>95</v>
       </c>
       <c r="Y518">
-        <v>297</v>
+        <v>188</v>
       </c>
       <c r="AE518" s="3">
-        <v>21878</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="519" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="E519" t="s">
-[...12 lines deleted...]
-        <v>21878</v>
+      <c r="C519" t="s">
+        <v>113</v>
+      </c>
+      <c r="J519">
+        <v>7942584</v>
+      </c>
+      <c r="L519" t="s">
+        <v>19</v>
+      </c>
+      <c r="O519">
+        <v>143550</v>
+      </c>
+      <c r="Q519" s="2">
+        <v>43992</v>
+      </c>
+      <c r="U519" s="2">
+        <v>49613</v>
+      </c>
+      <c r="W519" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC519" s="3">
+        <v>2351</v>
+      </c>
+      <c r="AK519" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="520" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="C520" t="s">
-[...5 lines deleted...]
-      <c r="L520" t="s">
+      <c r="M520" t="s">
+        <v>22</v>
+      </c>
+      <c r="X520">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="521" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B521" t="s">
+        <v>23</v>
+      </c>
+      <c r="N521" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="522" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F522" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="523" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R523" t="s">
         <v>19</v>
       </c>
-      <c r="O520">
-[...8 lines deleted...]
-      <c r="W520" t="s">
+    </row>
+    <row r="524" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D524" t="s">
         <v>25</v>
       </c>
-      <c r="AC520" s="3">
-[...23 lines deleted...]
-      <c r="D523" t="s">
+      <c r="H524" t="s">
         <v>26</v>
       </c>
-      <c r="H523" t="s">
+      <c r="P524" t="s">
         <v>27</v>
       </c>
-      <c r="P523" t="s">
+      <c r="X524" t="s">
         <v>28</v>
       </c>
-      <c r="X523" t="s">
+    </row>
+    <row r="525" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD525" t="s">
         <v>29</v>
-      </c>
-[...20 lines deleted...]
-        <v>9000</v>
       </c>
     </row>
     <row r="526" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E526" t="s">
+        <v>30</v>
+      </c>
+      <c r="I526" t="s">
+        <v>120</v>
+      </c>
+      <c r="S526">
+        <v>95</v>
+      </c>
+      <c r="Y526">
+        <v>415</v>
+      </c>
+      <c r="AE526" s="3">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="527" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E527" t="s">
+        <v>32</v>
+      </c>
+      <c r="I527" t="s">
+        <v>138</v>
+      </c>
+      <c r="S527">
+        <v>95</v>
+      </c>
+      <c r="Y527">
+        <v>469</v>
+      </c>
+      <c r="AE527">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="528" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E528" t="s">
+        <v>32</v>
+      </c>
+      <c r="I528" t="s">
+        <v>167</v>
+      </c>
+      <c r="S528">
+        <v>95</v>
+      </c>
+      <c r="Y528">
+        <v>446</v>
+      </c>
+      <c r="AE528" s="3">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="529" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E529" t="s">
+        <v>32</v>
+      </c>
+      <c r="I529" t="s">
+        <v>168</v>
+      </c>
+      <c r="S529">
+        <v>95</v>
+      </c>
+      <c r="Y529">
+        <v>223</v>
+      </c>
+      <c r="AE529">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="530" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="T530">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="531" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I531" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="532" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A532" t="s">
+        <v>1</v>
+      </c>
+      <c r="F532" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="533" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A533" t="s">
+        <v>3</v>
+      </c>
+      <c r="F533">
+        <v>67977322</v>
+      </c>
+      <c r="AF533" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG533" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="534" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C534" t="s">
+        <v>5</v>
+      </c>
+      <c r="I534" t="s">
+        <v>6</v>
+      </c>
+      <c r="J534" t="s">
+        <v>7</v>
+      </c>
+      <c r="L534" t="s">
+        <v>8</v>
+      </c>
+      <c r="N534" t="s">
+        <v>9</v>
+      </c>
+      <c r="P534" t="s">
+        <v>10</v>
+      </c>
+      <c r="S534" t="s">
+        <v>11</v>
+      </c>
+      <c r="T534" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V534" t="s">
+        <v>13</v>
+      </c>
+      <c r="X534" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z534" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD534" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH534" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="535" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C535" t="s">
+        <v>113</v>
+      </c>
+      <c r="I535">
+        <v>7942584</v>
+      </c>
+      <c r="K535" t="s">
+        <v>19</v>
+      </c>
+      <c r="N535">
+        <v>143821</v>
+      </c>
+      <c r="P535" s="2">
+        <v>44146</v>
+      </c>
+      <c r="S535" s="2">
+        <v>47797</v>
+      </c>
+      <c r="U535" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA535" s="3">
+        <v>1083</v>
+      </c>
+      <c r="AI535" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="536" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L536" t="s">
+        <v>22</v>
+      </c>
+      <c r="V536">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="537" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B537" t="s">
+        <v>23</v>
+      </c>
+      <c r="M537" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="538" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D538" t="s">
+        <v>25</v>
+      </c>
+      <c r="G538" t="s">
+        <v>26</v>
+      </c>
+      <c r="O538" t="s">
+        <v>27</v>
+      </c>
+      <c r="V538" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="539" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB539" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="540" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E540" t="s">
+        <v>30</v>
+      </c>
+      <c r="H540" t="s">
+        <v>183</v>
+      </c>
+      <c r="Q540">
+        <v>95</v>
+      </c>
+      <c r="W540">
+        <v>912</v>
+      </c>
+      <c r="AC540" s="3">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="541" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E541" t="s">
+        <v>32</v>
+      </c>
+      <c r="H541" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q541">
+        <v>95</v>
+      </c>
+      <c r="W541">
+        <v>520</v>
+      </c>
+      <c r="AC541" s="3">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="542" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C542" t="s">
+        <v>184</v>
+      </c>
+      <c r="I542">
+        <v>118638852</v>
+      </c>
+      <c r="K542" t="s">
+        <v>19</v>
+      </c>
+      <c r="N542">
+        <v>145139</v>
+      </c>
+      <c r="P542" s="2">
+        <v>45170</v>
+      </c>
+      <c r="S542" s="2">
+        <v>48883</v>
+      </c>
+      <c r="U542" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA542" s="3">
+        <v>21878</v>
+      </c>
+      <c r="AI542" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="543" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L543" t="s">
+        <v>22</v>
+      </c>
+      <c r="V543">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="544" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B544" t="s">
+        <v>23</v>
+      </c>
+      <c r="M544" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="545" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D545" t="s">
+        <v>25</v>
+      </c>
+      <c r="G545" t="s">
+        <v>26</v>
+      </c>
+      <c r="O545" t="s">
+        <v>27</v>
+      </c>
+      <c r="V545" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="546" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB546" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="547" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E547" t="s">
+        <v>30</v>
+      </c>
+      <c r="H547" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q547">
+        <v>95</v>
+      </c>
+      <c r="W547">
+        <v>297</v>
+      </c>
+      <c r="AC547" s="3">
+        <v>21878</v>
+      </c>
+    </row>
+    <row r="548" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E548" t="s">
+        <v>32</v>
+      </c>
+      <c r="H548" t="s">
+        <v>185</v>
+      </c>
+      <c r="Q548">
+        <v>95</v>
+      </c>
+      <c r="W548">
+        <v>628</v>
+      </c>
+      <c r="AC548" s="3">
+        <v>21878</v>
+      </c>
+    </row>
+    <row r="549" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C549" t="s">
+        <v>184</v>
+      </c>
+      <c r="I549">
+        <v>118638852</v>
+      </c>
+      <c r="K549" t="s">
+        <v>19</v>
+      </c>
+      <c r="N549">
+        <v>145801</v>
+      </c>
+      <c r="P549" s="2">
+        <v>45597</v>
+      </c>
+      <c r="S549" s="2">
+        <v>46691</v>
+      </c>
+      <c r="U549" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA549" s="3">
+        <v>9000</v>
+      </c>
+      <c r="AI549" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="550" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L550" t="s">
+        <v>22</v>
+      </c>
+      <c r="V550">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="551" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B551" t="s">
+        <v>23</v>
+      </c>
+      <c r="M551" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="552" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D552" t="s">
+        <v>25</v>
+      </c>
+      <c r="G552" t="s">
+        <v>26</v>
+      </c>
+      <c r="O552" t="s">
+        <v>27</v>
+      </c>
+      <c r="V552" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="553" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB553" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="554" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E554" t="s">
+        <v>30</v>
+      </c>
+      <c r="H554" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q554">
+        <v>95</v>
+      </c>
+      <c r="W554">
+        <v>543</v>
+      </c>
+      <c r="AC554" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="555" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E555" t="s">
+        <v>32</v>
+      </c>
+      <c r="H555" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q555">
+        <v>95</v>
+      </c>
+      <c r="W555">
+        <v>3</v>
+      </c>
+      <c r="AC555" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="556" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C556" t="s">
+        <v>186</v>
+      </c>
+      <c r="I556">
+        <v>945601599</v>
+      </c>
+      <c r="K556" t="s">
+        <v>19</v>
+      </c>
+      <c r="N556">
+        <v>146699</v>
+      </c>
+      <c r="P556" s="2">
+        <v>45992</v>
+      </c>
+      <c r="S556" s="2">
+        <v>46112</v>
+      </c>
+      <c r="U556" t="s">
+        <v>19</v>
+      </c>
+      <c r="AA556" s="3">
+        <v>1100</v>
+      </c>
+      <c r="AI556" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="557" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L557" t="s">
+        <v>22</v>
+      </c>
+      <c r="V557">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="558" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B558" t="s">
+        <v>23</v>
+      </c>
+      <c r="M558" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="559" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D559" t="s">
+        <v>25</v>
+      </c>
+      <c r="G559" t="s">
+        <v>26</v>
+      </c>
+      <c r="O559" t="s">
+        <v>27</v>
+      </c>
+      <c r="V559" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="560" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB560" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="561" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E561" t="s">
+        <v>30</v>
+      </c>
+      <c r="H561" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q561">
+        <v>95</v>
+      </c>
+      <c r="W561">
+        <v>75</v>
+      </c>
+      <c r="AC561" s="3">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="562" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E562" t="s">
+        <v>32</v>
+      </c>
+      <c r="H562" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q562">
+        <v>95</v>
+      </c>
+      <c r="W562">
+        <v>66</v>
+      </c>
+      <c r="AC562" s="3">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="563" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C563" t="s">
+        <v>186</v>
+      </c>
+      <c r="I563">
+        <v>945601599</v>
+      </c>
+      <c r="K563" t="s">
+        <v>19</v>
+      </c>
+      <c r="N563">
+        <v>146700</v>
+      </c>
+      <c r="P563" s="2">
+        <v>45962</v>
+      </c>
+      <c r="S563" s="2">
+        <v>46112</v>
+      </c>
+      <c r="U563" t="s">
+        <v>19</v>
+      </c>
+      <c r="AA563" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AI563" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="564" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L564" t="s">
+        <v>22</v>
+      </c>
+      <c r="V564">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="565" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B565" t="s">
+        <v>23</v>
+      </c>
+      <c r="M565" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="566" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D566" t="s">
+        <v>25</v>
+      </c>
+      <c r="G566" t="s">
+        <v>26</v>
+      </c>
+      <c r="O566" t="s">
+        <v>27</v>
+      </c>
+      <c r="V566" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="567" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB567" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="568" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E568" t="s">
+        <v>30</v>
+      </c>
+      <c r="H568" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q568">
+        <v>95</v>
+      </c>
+      <c r="W568">
+        <v>4</v>
+      </c>
+      <c r="AC568" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="569" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E569" t="s">
+        <v>32</v>
+      </c>
+      <c r="H569" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q569">
+        <v>95</v>
+      </c>
+      <c r="W569">
+        <v>3</v>
+      </c>
+      <c r="AC569" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="570" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R570">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="571" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I571" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="572" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A572" t="s">
+        <v>1</v>
+      </c>
+      <c r="F572" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="573" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A573" t="s">
+        <v>3</v>
+      </c>
+      <c r="F573">
+        <v>67977322</v>
+      </c>
+      <c r="AF573" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG573" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="574" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C574" t="s">
+        <v>5</v>
+      </c>
+      <c r="I574" t="s">
+        <v>6</v>
+      </c>
+      <c r="J574" t="s">
+        <v>7</v>
+      </c>
+      <c r="L574" t="s">
+        <v>8</v>
+      </c>
+      <c r="N574" t="s">
+        <v>9</v>
+      </c>
+      <c r="P574" t="s">
+        <v>10</v>
+      </c>
+      <c r="S574" t="s">
+        <v>11</v>
+      </c>
+      <c r="T574" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V574" t="s">
+        <v>13</v>
+      </c>
+      <c r="X574" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z574" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD574" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH574" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="575" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C575" t="s">
+        <v>188</v>
+      </c>
+      <c r="I575">
+        <v>79663087</v>
+      </c>
+      <c r="K575" t="s">
+        <v>19</v>
+      </c>
+      <c r="N575">
+        <v>145121</v>
+      </c>
+      <c r="P575" s="2">
+        <v>45597</v>
+      </c>
+      <c r="S575" s="2">
+        <v>48669</v>
+      </c>
+      <c r="U575" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA575" s="3">
+        <v>42000</v>
+      </c>
+      <c r="AI575" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="576" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L576" t="s">
+        <v>22</v>
+      </c>
+      <c r="V576">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="577" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B577" t="s">
+        <v>23</v>
+      </c>
+      <c r="M577" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="578" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D578" t="s">
+        <v>25</v>
+      </c>
+      <c r="G578" t="s">
+        <v>26</v>
+      </c>
+      <c r="O578" t="s">
+        <v>27</v>
+      </c>
+      <c r="V578" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="579" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB579" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="580" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E580" t="s">
+        <v>30</v>
+      </c>
+      <c r="H580" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q580">
+        <v>95</v>
+      </c>
+      <c r="W580">
+        <v>727</v>
+      </c>
+      <c r="AC580" s="3">
+        <v>42000</v>
+      </c>
+    </row>
+    <row r="581" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E581" t="s">
+        <v>32</v>
+      </c>
+      <c r="H581" t="s">
         <v>33</v>
       </c>
-      <c r="I526" t="s">
-[...5 lines deleted...]
-      <c r="Y526">
+      <c r="Q581">
+        <v>95</v>
+      </c>
+      <c r="W581">
+        <v>92</v>
+      </c>
+      <c r="AC581" s="3">
+        <v>42000</v>
+      </c>
+    </row>
+    <row r="582" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C582" t="s">
+        <v>188</v>
+      </c>
+      <c r="I582">
+        <v>79663087</v>
+      </c>
+      <c r="K582" t="s">
+        <v>19</v>
+      </c>
+      <c r="N582">
+        <v>145641</v>
+      </c>
+      <c r="P582" s="2">
+        <v>45962</v>
+      </c>
+      <c r="S582" s="2">
+        <v>48669</v>
+      </c>
+      <c r="U582" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA582" s="3">
+        <v>15000</v>
+      </c>
+      <c r="AI582" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="583" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L583" t="s">
+        <v>22</v>
+      </c>
+      <c r="V583">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="584" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B584" t="s">
+        <v>23</v>
+      </c>
+      <c r="M584" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="585" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D585" t="s">
+        <v>25</v>
+      </c>
+      <c r="G585" t="s">
+        <v>26</v>
+      </c>
+      <c r="O585" t="s">
+        <v>27</v>
+      </c>
+      <c r="V585" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="586" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB586" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="587" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E587" t="s">
+        <v>30</v>
+      </c>
+      <c r="H587" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q587">
+        <v>95</v>
+      </c>
+      <c r="W587">
+        <v>187</v>
+      </c>
+      <c r="AC587" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="588" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E588" t="s">
+        <v>32</v>
+      </c>
+      <c r="H588" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q588">
+        <v>95</v>
+      </c>
+      <c r="W588">
         <v>3</v>
       </c>
-      <c r="AE526" s="3">
-[...10 lines deleted...]
-      <c r="L527" t="s">
+      <c r="AC588" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="589" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C589" t="s">
+        <v>188</v>
+      </c>
+      <c r="I589">
+        <v>79663087</v>
+      </c>
+      <c r="K589" t="s">
         <v>19</v>
       </c>
-      <c r="O527">
-[...8 lines deleted...]
-      <c r="W527" t="s">
+      <c r="N589">
+        <v>146742</v>
+      </c>
+      <c r="P589" s="2">
+        <v>46023</v>
+      </c>
+      <c r="S589" s="2">
+        <v>46081</v>
+      </c>
+      <c r="U589" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA589" s="3">
+        <v>25000</v>
+      </c>
+      <c r="AI589" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="590" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L590" t="s">
+        <v>22</v>
+      </c>
+      <c r="V590">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="591" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B591" t="s">
+        <v>23</v>
+      </c>
+      <c r="M591" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="592" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D592" t="s">
         <v>25</v>
       </c>
-      <c r="AC527" s="3">
-[...7 lines deleted...]
-      <c r="M528" t="s">
+      <c r="G592" t="s">
+        <v>26</v>
+      </c>
+      <c r="O592" t="s">
+        <v>27</v>
+      </c>
+      <c r="V592" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="593" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB593" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="594" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E594" t="s">
+        <v>30</v>
+      </c>
+      <c r="H594" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q594">
+        <v>95</v>
+      </c>
+      <c r="W594">
+        <v>187</v>
+      </c>
+      <c r="AC594" s="3">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="595" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E595" t="s">
+        <v>32</v>
+      </c>
+      <c r="H595" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q595">
+        <v>95</v>
+      </c>
+      <c r="W595">
+        <v>92</v>
+      </c>
+      <c r="AC595" s="3">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="596" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C596" t="s">
+        <v>190</v>
+      </c>
+      <c r="I596">
+        <v>145184631</v>
+      </c>
+      <c r="K596" t="s">
+        <v>19</v>
+      </c>
+      <c r="N596">
+        <v>146561</v>
+      </c>
+      <c r="P596" s="2">
+        <v>45931</v>
+      </c>
+      <c r="S596" s="2">
+        <v>45961</v>
+      </c>
+      <c r="U596" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA596" s="3">
+        <v>5000</v>
+      </c>
+      <c r="AI596" t="s">
         <v>21</v>
       </c>
-      <c r="X528">
+    </row>
+    <row r="597" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L597" t="s">
+        <v>22</v>
+      </c>
+      <c r="V597">
         <v>31</v>
       </c>
     </row>
-    <row r="529" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="B529" t="s">
+    <row r="598" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B598" t="s">
+        <v>23</v>
+      </c>
+      <c r="M598" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="599" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D599" t="s">
+        <v>25</v>
+      </c>
+      <c r="G599" t="s">
+        <v>26</v>
+      </c>
+      <c r="O599" t="s">
+        <v>27</v>
+      </c>
+      <c r="V599" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="600" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB600" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="601" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E601" t="s">
+        <v>30</v>
+      </c>
+      <c r="H601" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q601">
+        <v>95</v>
+      </c>
+      <c r="W601">
+        <v>80</v>
+      </c>
+      <c r="AC601" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="602" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E602" t="s">
+        <v>32</v>
+      </c>
+      <c r="H602" t="s">
+        <v>191</v>
+      </c>
+      <c r="Q602">
+        <v>95</v>
+      </c>
+      <c r="W602">
+        <v>77</v>
+      </c>
+      <c r="AC602" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="603" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C603" t="s">
+        <v>190</v>
+      </c>
+      <c r="I603">
+        <v>145184631</v>
+      </c>
+      <c r="K603" t="s">
+        <v>19</v>
+      </c>
+      <c r="N603">
+        <v>146850</v>
+      </c>
+      <c r="P603" s="2">
+        <v>46023</v>
+      </c>
+      <c r="S603" s="2">
+        <v>46053</v>
+      </c>
+      <c r="U603" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA603" s="3">
+        <v>7808</v>
+      </c>
+      <c r="AI603" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="604" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L604" t="s">
         <v>22</v>
       </c>
-      <c r="N529" t="s">
+      <c r="V604">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="605" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B605" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D530" t="s">
+      <c r="M605" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="606" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D606" t="s">
+        <v>25</v>
+      </c>
+      <c r="G606" t="s">
         <v>26</v>
       </c>
-      <c r="H530" t="s">
+      <c r="O606" t="s">
         <v>27</v>
       </c>
-      <c r="P530" t="s">
+      <c r="V606" t="s">
         <v>28</v>
       </c>
-      <c r="X530" t="s">
+    </row>
+    <row r="607" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB607" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="531" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD531" t="s">
+    <row r="608" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E608" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="T532">
+      <c r="H608" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q608">
+        <v>95</v>
+      </c>
+      <c r="W608">
+        <v>543</v>
+      </c>
+      <c r="AC608" s="3">
+        <v>7808</v>
+      </c>
+    </row>
+    <row r="609" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E609" t="s">
+        <v>32</v>
+      </c>
+      <c r="H609" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q609">
+        <v>95</v>
+      </c>
+      <c r="W609">
+        <v>92</v>
+      </c>
+      <c r="AC609" s="3">
+        <v>7808</v>
+      </c>
+    </row>
+    <row r="610" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R610">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="611" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J611" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="612" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A612" t="s">
+        <v>1</v>
+      </c>
+      <c r="G612" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="613" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A613" t="s">
+        <v>3</v>
+      </c>
+      <c r="G613">
+        <v>67977322</v>
+      </c>
+      <c r="AH613" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI613" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="614" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C614" t="s">
+        <v>5</v>
+      </c>
+      <c r="J614" t="s">
+        <v>6</v>
+      </c>
+      <c r="K614" t="s">
+        <v>7</v>
+      </c>
+      <c r="M614" t="s">
+        <v>8</v>
+      </c>
+      <c r="O614" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q614" t="s">
+        <v>10</v>
+      </c>
+      <c r="U614" t="s">
+        <v>11</v>
+      </c>
+      <c r="V614" s="1" t="s">
         <v>12</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="AH535" t="s">
+      <c r="X614" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z614" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB614" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF614" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ614" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="615" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C615" t="s">
+        <v>192</v>
+      </c>
+      <c r="J615">
+        <v>73093437</v>
+      </c>
+      <c r="L615" t="s">
+        <v>19</v>
+      </c>
+      <c r="O615">
+        <v>100115</v>
+      </c>
+      <c r="Q615" s="2">
+        <v>34516</v>
+      </c>
+      <c r="U615" s="2">
+        <v>41820</v>
+      </c>
+      <c r="W615" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC615" s="3">
+        <v>1000</v>
+      </c>
+      <c r="AK615" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="616" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M616" t="s">
+        <v>22</v>
+      </c>
+      <c r="X616">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="617" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B617" t="s">
+        <v>23</v>
+      </c>
+      <c r="N617" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="618" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F618" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="619" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R619" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="620" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D620" t="s">
+        <v>25</v>
+      </c>
+      <c r="H620" t="s">
+        <v>26</v>
+      </c>
+      <c r="P620" t="s">
+        <v>27</v>
+      </c>
+      <c r="X620" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="621" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD621" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="622" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E622" t="s">
+        <v>30</v>
+      </c>
+      <c r="I622" t="s">
+        <v>44</v>
+      </c>
+      <c r="S622">
+        <v>95</v>
+      </c>
+      <c r="Y622">
+        <v>556</v>
+      </c>
+      <c r="AE622">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="623" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E623" t="s">
+        <v>30</v>
+      </c>
+      <c r="I623" t="s">
+        <v>117</v>
+      </c>
+      <c r="S623">
+        <v>95</v>
+      </c>
+      <c r="Y623">
+        <v>700</v>
+      </c>
+      <c r="AE623">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="624" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E624" t="s">
+        <v>30</v>
+      </c>
+      <c r="I624" t="s">
+        <v>31</v>
+      </c>
+      <c r="S624">
+        <v>95</v>
+      </c>
+      <c r="Y624">
         <v>4</v>
       </c>
-      <c r="AI535" s="2">
-[...85 lines deleted...]
-      <c r="L539" t="s">
+      <c r="AE624">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="625" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E625" t="s">
+        <v>32</v>
+      </c>
+      <c r="I625" t="s">
+        <v>195</v>
+      </c>
+      <c r="S625">
+        <v>95</v>
+      </c>
+      <c r="Y625">
+        <v>27</v>
+      </c>
+      <c r="AE625" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="626" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C626" t="s">
+        <v>196</v>
+      </c>
+      <c r="J626">
+        <v>60041985</v>
+      </c>
+      <c r="L626" t="s">
         <v>19</v>
       </c>
-      <c r="O539">
-[...8 lines deleted...]
-      <c r="W539" t="s">
+      <c r="O626">
+        <v>100011</v>
+      </c>
+      <c r="Q626" s="2">
+        <v>33450</v>
+      </c>
+      <c r="U626" s="2">
+        <v>47787</v>
+      </c>
+      <c r="W626" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC626" s="3">
+        <v>6000</v>
+      </c>
+      <c r="AK626" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="627" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M627" t="s">
+        <v>22</v>
+      </c>
+      <c r="X627">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="628" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B628" t="s">
+        <v>23</v>
+      </c>
+      <c r="N628" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="629" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F629" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="630" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R630" t="s">
         <v>19</v>
       </c>
-      <c r="AC539" s="3">
-[...23 lines deleted...]
-      <c r="D542" t="s">
+    </row>
+    <row r="631" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D631" t="s">
+        <v>25</v>
+      </c>
+      <c r="H631" t="s">
         <v>26</v>
       </c>
-      <c r="H542" t="s">
+      <c r="P631" t="s">
         <v>27</v>
       </c>
-      <c r="P542" t="s">
+      <c r="X631" t="s">
         <v>28</v>
       </c>
-      <c r="X542" t="s">
+    </row>
+    <row r="632" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD632" t="s">
         <v>29</v>
-      </c>
-[...1156 lines deleted...]
-        <v>1500</v>
       </c>
     </row>
     <row r="633" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E633" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I633" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="S633">
         <v>95</v>
       </c>
       <c r="Y633">
-        <v>297</v>
+        <v>75</v>
       </c>
       <c r="AE633" s="3">
-        <v>1500</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="634" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E634" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I634" t="s">
-        <v>59</v>
+        <v>121</v>
       </c>
       <c r="S634">
         <v>95</v>
       </c>
       <c r="Y634">
-        <v>426</v>
+        <v>541</v>
       </c>
       <c r="AE634" s="3">
-        <v>3000</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="635" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="C635" t="s">
-[...5 lines deleted...]
-      <c r="L635" t="s">
+      <c r="E635" t="s">
+        <v>30</v>
+      </c>
+      <c r="I635" t="s">
+        <v>48</v>
+      </c>
+      <c r="S635">
+        <v>95</v>
+      </c>
+      <c r="Y635">
+        <v>297</v>
+      </c>
+      <c r="AE635" s="3">
+        <v>2958</v>
+      </c>
+    </row>
+    <row r="636" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E636" t="s">
+        <v>32</v>
+      </c>
+      <c r="I636" t="s">
+        <v>198</v>
+      </c>
+      <c r="S636">
+        <v>95</v>
+      </c>
+      <c r="Y636">
+        <v>442</v>
+      </c>
+      <c r="AE636" s="3">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="637" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C637" t="s">
+        <v>196</v>
+      </c>
+      <c r="J637">
+        <v>60041985</v>
+      </c>
+      <c r="L637" t="s">
         <v>19</v>
       </c>
-      <c r="O635">
-[...8 lines deleted...]
-      <c r="W635" t="s">
+      <c r="O637">
+        <v>100063</v>
+      </c>
+      <c r="Q637" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U637" s="2">
+        <v>47787</v>
+      </c>
+      <c r="W637" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC637" s="3">
+        <v>1500</v>
+      </c>
+      <c r="AK637" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="638" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M638" t="s">
+        <v>22</v>
+      </c>
+      <c r="X638">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="639" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B639" t="s">
+        <v>23</v>
+      </c>
+      <c r="N639" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="640" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F640" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="641" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R641" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="642" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D642" t="s">
         <v>25</v>
       </c>
-      <c r="AC635" s="3">
-[...15 lines deleted...]
-      <c r="B637" t="s">
+      <c r="H642" t="s">
+        <v>26</v>
+      </c>
+      <c r="P642" t="s">
+        <v>27</v>
+      </c>
+      <c r="X642" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="643" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD643" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="644" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E644" t="s">
+        <v>30</v>
+      </c>
+      <c r="I644" t="s">
+        <v>37</v>
+      </c>
+      <c r="S644">
+        <v>95</v>
+      </c>
+      <c r="Y644">
+        <v>543</v>
+      </c>
+      <c r="AE644" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="645" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E645" t="s">
+        <v>32</v>
+      </c>
+      <c r="I645" t="s">
+        <v>198</v>
+      </c>
+      <c r="S645">
+        <v>95</v>
+      </c>
+      <c r="Y645">
+        <v>442</v>
+      </c>
+      <c r="AE645" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="646" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C646" t="s">
+        <v>196</v>
+      </c>
+      <c r="J646">
+        <v>60041985</v>
+      </c>
+      <c r="L646" t="s">
+        <v>19</v>
+      </c>
+      <c r="O646">
+        <v>100135</v>
+      </c>
+      <c r="Q646" s="2">
+        <v>35034</v>
+      </c>
+      <c r="U646" s="2">
+        <v>47787</v>
+      </c>
+      <c r="W646" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC646">
+        <v>250</v>
+      </c>
+      <c r="AK646" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="647" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M647" t="s">
         <v>22</v>
       </c>
-      <c r="N637" t="s">
+      <c r="X647">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="648" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B648" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D638" t="s">
+      <c r="N648" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="649" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F649" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="650" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R650" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="651" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D651" t="s">
+        <v>25</v>
+      </c>
+      <c r="H651" t="s">
         <v>26</v>
       </c>
-      <c r="H638" t="s">
+      <c r="P651" t="s">
         <v>27</v>
       </c>
-      <c r="P638" t="s">
+      <c r="X651" t="s">
         <v>28</v>
       </c>
-      <c r="X638" t="s">
+    </row>
+    <row r="652" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD652" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="639" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD639" t="s">
+    <row r="653" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E653" t="s">
         <v>30</v>
       </c>
-    </row>
-[...193 lines deleted...]
-        <v>30</v>
+      <c r="I653" t="s">
+        <v>48</v>
+      </c>
+      <c r="S653">
+        <v>95</v>
+      </c>
+      <c r="Y653">
+        <v>297</v>
+      </c>
+      <c r="AE653">
+        <v>250</v>
       </c>
     </row>
     <row r="654" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E654" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I654" t="s">
-        <v>41</v>
+        <v>198</v>
       </c>
       <c r="S654">
         <v>95</v>
       </c>
       <c r="Y654">
+        <v>442</v>
+      </c>
+      <c r="AE654">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="655" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="T655">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="656" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="J656" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="657" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A657" t="s">
+        <v>1</v>
+      </c>
+      <c r="G657" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="658" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A658" t="s">
+        <v>3</v>
+      </c>
+      <c r="G658">
+        <v>67977322</v>
+      </c>
+      <c r="AH658" t="s">
         <v>4</v>
       </c>
-      <c r="AE654" s="3">
-[...21 lines deleted...]
-      <c r="C656" t="s">
+      <c r="AI658" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="659" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C659" t="s">
+        <v>5</v>
+      </c>
+      <c r="J659" t="s">
+        <v>6</v>
+      </c>
+      <c r="K659" t="s">
+        <v>7</v>
+      </c>
+      <c r="M659" t="s">
+        <v>8</v>
+      </c>
+      <c r="O659" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q659" t="s">
+        <v>10</v>
+      </c>
+      <c r="U659" t="s">
+        <v>11</v>
+      </c>
+      <c r="V659" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X659" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z659" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB659" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF659" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ659" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="660" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C660" t="s">
+        <v>199</v>
+      </c>
+      <c r="J660">
+        <v>76642123</v>
+      </c>
+      <c r="L660" t="s">
+        <v>19</v>
+      </c>
+      <c r="O660">
+        <v>100012</v>
+      </c>
+      <c r="Q660" s="2">
+        <v>33909</v>
+      </c>
+      <c r="U660" s="2">
+        <v>47787</v>
+      </c>
+      <c r="W660" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC660" s="3">
+        <v>6500</v>
+      </c>
+      <c r="AK660" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="661" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M661" t="s">
+        <v>22</v>
+      </c>
+      <c r="X661">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="662" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B662" t="s">
+        <v>23</v>
+      </c>
+      <c r="N662" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="663" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F663" t="s">
         <v>200</v>
       </c>
-      <c r="J656">
-[...2 lines deleted...]
-      <c r="L656" t="s">
+    </row>
+    <row r="664" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R664" t="s">
         <v>19</v>
       </c>
-      <c r="O656">
-[...35 lines deleted...]
-      <c r="D659" t="s">
+    </row>
+    <row r="665" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D665" t="s">
+        <v>25</v>
+      </c>
+      <c r="H665" t="s">
         <v>26</v>
       </c>
-      <c r="H659" t="s">
+      <c r="P665" t="s">
         <v>27</v>
       </c>
-      <c r="P659" t="s">
+      <c r="X665" t="s">
         <v>28</v>
       </c>
-      <c r="X659" t="s">
+    </row>
+    <row r="666" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD666" t="s">
         <v>29</v>
-      </c>
-[...93 lines deleted...]
-        <v>9298</v>
       </c>
     </row>
     <row r="667" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E667" t="s">
+        <v>30</v>
+      </c>
+      <c r="I667" t="s">
+        <v>45</v>
+      </c>
+      <c r="S667">
+        <v>95</v>
+      </c>
+      <c r="Y667">
+        <v>75</v>
+      </c>
+      <c r="AE667" s="3">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="668" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E668" t="s">
+        <v>30</v>
+      </c>
+      <c r="I668" t="s">
+        <v>46</v>
+      </c>
+      <c r="S668">
+        <v>95</v>
+      </c>
+      <c r="Y668">
+        <v>80</v>
+      </c>
+      <c r="AE668">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="669" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E669" t="s">
+        <v>30</v>
+      </c>
+      <c r="I669" t="s">
+        <v>37</v>
+      </c>
+      <c r="S669">
+        <v>95</v>
+      </c>
+      <c r="Y669">
+        <v>543</v>
+      </c>
+      <c r="AE669">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="670" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E670" t="s">
+        <v>30</v>
+      </c>
+      <c r="I670" t="s">
+        <v>48</v>
+      </c>
+      <c r="S670">
+        <v>95</v>
+      </c>
+      <c r="Y670">
+        <v>297</v>
+      </c>
+      <c r="AE670" s="3">
+        <v>3708</v>
+      </c>
+    </row>
+    <row r="671" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E671" t="s">
+        <v>32</v>
+      </c>
+      <c r="I671" t="s">
+        <v>201</v>
+      </c>
+      <c r="S671">
+        <v>95</v>
+      </c>
+      <c r="Y671">
+        <v>255</v>
+      </c>
+      <c r="AE671" s="3">
+        <v>6500</v>
+      </c>
+    </row>
+    <row r="672" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C672" t="s">
+        <v>202</v>
+      </c>
+      <c r="J672">
+        <v>782437318</v>
+      </c>
+      <c r="L672" t="s">
+        <v>19</v>
+      </c>
+      <c r="O672">
+        <v>137847</v>
+      </c>
+      <c r="Q672" s="2">
+        <v>40118</v>
+      </c>
+      <c r="U672" s="2">
+        <v>40512</v>
+      </c>
+      <c r="W672" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC672" s="3">
+        <v>3000</v>
+      </c>
+      <c r="AK672" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="673" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M673" t="s">
+        <v>22</v>
+      </c>
+      <c r="X673">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="674" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B674" t="s">
+        <v>23</v>
+      </c>
+      <c r="N674" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="675" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F675" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="676" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R676" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="677" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F677" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="678" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R678" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="679" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D679" t="s">
+        <v>25</v>
+      </c>
+      <c r="H679" t="s">
+        <v>26</v>
+      </c>
+      <c r="P679" t="s">
+        <v>27</v>
+      </c>
+      <c r="X679" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="680" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD680" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="681" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E681" t="s">
+        <v>30</v>
+      </c>
+      <c r="I681" t="s">
+        <v>31</v>
+      </c>
+      <c r="S681">
+        <v>95</v>
+      </c>
+      <c r="Y681">
+        <v>4</v>
+      </c>
+      <c r="AE681" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="682" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E682" t="s">
+        <v>30</v>
+      </c>
+      <c r="I682" t="s">
+        <v>48</v>
+      </c>
+      <c r="S682">
+        <v>95</v>
+      </c>
+      <c r="Y682">
+        <v>297</v>
+      </c>
+      <c r="AE682" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="683" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E683" t="s">
+        <v>32</v>
+      </c>
+      <c r="I683" t="s">
+        <v>64</v>
+      </c>
+      <c r="S683">
+        <v>95</v>
+      </c>
+      <c r="Y683">
+        <v>426</v>
+      </c>
+      <c r="AE683" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="684" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C684" t="s">
+        <v>204</v>
+      </c>
+      <c r="J684">
+        <v>113637503</v>
+      </c>
+      <c r="L684" t="s">
+        <v>19</v>
+      </c>
+      <c r="O684">
+        <v>145459</v>
+      </c>
+      <c r="Q684" s="2">
+        <v>45231</v>
+      </c>
+      <c r="U684" s="2">
+        <v>45382</v>
+      </c>
+      <c r="W684" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC684" s="3">
+        <v>22500</v>
+      </c>
+      <c r="AK684" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="685" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M685" t="s">
+        <v>22</v>
+      </c>
+      <c r="X685">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="686" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B686" t="s">
+        <v>23</v>
+      </c>
+      <c r="N686" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="687" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D687" t="s">
+        <v>25</v>
+      </c>
+      <c r="H687" t="s">
+        <v>26</v>
+      </c>
+      <c r="P687" t="s">
+        <v>27</v>
+      </c>
+      <c r="X687" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="688" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD688" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="689" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E689" t="s">
+        <v>30</v>
+      </c>
+      <c r="I689" t="s">
+        <v>37</v>
+      </c>
+      <c r="S689">
+        <v>95</v>
+      </c>
+      <c r="Y689">
+        <v>543</v>
+      </c>
+      <c r="AE689" s="3">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="690" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E690" t="s">
+        <v>32</v>
+      </c>
+      <c r="I690" t="s">
+        <v>205</v>
+      </c>
+      <c r="S690">
+        <v>95</v>
+      </c>
+      <c r="Y690">
+        <v>87</v>
+      </c>
+      <c r="AE690" s="3">
+        <v>22500</v>
+      </c>
+    </row>
+    <row r="691" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C691" t="s">
+        <v>203</v>
+      </c>
+      <c r="J691">
+        <v>1368265</v>
+      </c>
+      <c r="L691" t="s">
+        <v>19</v>
+      </c>
+      <c r="O691">
+        <v>146739</v>
+      </c>
+      <c r="Q691" s="2">
+        <v>45968</v>
+      </c>
+      <c r="U691" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W691" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC691" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK691" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="692" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M692" t="s">
+        <v>22</v>
+      </c>
+      <c r="X692">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="693" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B693" t="s">
+        <v>23</v>
+      </c>
+      <c r="N693" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="694" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D694" t="s">
+        <v>25</v>
+      </c>
+      <c r="H694" t="s">
+        <v>26</v>
+      </c>
+      <c r="P694" t="s">
+        <v>27</v>
+      </c>
+      <c r="X694" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="695" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD695" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="696" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E696" t="s">
+        <v>30</v>
+      </c>
+      <c r="I696" t="s">
+        <v>37</v>
+      </c>
+      <c r="S696">
+        <v>95</v>
+      </c>
+      <c r="Y696">
+        <v>543</v>
+      </c>
+      <c r="AE696" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="697" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E697" t="s">
+        <v>32</v>
+      </c>
+      <c r="I697" t="s">
         <v>33</v>
       </c>
-      <c r="I667" t="s">
-[...5 lines deleted...]
-      <c r="Y667">
+      <c r="S697">
+        <v>95</v>
+      </c>
+      <c r="Y697">
         <v>92</v>
       </c>
-      <c r="AE667" s="3">
-[...7 lines deleted...]
-      <c r="J668">
+      <c r="AE697" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="698" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T698">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="699" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J699" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="700" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A700" t="s">
+        <v>1</v>
+      </c>
+      <c r="G700" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="701" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A701" t="s">
+        <v>3</v>
+      </c>
+      <c r="G701">
+        <v>67977322</v>
+      </c>
+      <c r="AH701" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI701" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="702" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C702" t="s">
+        <v>5</v>
+      </c>
+      <c r="J702" t="s">
+        <v>6</v>
+      </c>
+      <c r="K702" t="s">
+        <v>7</v>
+      </c>
+      <c r="M702" t="s">
+        <v>8</v>
+      </c>
+      <c r="O702" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q702" t="s">
+        <v>10</v>
+      </c>
+      <c r="U702" t="s">
+        <v>11</v>
+      </c>
+      <c r="V702" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X702" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z702" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB702" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF702" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ702" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="703" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C703" t="s">
+        <v>206</v>
+      </c>
+      <c r="J703">
         <v>612755959</v>
       </c>
-      <c r="L668" t="s">
+      <c r="L703" t="s">
         <v>19</v>
       </c>
-      <c r="O668">
+      <c r="O703">
         <v>100067</v>
       </c>
-      <c r="Q668" s="2">
+      <c r="Q703" s="2">
         <v>34060</v>
       </c>
-      <c r="U668" s="2">
+      <c r="U703" s="2">
         <v>39538</v>
       </c>
-      <c r="W668" t="s">
+      <c r="W703" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC703" s="3">
+        <v>2000</v>
+      </c>
+      <c r="AK703" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="704" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M704" t="s">
+        <v>22</v>
+      </c>
+      <c r="X704">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="705" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B705" t="s">
+        <v>23</v>
+      </c>
+      <c r="N705" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="706" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F706" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="707" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R707" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="708" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D708" t="s">
         <v>25</v>
       </c>
-      <c r="AC668" s="3">
+      <c r="H708" t="s">
+        <v>26</v>
+      </c>
+      <c r="P708" t="s">
+        <v>27</v>
+      </c>
+      <c r="X708" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="709" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD709" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="710" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E710" t="s">
+        <v>30</v>
+      </c>
+      <c r="I710" t="s">
+        <v>48</v>
+      </c>
+      <c r="S710">
+        <v>95</v>
+      </c>
+      <c r="Y710">
+        <v>297</v>
+      </c>
+      <c r="AE710" s="3">
         <v>2000</v>
       </c>
-      <c r="AK668" t="s">
-[...12 lines deleted...]
-      <c r="B670" t="s">
+    </row>
+    <row r="711" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E711" t="s">
+        <v>32</v>
+      </c>
+      <c r="I711" t="s">
+        <v>112</v>
+      </c>
+      <c r="S711">
+        <v>95</v>
+      </c>
+      <c r="Y711">
+        <v>459</v>
+      </c>
+      <c r="AE711" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="712" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C712" t="s">
+        <v>207</v>
+      </c>
+      <c r="J712">
+        <v>20239588</v>
+      </c>
+      <c r="L712" t="s">
+        <v>19</v>
+      </c>
+      <c r="O712">
+        <v>145131</v>
+      </c>
+      <c r="Q712" s="2">
+        <v>45200</v>
+      </c>
+      <c r="U712" s="2">
+        <v>52504</v>
+      </c>
+      <c r="W712" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC712" s="3">
+        <v>5400</v>
+      </c>
+      <c r="AK712" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="713" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M713" t="s">
         <v>22</v>
       </c>
-      <c r="N670" t="s">
+      <c r="X713">
+        <v>6481</v>
+      </c>
+      <c r="AA713" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="714" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B714" t="s">
         <v>23</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="R672" t="s">
+      <c r="N714" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="715" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F715" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="716" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R716" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="673" spans="2:37" x14ac:dyDescent="0.25">
-[...585 lines deleted...]
-    <row r="717" spans="1:37" x14ac:dyDescent="0.25">
+    <row r="717" spans="2:37" x14ac:dyDescent="0.25">
       <c r="F717" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:37" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="718" spans="2:37" x14ac:dyDescent="0.25">
       <c r="R718" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="719" spans="1:37" x14ac:dyDescent="0.25">
+    <row r="719" spans="2:37" x14ac:dyDescent="0.25">
       <c r="D719" t="s">
+        <v>25</v>
+      </c>
+      <c r="H719" t="s">
         <v>26</v>
       </c>
-      <c r="H719" t="s">
+      <c r="P719" t="s">
         <v>27</v>
       </c>
-      <c r="P719" t="s">
+      <c r="X719" t="s">
         <v>28</v>
       </c>
-      <c r="X719" t="s">
+    </row>
+    <row r="720" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD720" t="s">
         <v>29</v>
-      </c>
-[...3 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="721" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E721" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I721" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="S721">
         <v>95</v>
       </c>
       <c r="Y721">
-        <v>543</v>
+        <v>415</v>
       </c>
       <c r="AE721" s="3">
-        <v>1000</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="722" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E722" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I722" t="s">
-        <v>108</v>
+        <v>208</v>
       </c>
       <c r="S722">
         <v>95</v>
       </c>
       <c r="Y722">
-        <v>459</v>
+        <v>950</v>
       </c>
       <c r="AE722" s="3">
-        <v>1000</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="723" spans="2:37" x14ac:dyDescent="0.25">
       <c r="C723" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="J723">
-        <v>9106055</v>
+        <v>80120548</v>
       </c>
       <c r="L723" t="s">
         <v>19</v>
       </c>
       <c r="O723">
-        <v>100139</v>
+        <v>146602</v>
       </c>
       <c r="Q723" s="2">
-        <v>35034</v>
+        <v>45962</v>
       </c>
       <c r="U723" s="2">
-        <v>40512</v>
+        <v>46325</v>
       </c>
       <c r="W723" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="AC723" s="3">
-        <v>3000</v>
+        <v>50500</v>
       </c>
       <c r="AK723" t="s">
-        <v>89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="724" spans="2:37" x14ac:dyDescent="0.25">
       <c r="M724" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X724">
-        <v>365</v>
+        <v>302</v>
       </c>
     </row>
     <row r="725" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B725" t="s">
+        <v>23</v>
+      </c>
+      <c r="N725" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="726" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D726" t="s">
+        <v>25</v>
+      </c>
+      <c r="H726" t="s">
+        <v>26</v>
+      </c>
+      <c r="P726" t="s">
+        <v>27</v>
+      </c>
+      <c r="X726" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="727" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD727" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="728" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E728" t="s">
+        <v>30</v>
+      </c>
+      <c r="I728" t="s">
+        <v>39</v>
+      </c>
+      <c r="S728">
+        <v>95</v>
+      </c>
+      <c r="Y728">
+        <v>187</v>
+      </c>
+      <c r="AE728" s="3">
+        <v>50500</v>
+      </c>
+    </row>
+    <row r="729" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E729" t="s">
+        <v>32</v>
+      </c>
+      <c r="I729" t="s">
+        <v>33</v>
+      </c>
+      <c r="S729">
+        <v>95</v>
+      </c>
+      <c r="Y729">
+        <v>92</v>
+      </c>
+      <c r="AE729" s="3">
+        <v>50500</v>
+      </c>
+    </row>
+    <row r="730" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C730" t="s">
+        <v>210</v>
+      </c>
+      <c r="J730">
+        <v>80876073</v>
+      </c>
+      <c r="L730" t="s">
+        <v>19</v>
+      </c>
+      <c r="O730">
+        <v>146817</v>
+      </c>
+      <c r="Q730" s="2">
+        <v>46001</v>
+      </c>
+      <c r="U730" s="2">
+        <v>46081</v>
+      </c>
+      <c r="W730" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC730" s="3">
+        <v>2453</v>
+      </c>
+      <c r="AK730" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="731" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M731" t="s">
         <v>22</v>
       </c>
-      <c r="N725" t="s">
+      <c r="X731">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="732" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B732" t="s">
         <v>23</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="R727" t="s">
+      <c r="N732" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="733" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D733" t="s">
+        <v>25</v>
+      </c>
+      <c r="H733" t="s">
+        <v>26</v>
+      </c>
+      <c r="P733" t="s">
+        <v>27</v>
+      </c>
+      <c r="X733" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="734" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD734" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="735" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E735" t="s">
+        <v>30</v>
+      </c>
+      <c r="I735" t="s">
+        <v>45</v>
+      </c>
+      <c r="S735">
+        <v>95</v>
+      </c>
+      <c r="Y735">
+        <v>75</v>
+      </c>
+      <c r="AE735" s="3">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="736" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E736" t="s">
+        <v>32</v>
+      </c>
+      <c r="I736" t="s">
+        <v>211</v>
+      </c>
+      <c r="S736">
+        <v>95</v>
+      </c>
+      <c r="Y736">
+        <v>539</v>
+      </c>
+      <c r="AE736" s="3">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="737" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C737" t="s">
+        <v>212</v>
+      </c>
+      <c r="J737">
+        <v>130385763</v>
+      </c>
+      <c r="L737" t="s">
         <v>19</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="R729" t="s">
+      <c r="O737">
+        <v>146807</v>
+      </c>
+      <c r="Q737" s="2">
+        <v>46023</v>
+      </c>
+      <c r="U737" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W737" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D730" t="s">
+      <c r="AC737" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK737" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="738" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M738" t="s">
+        <v>22</v>
+      </c>
+      <c r="X738">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="739" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B739" t="s">
+        <v>23</v>
+      </c>
+      <c r="N739" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="740" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D740" t="s">
+        <v>25</v>
+      </c>
+      <c r="H740" t="s">
         <v>26</v>
       </c>
-      <c r="H730" t="s">
+      <c r="P740" t="s">
         <v>27</v>
       </c>
-      <c r="P730" t="s">
+      <c r="X740" t="s">
         <v>28</v>
       </c>
-      <c r="X730" t="s">
+    </row>
+    <row r="741" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD741" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="731" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD731" t="s">
+    <row r="742" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T742">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="743" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J743" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="744" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A744" t="s">
+        <v>1</v>
+      </c>
+      <c r="G744" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="745" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A745" t="s">
+        <v>3</v>
+      </c>
+      <c r="G745">
+        <v>67977322</v>
+      </c>
+      <c r="AH745" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI745" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="746" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C746" t="s">
+        <v>5</v>
+      </c>
+      <c r="J746" t="s">
+        <v>6</v>
+      </c>
+      <c r="K746" t="s">
+        <v>7</v>
+      </c>
+      <c r="M746" t="s">
+        <v>8</v>
+      </c>
+      <c r="O746" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q746" t="s">
+        <v>10</v>
+      </c>
+      <c r="U746" t="s">
+        <v>11</v>
+      </c>
+      <c r="V746" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X746" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z746" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB746" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF746" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ746" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="747" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E747" t="s">
         <v>30</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="Y732">
+      <c r="I747" t="s">
+        <v>213</v>
+      </c>
+      <c r="S747">
+        <v>95</v>
+      </c>
+      <c r="Y747">
+        <v>760</v>
+      </c>
+      <c r="AE747" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="748" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E748" t="s">
+        <v>32</v>
+      </c>
+      <c r="I748" t="s">
+        <v>211</v>
+      </c>
+      <c r="S748">
+        <v>95</v>
+      </c>
+      <c r="Y748">
+        <v>539</v>
+      </c>
+      <c r="AE748" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="749" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C749" t="s">
+        <v>214</v>
+      </c>
+      <c r="J749">
+        <v>178808465</v>
+      </c>
+      <c r="L749" t="s">
+        <v>19</v>
+      </c>
+      <c r="O749">
+        <v>121638</v>
+      </c>
+      <c r="Q749" s="2">
+        <v>35886</v>
+      </c>
+      <c r="U749" s="2">
+        <v>39629</v>
+      </c>
+      <c r="W749" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC749" s="3">
+        <v>1000</v>
+      </c>
+      <c r="AK749" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="750" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M750" t="s">
+        <v>22</v>
+      </c>
+      <c r="X750">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="751" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B751" t="s">
+        <v>23</v>
+      </c>
+      <c r="N751" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="752" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F752" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="753" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R753" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="754" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D754" t="s">
+        <v>25</v>
+      </c>
+      <c r="H754" t="s">
+        <v>26</v>
+      </c>
+      <c r="P754" t="s">
+        <v>27</v>
+      </c>
+      <c r="X754" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="755" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD755" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="756" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E756" t="s">
+        <v>30</v>
+      </c>
+      <c r="I756" t="s">
+        <v>37</v>
+      </c>
+      <c r="S756">
+        <v>95</v>
+      </c>
+      <c r="Y756">
+        <v>543</v>
+      </c>
+      <c r="AE756" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="757" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E757" t="s">
+        <v>32</v>
+      </c>
+      <c r="I757" t="s">
+        <v>112</v>
+      </c>
+      <c r="S757">
+        <v>95</v>
+      </c>
+      <c r="Y757">
+        <v>459</v>
+      </c>
+      <c r="AE757" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="758" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C758" t="s">
+        <v>215</v>
+      </c>
+      <c r="J758">
+        <v>9106055</v>
+      </c>
+      <c r="L758" t="s">
+        <v>19</v>
+      </c>
+      <c r="O758">
+        <v>100139</v>
+      </c>
+      <c r="Q758" s="2">
+        <v>35034</v>
+      </c>
+      <c r="U758" s="2">
+        <v>40512</v>
+      </c>
+      <c r="W758" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC758" s="3">
+        <v>3000</v>
+      </c>
+      <c r="AK758" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="759" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M759" t="s">
+        <v>22</v>
+      </c>
+      <c r="X759">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="760" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B760" t="s">
+        <v>23</v>
+      </c>
+      <c r="N760" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="761" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F761" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="762" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R762" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="763" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F763" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="764" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R764" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="765" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D765" t="s">
+        <v>25</v>
+      </c>
+      <c r="H765" t="s">
+        <v>26</v>
+      </c>
+      <c r="P765" t="s">
+        <v>27</v>
+      </c>
+      <c r="X765" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="766" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD766" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="767" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E767" t="s">
+        <v>30</v>
+      </c>
+      <c r="I767" t="s">
+        <v>48</v>
+      </c>
+      <c r="S767">
+        <v>95</v>
+      </c>
+      <c r="Y767">
         <v>297</v>
       </c>
-      <c r="AE732" s="3">
+      <c r="AE767" s="3">
         <v>3000</v>
       </c>
     </row>
-    <row r="733" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y733">
+    <row r="768" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E768" t="s">
+        <v>32</v>
+      </c>
+      <c r="I768" t="s">
+        <v>216</v>
+      </c>
+      <c r="S768">
+        <v>95</v>
+      </c>
+      <c r="Y768">
         <v>468</v>
       </c>
-      <c r="AE733" s="3">
+      <c r="AE768" s="3">
         <v>3000</v>
       </c>
     </row>
-    <row r="734" spans="2:37" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="J734">
+    <row r="769" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C769" t="s">
+        <v>217</v>
+      </c>
+      <c r="J769">
         <v>1294834</v>
       </c>
-      <c r="L734" t="s">
+      <c r="L769" t="s">
         <v>19</v>
       </c>
-      <c r="O734">
-[...8 lines deleted...]
-      <c r="W734" t="s">
+      <c r="O769">
+        <v>146654</v>
+      </c>
+      <c r="Q769" s="2">
+        <v>45962</v>
+      </c>
+      <c r="U769" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W769" t="s">
         <v>19</v>
       </c>
-      <c r="AC734" s="3">
-[...10 lines deleted...]
-      <c r="X735">
+      <c r="AC769" s="3">
+        <v>40000</v>
+      </c>
+      <c r="AK769" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="770" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M770" t="s">
+        <v>22</v>
+      </c>
+      <c r="X770">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="771" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B771" t="s">
+        <v>23</v>
+      </c>
+      <c r="N771" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="772" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D772" t="s">
+        <v>25</v>
+      </c>
+      <c r="H772" t="s">
+        <v>26</v>
+      </c>
+      <c r="P772" t="s">
+        <v>27</v>
+      </c>
+      <c r="X772" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="773" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD773" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="774" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E774" t="s">
         <v>30</v>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="Y739">
+      <c r="I774" t="s">
+        <v>37</v>
+      </c>
+      <c r="S774">
+        <v>95</v>
+      </c>
+      <c r="Y774">
         <v>543</v>
       </c>
-      <c r="AE739" s="3">
-[...424 lines deleted...]
-        <v>30</v>
+      <c r="AE774" s="3">
+        <v>40000</v>
       </c>
     </row>
     <row r="775" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E775" t="s">
+        <v>32</v>
+      </c>
+      <c r="I775" t="s">
+        <v>33</v>
+      </c>
+      <c r="S775">
+        <v>95</v>
+      </c>
+      <c r="Y775">
+        <v>92</v>
+      </c>
+      <c r="AE775" s="3">
+        <v>40000</v>
+      </c>
+    </row>
+    <row r="776" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C776" t="s">
+        <v>218</v>
+      </c>
+      <c r="J776">
+        <v>249953860</v>
+      </c>
+      <c r="L776" t="s">
+        <v>19</v>
+      </c>
+      <c r="O776">
+        <v>135562</v>
+      </c>
+      <c r="Q776" s="2">
+        <v>39387</v>
+      </c>
+      <c r="U776" s="2">
+        <v>45016</v>
+      </c>
+      <c r="W776" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC776" s="3">
+        <v>9000</v>
+      </c>
+      <c r="AK776" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="777" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M777" t="s">
+        <v>22</v>
+      </c>
+      <c r="X777">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="778" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B778" t="s">
+        <v>23</v>
+      </c>
+      <c r="N778" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="779" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D779" t="s">
+        <v>25</v>
+      </c>
+      <c r="H779" t="s">
+        <v>26</v>
+      </c>
+      <c r="P779" t="s">
+        <v>27</v>
+      </c>
+      <c r="X779" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="780" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD780" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="781" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E781" t="s">
+        <v>30</v>
+      </c>
+      <c r="I781" t="s">
+        <v>219</v>
+      </c>
+      <c r="S781">
+        <v>95</v>
+      </c>
+      <c r="Y781">
+        <v>620</v>
+      </c>
+      <c r="AE781" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="782" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E782" t="s">
+        <v>32</v>
+      </c>
+      <c r="I782" t="s">
+        <v>220</v>
+      </c>
+      <c r="S782">
+        <v>95</v>
+      </c>
+      <c r="Y782">
+        <v>295</v>
+      </c>
+      <c r="AE782" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="783" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="T783">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="784" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="J784" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="785" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A785" t="s">
+        <v>1</v>
+      </c>
+      <c r="G785" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="786" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A786" t="s">
+        <v>3</v>
+      </c>
+      <c r="G786">
+        <v>67977322</v>
+      </c>
+      <c r="AH786" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI786" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="787" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C787" t="s">
+        <v>5</v>
+      </c>
+      <c r="J787" t="s">
+        <v>6</v>
+      </c>
+      <c r="K787" t="s">
+        <v>7</v>
+      </c>
+      <c r="M787" t="s">
+        <v>8</v>
+      </c>
+      <c r="O787" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q787" t="s">
+        <v>10</v>
+      </c>
+      <c r="U787" t="s">
+        <v>11</v>
+      </c>
+      <c r="V787" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X787" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z787" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB787" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF787" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ787" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="788" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C788" t="s">
+        <v>221</v>
+      </c>
+      <c r="J788">
+        <v>9252297</v>
+      </c>
+      <c r="L788" t="s">
+        <v>19</v>
+      </c>
+      <c r="O788">
+        <v>100034</v>
+      </c>
+      <c r="Q788" s="2">
+        <v>33117</v>
+      </c>
+      <c r="U788" s="2">
+        <v>46326</v>
+      </c>
+      <c r="W788" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC788" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK788" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="789" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M789" t="s">
+        <v>22</v>
+      </c>
+      <c r="X789">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="790" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B790" t="s">
+        <v>23</v>
+      </c>
+      <c r="N790" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="791" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F791" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="792" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R792" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="793" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F793" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="794" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R794" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="795" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D795" t="s">
+        <v>25</v>
+      </c>
+      <c r="H795" t="s">
+        <v>26</v>
+      </c>
+      <c r="P795" t="s">
+        <v>27</v>
+      </c>
+      <c r="X795" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="796" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD796" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="797" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E797" t="s">
+        <v>30</v>
+      </c>
+      <c r="I797" t="s">
+        <v>48</v>
+      </c>
+      <c r="S797">
+        <v>95</v>
+      </c>
+      <c r="Y797">
+        <v>297</v>
+      </c>
+      <c r="AE797" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="798" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E798" t="s">
+        <v>32</v>
+      </c>
+      <c r="I798" t="s">
+        <v>223</v>
+      </c>
+      <c r="S798">
+        <v>95</v>
+      </c>
+      <c r="Y798">
+        <v>300</v>
+      </c>
+      <c r="AE798" s="3">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="799" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E799" t="s">
+        <v>32</v>
+      </c>
+      <c r="I799" t="s">
+        <v>224</v>
+      </c>
+      <c r="S799">
+        <v>95</v>
+      </c>
+      <c r="Y799">
+        <v>470</v>
+      </c>
+      <c r="AE799" s="3">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="800" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E800" t="s">
+        <v>32</v>
+      </c>
+      <c r="I800" t="s">
+        <v>106</v>
+      </c>
+      <c r="S800">
+        <v>95</v>
+      </c>
+      <c r="Y800">
+        <v>482</v>
+      </c>
+      <c r="AE800" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="801" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C801" t="s">
+        <v>221</v>
+      </c>
+      <c r="J801">
+        <v>9252297</v>
+      </c>
+      <c r="L801" t="s">
+        <v>19</v>
+      </c>
+      <c r="O801">
+        <v>100082</v>
+      </c>
+      <c r="Q801" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U801" s="2">
+        <v>46326</v>
+      </c>
+      <c r="W801" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC801" s="3">
+        <v>2341</v>
+      </c>
+      <c r="AK801" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="802" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M802" t="s">
+        <v>22</v>
+      </c>
+      <c r="X802">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="803" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B803" t="s">
+        <v>23</v>
+      </c>
+      <c r="N803" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="804" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F804" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="805" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R805" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="806" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F806" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="807" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R807" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="808" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D808" t="s">
+        <v>25</v>
+      </c>
+      <c r="H808" t="s">
+        <v>26</v>
+      </c>
+      <c r="P808" t="s">
+        <v>27</v>
+      </c>
+      <c r="X808" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="809" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD809" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="810" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E810" t="s">
+        <v>30</v>
+      </c>
+      <c r="I810" t="s">
         <v>31</v>
       </c>
-      <c r="I775" t="s">
-[...5 lines deleted...]
-      <c r="Y775">
+      <c r="S810">
+        <v>95</v>
+      </c>
+      <c r="Y810">
         <v>4</v>
       </c>
-      <c r="AE775">
+      <c r="AE810">
         <v>616</v>
       </c>
     </row>
-    <row r="776" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="E776" t="s">
+    <row r="811" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E811" t="s">
+        <v>30</v>
+      </c>
+      <c r="I811" t="s">
+        <v>48</v>
+      </c>
+      <c r="S811">
+        <v>95</v>
+      </c>
+      <c r="Y811">
+        <v>297</v>
+      </c>
+      <c r="AE811" s="3">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="812" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E812" t="s">
+        <v>32</v>
+      </c>
+      <c r="I812" t="s">
+        <v>223</v>
+      </c>
+      <c r="S812">
+        <v>95</v>
+      </c>
+      <c r="Y812">
+        <v>300</v>
+      </c>
+      <c r="AE812" s="3">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="813" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C813" t="s">
+        <v>221</v>
+      </c>
+      <c r="J813">
+        <v>9252297</v>
+      </c>
+      <c r="L813" t="s">
+        <v>19</v>
+      </c>
+      <c r="O813">
+        <v>100136</v>
+      </c>
+      <c r="Q813" s="2">
+        <v>35034</v>
+      </c>
+      <c r="U813" s="2">
+        <v>46326</v>
+      </c>
+      <c r="W813" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC813" s="3">
+        <v>8750</v>
+      </c>
+      <c r="AK813" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="814" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M814" t="s">
+        <v>22</v>
+      </c>
+      <c r="X814">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="815" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B815" t="s">
+        <v>23</v>
+      </c>
+      <c r="N815" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="816" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F816" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="817" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R817" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="818" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F818" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="819" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R819" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="820" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D820" t="s">
+        <v>25</v>
+      </c>
+      <c r="H820" t="s">
+        <v>26</v>
+      </c>
+      <c r="P820" t="s">
+        <v>27</v>
+      </c>
+      <c r="X820" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="821" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD821" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="822" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E822" t="s">
+        <v>30</v>
+      </c>
+      <c r="I822" t="s">
         <v>31</v>
       </c>
-      <c r="I776" t="s">
-[...5 lines deleted...]
-      <c r="Y776">
+      <c r="S822">
+        <v>95</v>
+      </c>
+      <c r="Y822">
+        <v>4</v>
+      </c>
+      <c r="AE822" s="3">
+        <v>8750</v>
+      </c>
+    </row>
+    <row r="823" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E823" t="s">
+        <v>32</v>
+      </c>
+      <c r="I823" t="s">
+        <v>128</v>
+      </c>
+      <c r="S823">
+        <v>95</v>
+      </c>
+      <c r="Y823">
+        <v>472</v>
+      </c>
+      <c r="AE823">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="824" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E824" t="s">
+        <v>32</v>
+      </c>
+      <c r="I824" t="s">
+        <v>225</v>
+      </c>
+      <c r="S824">
+        <v>95</v>
+      </c>
+      <c r="Y824">
+        <v>330</v>
+      </c>
+      <c r="AE824" s="3">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="825" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E825" t="s">
+        <v>32</v>
+      </c>
+      <c r="I825" t="s">
+        <v>223</v>
+      </c>
+      <c r="S825">
+        <v>95</v>
+      </c>
+      <c r="Y825">
+        <v>300</v>
+      </c>
+      <c r="AE825" s="3">
+        <v>4750</v>
+      </c>
+    </row>
+    <row r="826" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E826" t="s">
+        <v>32</v>
+      </c>
+      <c r="I826" t="s">
+        <v>224</v>
+      </c>
+      <c r="S826">
+        <v>95</v>
+      </c>
+      <c r="Y826">
+        <v>470</v>
+      </c>
+      <c r="AE826" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="827" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C827" t="s">
+        <v>226</v>
+      </c>
+      <c r="J827">
+        <v>9238965</v>
+      </c>
+      <c r="L827" t="s">
+        <v>19</v>
+      </c>
+      <c r="O827">
+        <v>100072</v>
+      </c>
+      <c r="Q827" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U827" s="2">
+        <v>39538</v>
+      </c>
+      <c r="W827" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC827">
+        <v>500</v>
+      </c>
+      <c r="AK827" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="828" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M828" t="s">
+        <v>22</v>
+      </c>
+      <c r="X828">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="829" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B829" t="s">
+        <v>23</v>
+      </c>
+      <c r="N829" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="830" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F830" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="831" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R831" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="832" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="T832">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="833" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J833" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="834" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A834" t="s">
+        <v>1</v>
+      </c>
+      <c r="G834" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="835" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A835" t="s">
+        <v>3</v>
+      </c>
+      <c r="G835">
+        <v>67977322</v>
+      </c>
+      <c r="AH835" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI835" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="836" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C836" t="s">
+        <v>5</v>
+      </c>
+      <c r="J836" t="s">
+        <v>6</v>
+      </c>
+      <c r="K836" t="s">
+        <v>7</v>
+      </c>
+      <c r="M836" t="s">
+        <v>8</v>
+      </c>
+      <c r="O836" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q836" t="s">
+        <v>10</v>
+      </c>
+      <c r="U836" t="s">
+        <v>11</v>
+      </c>
+      <c r="V836" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X836" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z836" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB836" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF836" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ836" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="837" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D837" t="s">
+        <v>25</v>
+      </c>
+      <c r="H837" t="s">
+        <v>26</v>
+      </c>
+      <c r="P837" t="s">
+        <v>27</v>
+      </c>
+      <c r="X837" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="838" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD838" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="839" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E839" t="s">
+        <v>30</v>
+      </c>
+      <c r="I839" t="s">
+        <v>48</v>
+      </c>
+      <c r="S839">
+        <v>95</v>
+      </c>
+      <c r="Y839">
         <v>297</v>
       </c>
-      <c r="AE776" s="3">
-[...284 lines deleted...]
-      <c r="AC797">
+      <c r="AE839">
         <v>500</v>
       </c>
-      <c r="AK797" t="s">
-[...61 lines deleted...]
-      <c r="AE804">
+    </row>
+    <row r="840" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E840" t="s">
+        <v>32</v>
+      </c>
+      <c r="I840" t="s">
+        <v>112</v>
+      </c>
+      <c r="S840">
+        <v>95</v>
+      </c>
+      <c r="Y840">
+        <v>459</v>
+      </c>
+      <c r="AE840">
         <v>500</v>
-      </c>
-[...490 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="841" spans="1:37" x14ac:dyDescent="0.25">
       <c r="C841" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="J841">
-        <v>6927271</v>
+        <v>9238965</v>
       </c>
       <c r="L841" t="s">
         <v>19</v>
       </c>
       <c r="O841">
-        <v>138370</v>
+        <v>100073</v>
       </c>
       <c r="Q841" s="2">
-        <v>41579</v>
+        <v>34060</v>
       </c>
       <c r="U841" s="2">
-        <v>52017</v>
+        <v>52870</v>
       </c>
       <c r="W841" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AC841">
-        <v>250</v>
+        <v>165</v>
       </c>
       <c r="AK841" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="842" spans="1:37" x14ac:dyDescent="0.25">
       <c r="M842" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X842">
-        <v>6086</v>
+        <v>6847</v>
       </c>
     </row>
     <row r="843" spans="1:37" x14ac:dyDescent="0.25">
       <c r="B843" t="s">
+        <v>23</v>
+      </c>
+      <c r="N843" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="844" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F844" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="845" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R845" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="846" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D846" t="s">
+        <v>25</v>
+      </c>
+      <c r="H846" t="s">
+        <v>26</v>
+      </c>
+      <c r="P846" t="s">
+        <v>27</v>
+      </c>
+      <c r="X846" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="847" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD847" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="848" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E848" t="s">
+        <v>30</v>
+      </c>
+      <c r="I848" t="s">
+        <v>48</v>
+      </c>
+      <c r="S848">
+        <v>95</v>
+      </c>
+      <c r="Y848">
+        <v>297</v>
+      </c>
+      <c r="AE848">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="849" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E849" t="s">
+        <v>32</v>
+      </c>
+      <c r="I849" t="s">
+        <v>112</v>
+      </c>
+      <c r="S849">
+        <v>95</v>
+      </c>
+      <c r="Y849">
+        <v>459</v>
+      </c>
+      <c r="AE849">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="850" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C850" t="s">
+        <v>227</v>
+      </c>
+      <c r="J850">
+        <v>6927271</v>
+      </c>
+      <c r="L850" t="s">
+        <v>19</v>
+      </c>
+      <c r="O850">
+        <v>126442</v>
+      </c>
+      <c r="Q850" s="2">
+        <v>37561</v>
+      </c>
+      <c r="U850" s="2">
+        <v>49613</v>
+      </c>
+      <c r="W850" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC850" s="3">
+        <v>24523</v>
+      </c>
+      <c r="AK850" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="851" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M851" t="s">
         <v>22</v>
       </c>
-      <c r="N843" t="s">
+      <c r="X851">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="852" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B852" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D844" t="s">
+      <c r="N852" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="853" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D853" t="s">
+        <v>25</v>
+      </c>
+      <c r="H853" t="s">
         <v>26</v>
       </c>
-      <c r="H844" t="s">
+      <c r="P853" t="s">
         <v>27</v>
       </c>
-      <c r="P844" t="s">
+      <c r="X853" t="s">
         <v>28</v>
       </c>
-      <c r="X844" t="s">
+    </row>
+    <row r="854" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD854" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="845" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD845" t="s">
+    <row r="855" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E855" t="s">
         <v>30</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="Y846">
+      <c r="I855" t="s">
+        <v>48</v>
+      </c>
+      <c r="S855">
+        <v>95</v>
+      </c>
+      <c r="Y855">
+        <v>297</v>
+      </c>
+      <c r="AE855" s="3">
+        <v>24523</v>
+      </c>
+    </row>
+    <row r="856" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E856" t="s">
+        <v>32</v>
+      </c>
+      <c r="I856" t="s">
+        <v>228</v>
+      </c>
+      <c r="S856">
+        <v>95</v>
+      </c>
+      <c r="Y856">
+        <v>616</v>
+      </c>
+      <c r="AE856" s="3">
+        <v>24523</v>
+      </c>
+    </row>
+    <row r="857" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C857" t="s">
+        <v>227</v>
+      </c>
+      <c r="J857">
+        <v>6927271</v>
+      </c>
+      <c r="L857" t="s">
+        <v>19</v>
+      </c>
+      <c r="O857">
+        <v>126951</v>
+      </c>
+      <c r="Q857" s="2">
+        <v>37158</v>
+      </c>
+      <c r="U857" s="2">
+        <v>48114</v>
+      </c>
+      <c r="W857" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC857" s="3">
+        <v>36977</v>
+      </c>
+      <c r="AK857" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="858" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M858" t="s">
+        <v>22</v>
+      </c>
+      <c r="X858">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="859" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B859" t="s">
+        <v>23</v>
+      </c>
+      <c r="N859" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="860" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D860" t="s">
+        <v>25</v>
+      </c>
+      <c r="H860" t="s">
+        <v>26</v>
+      </c>
+      <c r="P860" t="s">
+        <v>27</v>
+      </c>
+      <c r="X860" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="861" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD861" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="862" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E862" t="s">
+        <v>30</v>
+      </c>
+      <c r="I862" t="s">
+        <v>230</v>
+      </c>
+      <c r="S862">
+        <v>95</v>
+      </c>
+      <c r="Y862">
+        <v>617</v>
+      </c>
+      <c r="AE862" s="3">
+        <v>36977</v>
+      </c>
+    </row>
+    <row r="863" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E863" t="s">
+        <v>32</v>
+      </c>
+      <c r="I863" t="s">
+        <v>228</v>
+      </c>
+      <c r="S863">
+        <v>95</v>
+      </c>
+      <c r="Y863">
+        <v>616</v>
+      </c>
+      <c r="AE863" s="3">
+        <v>36977</v>
+      </c>
+    </row>
+    <row r="864" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C864" t="s">
+        <v>227</v>
+      </c>
+      <c r="J864">
+        <v>6927271</v>
+      </c>
+      <c r="L864" t="s">
+        <v>19</v>
+      </c>
+      <c r="O864">
+        <v>138369</v>
+      </c>
+      <c r="Q864" s="2">
+        <v>40603</v>
+      </c>
+      <c r="U864" s="2">
+        <v>52017</v>
+      </c>
+      <c r="W864" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC864" s="3">
+        <v>4500</v>
+      </c>
+      <c r="AK864" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="865" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="M865" t="s">
+        <v>22</v>
+      </c>
+      <c r="X865">
+        <v>5994</v>
+      </c>
+    </row>
+    <row r="866" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B866" t="s">
+        <v>23</v>
+      </c>
+      <c r="N866" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="867" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D867" t="s">
+        <v>25</v>
+      </c>
+      <c r="H867" t="s">
+        <v>26</v>
+      </c>
+      <c r="P867" t="s">
+        <v>27</v>
+      </c>
+      <c r="X867" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="868" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AD868" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="869" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E869" t="s">
+        <v>30</v>
+      </c>
+      <c r="I869" t="s">
+        <v>48</v>
+      </c>
+      <c r="S869">
+        <v>95</v>
+      </c>
+      <c r="Y869">
+        <v>297</v>
+      </c>
+      <c r="AE869" s="3">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="870" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E870" t="s">
+        <v>32</v>
+      </c>
+      <c r="I870" t="s">
+        <v>231</v>
+      </c>
+      <c r="S870">
+        <v>95</v>
+      </c>
+      <c r="Y870">
+        <v>737</v>
+      </c>
+      <c r="AE870" s="3">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="871" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="T871">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="872" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I872" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="873" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A873" t="s">
+        <v>1</v>
+      </c>
+      <c r="F873" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="874" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A874" t="s">
+        <v>3</v>
+      </c>
+      <c r="F874">
+        <v>67977322</v>
+      </c>
+      <c r="AF874" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG874" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="875" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C875" t="s">
+        <v>5</v>
+      </c>
+      <c r="I875" t="s">
+        <v>6</v>
+      </c>
+      <c r="J875" t="s">
+        <v>7</v>
+      </c>
+      <c r="L875" t="s">
+        <v>8</v>
+      </c>
+      <c r="N875" t="s">
+        <v>9</v>
+      </c>
+      <c r="P875" t="s">
+        <v>10</v>
+      </c>
+      <c r="S875" t="s">
+        <v>11</v>
+      </c>
+      <c r="T875" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V875" t="s">
+        <v>13</v>
+      </c>
+      <c r="X875" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z875" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD875" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH875" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="876" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C876" t="s">
+        <v>227</v>
+      </c>
+      <c r="I876">
+        <v>6927271</v>
+      </c>
+      <c r="K876" t="s">
+        <v>19</v>
+      </c>
+      <c r="N876">
+        <v>138370</v>
+      </c>
+      <c r="P876" s="2">
+        <v>41579</v>
+      </c>
+      <c r="S876" s="2">
+        <v>52017</v>
+      </c>
+      <c r="U876" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA876">
+        <v>250</v>
+      </c>
+      <c r="AI876" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="877" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L877" t="s">
+        <v>22</v>
+      </c>
+      <c r="V877">
+        <v>5994</v>
+      </c>
+    </row>
+    <row r="878" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B878" t="s">
+        <v>23</v>
+      </c>
+      <c r="M878" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="879" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D879" t="s">
+        <v>25</v>
+      </c>
+      <c r="G879" t="s">
+        <v>26</v>
+      </c>
+      <c r="O879" t="s">
+        <v>27</v>
+      </c>
+      <c r="V879" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="880" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB880" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="881" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E881" t="s">
+        <v>30</v>
+      </c>
+      <c r="H881" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q881">
+        <v>95</v>
+      </c>
+      <c r="W881">
         <v>187</v>
       </c>
-      <c r="AE846">
+      <c r="AC881">
         <v>250</v>
       </c>
     </row>
-    <row r="847" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="E847" t="s">
+    <row r="882" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E882" t="s">
+        <v>32</v>
+      </c>
+      <c r="H882" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q882">
+        <v>95</v>
+      </c>
+      <c r="W882">
+        <v>737</v>
+      </c>
+      <c r="AC882">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="883" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C883" t="s">
+        <v>227</v>
+      </c>
+      <c r="I883">
+        <v>6927271</v>
+      </c>
+      <c r="K883" t="s">
+        <v>19</v>
+      </c>
+      <c r="N883">
+        <v>138390</v>
+      </c>
+      <c r="P883" s="2">
+        <v>40634</v>
+      </c>
+      <c r="S883" s="2">
+        <v>49979</v>
+      </c>
+      <c r="U883" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA883" s="3">
+        <v>4311</v>
+      </c>
+      <c r="AI883" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="884" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L884" t="s">
+        <v>22</v>
+      </c>
+      <c r="V884">
+        <v>3956</v>
+      </c>
+    </row>
+    <row r="885" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B885" t="s">
+        <v>23</v>
+      </c>
+      <c r="M885" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="886" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D886" t="s">
+        <v>25</v>
+      </c>
+      <c r="G886" t="s">
+        <v>26</v>
+      </c>
+      <c r="O886" t="s">
+        <v>27</v>
+      </c>
+      <c r="V886" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="887" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB887" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="888" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E888" t="s">
+        <v>30</v>
+      </c>
+      <c r="H888" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q888">
+        <v>95</v>
+      </c>
+      <c r="W888">
+        <v>297</v>
+      </c>
+      <c r="AC888" s="3">
+        <v>4311</v>
+      </c>
+    </row>
+    <row r="889" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E889" t="s">
+        <v>32</v>
+      </c>
+      <c r="H889" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q889">
+        <v>95</v>
+      </c>
+      <c r="W889">
+        <v>737</v>
+      </c>
+      <c r="AC889" s="3">
+        <v>4311</v>
+      </c>
+    </row>
+    <row r="890" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C890" t="s">
+        <v>227</v>
+      </c>
+      <c r="I890">
+        <v>6927271</v>
+      </c>
+      <c r="K890" t="s">
+        <v>19</v>
+      </c>
+      <c r="N890">
+        <v>139664</v>
+      </c>
+      <c r="P890" s="2">
+        <v>41214</v>
+      </c>
+      <c r="S890" s="2">
+        <v>50344</v>
+      </c>
+      <c r="U890" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA890" s="3">
+        <v>22000</v>
+      </c>
+      <c r="AI890" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="891" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L891" t="s">
+        <v>22</v>
+      </c>
+      <c r="V891">
+        <v>4321</v>
+      </c>
+    </row>
+    <row r="892" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B892" t="s">
+        <v>23</v>
+      </c>
+      <c r="M892" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="893" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D893" t="s">
+        <v>25</v>
+      </c>
+      <c r="G893" t="s">
+        <v>26</v>
+      </c>
+      <c r="O893" t="s">
+        <v>27</v>
+      </c>
+      <c r="V893" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="894" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB894" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="895" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E895" t="s">
+        <v>30</v>
+      </c>
+      <c r="H895" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q895">
+        <v>95</v>
+      </c>
+      <c r="W895">
+        <v>187</v>
+      </c>
+      <c r="AC895" s="3">
+        <v>22000</v>
+      </c>
+    </row>
+    <row r="896" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E896" t="s">
+        <v>32</v>
+      </c>
+      <c r="H896" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q896">
+        <v>95</v>
+      </c>
+      <c r="W896">
+        <v>737</v>
+      </c>
+      <c r="AC896" s="3">
+        <v>22000</v>
+      </c>
+    </row>
+    <row r="897" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C897" t="s">
+        <v>227</v>
+      </c>
+      <c r="I897">
+        <v>6927271</v>
+      </c>
+      <c r="K897" t="s">
+        <v>19</v>
+      </c>
+      <c r="N897">
+        <v>145985</v>
+      </c>
+      <c r="P897" s="2">
+        <v>45748</v>
+      </c>
+      <c r="S897" s="2">
+        <v>52170</v>
+      </c>
+      <c r="U897" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA897" s="3">
+        <v>48000</v>
+      </c>
+      <c r="AI897" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="898" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L898" t="s">
+        <v>22</v>
+      </c>
+      <c r="V898">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="899" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B899" t="s">
+        <v>23</v>
+      </c>
+      <c r="M899" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="900" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D900" t="s">
+        <v>25</v>
+      </c>
+      <c r="G900" t="s">
+        <v>26</v>
+      </c>
+      <c r="O900" t="s">
+        <v>27</v>
+      </c>
+      <c r="V900" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="901" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB901" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="902" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E902" t="s">
+        <v>30</v>
+      </c>
+      <c r="H902" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q902">
+        <v>95</v>
+      </c>
+      <c r="W902">
+        <v>187</v>
+      </c>
+      <c r="AC902" s="3">
+        <v>48000</v>
+      </c>
+    </row>
+    <row r="903" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E903" t="s">
+        <v>32</v>
+      </c>
+      <c r="H903" t="s">
         <v>33</v>
       </c>
-      <c r="I847" t="s">
+      <c r="Q903">
+        <v>95</v>
+      </c>
+      <c r="W903">
+        <v>92</v>
+      </c>
+      <c r="AC903" s="3">
+        <v>40000</v>
+      </c>
+    </row>
+    <row r="904" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E904" t="s">
+        <v>32</v>
+      </c>
+      <c r="H904" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q904">
+        <v>95</v>
+      </c>
+      <c r="W904">
+        <v>737</v>
+      </c>
+      <c r="AC904" s="3">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="905" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C905" t="s">
         <v>227</v>
       </c>
-      <c r="S847">
-[...13 lines deleted...]
-      <c r="J848">
+      <c r="I905">
         <v>6927271</v>
       </c>
-      <c r="L848" t="s">
+      <c r="K905" t="s">
         <v>19</v>
       </c>
-      <c r="O848">
-[...8 lines deleted...]
-      <c r="W848" t="s">
+      <c r="N905">
+        <v>145986</v>
+      </c>
+      <c r="P905" s="2">
+        <v>45962</v>
+      </c>
+      <c r="S905" s="2">
+        <v>52170</v>
+      </c>
+      <c r="U905" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA905" s="3">
+        <v>32179</v>
+      </c>
+      <c r="AI905" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="906" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L906" t="s">
+        <v>22</v>
+      </c>
+      <c r="V906">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="907" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B907" t="s">
+        <v>23</v>
+      </c>
+      <c r="M907" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="908" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D908" t="s">
         <v>25</v>
       </c>
-      <c r="AC848" s="3">
-[...7 lines deleted...]
-      <c r="M849" t="s">
+      <c r="G908" t="s">
+        <v>26</v>
+      </c>
+      <c r="O908" t="s">
+        <v>27</v>
+      </c>
+      <c r="V908" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="909" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB909" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="910" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E910" t="s">
+        <v>30</v>
+      </c>
+      <c r="H910" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q910">
+        <v>95</v>
+      </c>
+      <c r="W910">
+        <v>187</v>
+      </c>
+      <c r="AC910" s="3">
+        <v>32179</v>
+      </c>
+    </row>
+    <row r="911" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="R911">
         <v>21</v>
       </c>
-      <c r="X849">
-[...348 lines deleted...]
-      <c r="I878" s="1" t="s">
+    </row>
+    <row r="912" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="J912" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="879" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A879" t="s">
+    <row r="913" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A913" t="s">
         <v>1</v>
       </c>
-      <c r="F879" t="s">
+      <c r="G913" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="880" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A880" t="s">
+    <row r="914" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A914" t="s">
         <v>3</v>
       </c>
-      <c r="F880">
+      <c r="G914">
         <v>67977322</v>
       </c>
-      <c r="AF880" t="s">
+      <c r="AH914" t="s">
         <v>4</v>
       </c>
-      <c r="AG880" s="2">
-[...4 lines deleted...]
-      <c r="C881" t="s">
+      <c r="AI914" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="915" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C915" t="s">
         <v>5</v>
       </c>
-      <c r="I881" t="s">
+      <c r="J915" t="s">
         <v>6</v>
       </c>
-      <c r="J881" t="s">
+      <c r="K915" t="s">
         <v>7</v>
       </c>
-      <c r="L881" t="s">
+      <c r="M915" t="s">
         <v>8</v>
       </c>
-      <c r="N881" t="s">
+      <c r="O915" t="s">
         <v>9</v>
       </c>
-      <c r="P881" t="s">
+      <c r="Q915" t="s">
         <v>10</v>
       </c>
-      <c r="S881" t="s">
+      <c r="U915" t="s">
         <v>11</v>
       </c>
-      <c r="T881" s="1" t="s">
+      <c r="V915" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="V881" t="s">
+      <c r="X915" t="s">
         <v>13</v>
       </c>
-      <c r="X881" t="s">
+      <c r="Z915" t="s">
         <v>14</v>
       </c>
-      <c r="Z881" t="s">
+      <c r="AB915" t="s">
         <v>15</v>
       </c>
-      <c r="AD881" t="s">
+      <c r="AF915" t="s">
         <v>16</v>
       </c>
-      <c r="AH881" t="s">
+      <c r="AJ915" t="s">
         <v>17</v>
-      </c>
-[...477 lines deleted...]
-        <v>3671</v>
       </c>
     </row>
     <row r="916" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E916" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-        <v>2200</v>
+        <v>32</v>
+      </c>
+      <c r="I916" t="s">
+        <v>232</v>
+      </c>
+      <c r="S916">
+        <v>95</v>
+      </c>
+      <c r="Y916">
+        <v>679</v>
+      </c>
+      <c r="AE916" s="3">
+        <v>17179</v>
       </c>
     </row>
     <row r="917" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E917" t="s">
+        <v>32</v>
+      </c>
+      <c r="I917" t="s">
         <v>33</v>
       </c>
-      <c r="H917" t="s">
-[...9 lines deleted...]
-        <v>1471</v>
+      <c r="S917">
+        <v>95</v>
+      </c>
+      <c r="Y917">
+        <v>92</v>
+      </c>
+      <c r="AE917" s="3">
+        <v>15000</v>
       </c>
     </row>
     <row r="918" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="R918">
-        <v>21</v>
+      <c r="C918" t="s">
+        <v>233</v>
+      </c>
+      <c r="J918">
+        <v>65008559</v>
+      </c>
+      <c r="L918" t="s">
+        <v>19</v>
+      </c>
+      <c r="O918">
+        <v>121657</v>
+      </c>
+      <c r="Q918" s="2">
+        <v>35886</v>
+      </c>
+      <c r="U918" s="2">
+        <v>39629</v>
+      </c>
+      <c r="W918" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC918" s="3">
+        <v>1000</v>
+      </c>
+      <c r="AK918" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="919" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="J919" s="1" t="s">
-        <v>0</v>
+      <c r="M919" t="s">
+        <v>22</v>
+      </c>
+      <c r="X919">
+        <v>365</v>
       </c>
     </row>
     <row r="920" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A920" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="B920" t="s">
+        <v>23</v>
+      </c>
+      <c r="N920" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="921" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A921" t="s">
-[...9 lines deleted...]
-        <v>45931</v>
+      <c r="F921" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="922" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="C922" t="s">
-[...36 lines deleted...]
-        <v>17</v>
+      <c r="R922" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="923" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="C923" t="s">
-[...5 lines deleted...]
-      <c r="L923" t="s">
+      <c r="F923" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="924" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R924" t="s">
         <v>19</v>
       </c>
-      <c r="O923">
-[...8 lines deleted...]
-      <c r="W923" t="s">
+    </row>
+    <row r="925" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D925" t="s">
         <v>25</v>
       </c>
-      <c r="AC923" s="3">
-[...19 lines deleted...]
-        <v>23</v>
+      <c r="H925" t="s">
+        <v>26</v>
+      </c>
+      <c r="P925" t="s">
+        <v>27</v>
+      </c>
+      <c r="X925" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="926" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="D926" t="s">
-[...8 lines deleted...]
-      <c r="X926" t="s">
+      <c r="AD926" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="927" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD927" t="s">
+      <c r="E927" t="s">
         <v>30</v>
+      </c>
+      <c r="I927" t="s">
+        <v>37</v>
+      </c>
+      <c r="S927">
+        <v>95</v>
+      </c>
+      <c r="Y927">
+        <v>543</v>
+      </c>
+      <c r="AE927" s="3">
+        <v>1000</v>
       </c>
     </row>
     <row r="928" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E928" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I928" t="s">
-        <v>43</v>
+        <v>112</v>
       </c>
       <c r="S928">
         <v>95</v>
       </c>
       <c r="Y928">
+        <v>459</v>
+      </c>
+      <c r="AE928" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="929" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C929" t="s">
+        <v>200</v>
+      </c>
+      <c r="J929">
+        <v>194290953</v>
+      </c>
+      <c r="L929" t="s">
+        <v>19</v>
+      </c>
+      <c r="O929">
+        <v>123302</v>
+      </c>
+      <c r="Q929" s="2">
+        <v>36465</v>
+      </c>
+      <c r="U929" s="2">
+        <v>49399</v>
+      </c>
+      <c r="W929" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC929" s="3">
+        <v>21000</v>
+      </c>
+      <c r="AK929" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="930" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M930" t="s">
+        <v>22</v>
+      </c>
+      <c r="X930">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="931" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B931" t="s">
+        <v>23</v>
+      </c>
+      <c r="N931" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="932" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D932" t="s">
+        <v>25</v>
+      </c>
+      <c r="H932" t="s">
+        <v>26</v>
+      </c>
+      <c r="P932" t="s">
+        <v>27</v>
+      </c>
+      <c r="X932" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="933" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD933" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="934" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E934" t="s">
+        <v>30</v>
+      </c>
+      <c r="I934" t="s">
+        <v>48</v>
+      </c>
+      <c r="S934">
+        <v>95</v>
+      </c>
+      <c r="Y934">
         <v>297</v>
       </c>
-      <c r="AE928" s="3">
-[...4 lines deleted...]
-      <c r="E929" t="s">
+      <c r="AE934" s="3">
+        <v>21000</v>
+      </c>
+    </row>
+    <row r="935" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E935" t="s">
+        <v>32</v>
+      </c>
+      <c r="I935" t="s">
         <v>33</v>
       </c>
-      <c r="I929" t="s">
-[...5 lines deleted...]
-      <c r="Y929">
+      <c r="S935">
+        <v>95</v>
+      </c>
+      <c r="Y935">
+        <v>92</v>
+      </c>
+      <c r="AE935" s="3">
+        <v>21000</v>
+      </c>
+    </row>
+    <row r="936" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C936" t="s">
+        <v>200</v>
+      </c>
+      <c r="J936">
+        <v>194290953</v>
+      </c>
+      <c r="L936" t="s">
+        <v>19</v>
+      </c>
+      <c r="O936">
+        <v>124045</v>
+      </c>
+      <c r="Q936" s="2">
+        <v>36892</v>
+      </c>
+      <c r="U936" s="2">
+        <v>48152</v>
+      </c>
+      <c r="W936" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC936" s="3">
+        <v>5040</v>
+      </c>
+      <c r="AK936" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="937" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M937" t="s">
+        <v>22</v>
+      </c>
+      <c r="X937">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="938" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B938" t="s">
+        <v>23</v>
+      </c>
+      <c r="N938" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="939" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D939" t="s">
+        <v>25</v>
+      </c>
+      <c r="H939" t="s">
+        <v>26</v>
+      </c>
+      <c r="P939" t="s">
+        <v>27</v>
+      </c>
+      <c r="X939" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="940" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD940" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="941" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E941" t="s">
+        <v>30</v>
+      </c>
+      <c r="I941" t="s">
+        <v>39</v>
+      </c>
+      <c r="S941">
+        <v>95</v>
+      </c>
+      <c r="Y941">
+        <v>187</v>
+      </c>
+      <c r="AE941" s="3">
+        <v>5040</v>
+      </c>
+    </row>
+    <row r="942" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E942" t="s">
+        <v>32</v>
+      </c>
+      <c r="I942" t="s">
+        <v>234</v>
+      </c>
+      <c r="S942">
+        <v>95</v>
+      </c>
+      <c r="Y942">
         <v>327</v>
       </c>
-      <c r="AE929" s="3">
-[...179 lines deleted...]
-        <v>30</v>
+      <c r="AE942" s="3">
+        <v>3400</v>
       </c>
     </row>
     <row r="943" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E943" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I943" t="s">
-        <v>32</v>
+        <v>235</v>
       </c>
       <c r="S943">
         <v>95</v>
       </c>
       <c r="Y943">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>1802</v>
+        <v>334</v>
+      </c>
+      <c r="AE943">
+        <v>60</v>
       </c>
     </row>
     <row r="944" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E944" t="s">
+        <v>32</v>
+      </c>
+      <c r="I944" t="s">
+        <v>236</v>
+      </c>
+      <c r="S944">
+        <v>95</v>
+      </c>
+      <c r="Y944">
+        <v>336</v>
+      </c>
+      <c r="AE944" s="3">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="945" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C945" t="s">
+        <v>200</v>
+      </c>
+      <c r="J945">
+        <v>194290953</v>
+      </c>
+      <c r="L945" t="s">
+        <v>19</v>
+      </c>
+      <c r="O945">
+        <v>137605</v>
+      </c>
+      <c r="Q945" s="2">
+        <v>40118</v>
+      </c>
+      <c r="U945" s="2">
+        <v>47787</v>
+      </c>
+      <c r="W945" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC945" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK945" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="946" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M946" t="s">
+        <v>22</v>
+      </c>
+      <c r="X946">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="947" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B947" t="s">
+        <v>23</v>
+      </c>
+      <c r="N947" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="948" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D948" t="s">
+        <v>25</v>
+      </c>
+      <c r="H948" t="s">
+        <v>26</v>
+      </c>
+      <c r="P948" t="s">
+        <v>27</v>
+      </c>
+      <c r="X948" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="949" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD949" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="950" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E950" t="s">
+        <v>30</v>
+      </c>
+      <c r="I950" t="s">
+        <v>39</v>
+      </c>
+      <c r="S950">
+        <v>95</v>
+      </c>
+      <c r="Y950">
+        <v>187</v>
+      </c>
+      <c r="AE950" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="951" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E951" t="s">
+        <v>32</v>
+      </c>
+      <c r="I951" t="s">
+        <v>70</v>
+      </c>
+      <c r="S951">
+        <v>95</v>
+      </c>
+      <c r="Y951">
+        <v>718</v>
+      </c>
+      <c r="AE951" s="3">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="952" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E952" t="s">
+        <v>32</v>
+      </c>
+      <c r="I952" t="s">
+        <v>81</v>
+      </c>
+      <c r="S952">
+        <v>95</v>
+      </c>
+      <c r="Y952">
+        <v>385</v>
+      </c>
+      <c r="AE952" s="3">
+        <v>7159</v>
+      </c>
+    </row>
+    <row r="953" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T953">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="954" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="I954" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="955" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A955" t="s">
+        <v>1</v>
+      </c>
+      <c r="F955" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="956" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A956" t="s">
+        <v>3</v>
+      </c>
+      <c r="F956">
+        <v>67977322</v>
+      </c>
+      <c r="AF956" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG956" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="957" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C957" t="s">
+        <v>5</v>
+      </c>
+      <c r="I957" t="s">
+        <v>6</v>
+      </c>
+      <c r="J957" t="s">
+        <v>7</v>
+      </c>
+      <c r="L957" t="s">
+        <v>8</v>
+      </c>
+      <c r="N957" t="s">
+        <v>9</v>
+      </c>
+      <c r="P957" t="s">
+        <v>10</v>
+      </c>
+      <c r="S957" t="s">
+        <v>11</v>
+      </c>
+      <c r="T957" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V957" t="s">
+        <v>13</v>
+      </c>
+      <c r="X957" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z957" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD957" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH957" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="958" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C958" t="s">
+        <v>200</v>
+      </c>
+      <c r="I958">
+        <v>194290953</v>
+      </c>
+      <c r="K958" t="s">
+        <v>19</v>
+      </c>
+      <c r="N958">
+        <v>138238</v>
+      </c>
+      <c r="P958" s="2">
+        <v>40330</v>
+      </c>
+      <c r="S958" s="2">
+        <v>48152</v>
+      </c>
+      <c r="U958" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA958" s="3">
+        <v>3671</v>
+      </c>
+      <c r="AI958" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="959" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="L959" t="s">
+        <v>22</v>
+      </c>
+      <c r="V959">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="960" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B960" t="s">
+        <v>23</v>
+      </c>
+      <c r="M960" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="961" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D961" t="s">
+        <v>25</v>
+      </c>
+      <c r="G961" t="s">
+        <v>26</v>
+      </c>
+      <c r="O961" t="s">
+        <v>27</v>
+      </c>
+      <c r="V961" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="962" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB962" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="963" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E963" t="s">
+        <v>30</v>
+      </c>
+      <c r="H963" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q963">
+        <v>95</v>
+      </c>
+      <c r="W963">
+        <v>297</v>
+      </c>
+      <c r="AC963" s="3">
+        <v>3671</v>
+      </c>
+    </row>
+    <row r="964" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E964" t="s">
+        <v>32</v>
+      </c>
+      <c r="H964" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q964">
+        <v>95</v>
+      </c>
+      <c r="W964">
+        <v>467</v>
+      </c>
+      <c r="AC964" s="3">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="965" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E965" t="s">
+        <v>32</v>
+      </c>
+      <c r="H965" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q965">
+        <v>95</v>
+      </c>
+      <c r="W965">
+        <v>427</v>
+      </c>
+      <c r="AC965" s="3">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="966" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C966" t="s">
+        <v>200</v>
+      </c>
+      <c r="I966">
+        <v>194290953</v>
+      </c>
+      <c r="K966" t="s">
+        <v>19</v>
+      </c>
+      <c r="N966">
+        <v>138431</v>
+      </c>
+      <c r="P966" s="2">
+        <v>42064</v>
+      </c>
+      <c r="S966" s="2">
+        <v>48152</v>
+      </c>
+      <c r="U966" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA966" s="3">
+        <v>2800</v>
+      </c>
+      <c r="AI966" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="967" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L967" t="s">
+        <v>22</v>
+      </c>
+      <c r="V967">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="968" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B968" t="s">
+        <v>23</v>
+      </c>
+      <c r="M968" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="969" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D969" t="s">
+        <v>25</v>
+      </c>
+      <c r="G969" t="s">
+        <v>26</v>
+      </c>
+      <c r="O969" t="s">
+        <v>27</v>
+      </c>
+      <c r="V969" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="970" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB970" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="971" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E971" t="s">
+        <v>30</v>
+      </c>
+      <c r="H971" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q971">
+        <v>95</v>
+      </c>
+      <c r="W971">
+        <v>297</v>
+      </c>
+      <c r="AC971" s="3">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="972" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E972" t="s">
+        <v>32</v>
+      </c>
+      <c r="H972" t="s">
+        <v>234</v>
+      </c>
+      <c r="Q972">
+        <v>95</v>
+      </c>
+      <c r="W972">
+        <v>327</v>
+      </c>
+      <c r="AC972" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="973" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E973" t="s">
+        <v>32</v>
+      </c>
+      <c r="H973" t="s">
+        <v>236</v>
+      </c>
+      <c r="Q973">
+        <v>95</v>
+      </c>
+      <c r="W973">
+        <v>336</v>
+      </c>
+      <c r="AC973" s="3">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="974" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C974" t="s">
+        <v>200</v>
+      </c>
+      <c r="I974">
+        <v>194290953</v>
+      </c>
+      <c r="K974" t="s">
+        <v>19</v>
+      </c>
+      <c r="N974">
+        <v>139514</v>
+      </c>
+      <c r="P974" s="2">
+        <v>41030</v>
+      </c>
+      <c r="S974" s="2">
+        <v>49399</v>
+      </c>
+      <c r="U974" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA974" s="3">
+        <v>12700</v>
+      </c>
+      <c r="AI974" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="975" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L975" t="s">
+        <v>22</v>
+      </c>
+      <c r="V975">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="976" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B976" t="s">
+        <v>23</v>
+      </c>
+      <c r="M976" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="977" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D977" t="s">
+        <v>25</v>
+      </c>
+      <c r="G977" t="s">
+        <v>26</v>
+      </c>
+      <c r="O977" t="s">
+        <v>27</v>
+      </c>
+      <c r="V977" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="978" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB978" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="979" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E979" t="s">
+        <v>30</v>
+      </c>
+      <c r="H979" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q979">
+        <v>95</v>
+      </c>
+      <c r="W979">
+        <v>297</v>
+      </c>
+      <c r="AC979" s="3">
+        <v>12700</v>
+      </c>
+    </row>
+    <row r="980" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E980" t="s">
+        <v>32</v>
+      </c>
+      <c r="H980" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q980">
+        <v>95</v>
+      </c>
+      <c r="W980">
+        <v>92</v>
+      </c>
+      <c r="AC980" s="3">
+        <v>12700</v>
+      </c>
+    </row>
+    <row r="981" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C981" t="s">
+        <v>200</v>
+      </c>
+      <c r="I981">
+        <v>194290953</v>
+      </c>
+      <c r="K981" t="s">
+        <v>19</v>
+      </c>
+      <c r="N981">
+        <v>142840</v>
+      </c>
+      <c r="P981" s="2">
+        <v>44136</v>
+      </c>
+      <c r="S981" s="2">
+        <v>49613</v>
+      </c>
+      <c r="U981" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA981" s="3">
+        <v>4291</v>
+      </c>
+      <c r="AI981" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="982" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L982" t="s">
+        <v>22</v>
+      </c>
+      <c r="V982">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="983" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B983" t="s">
+        <v>23</v>
+      </c>
+      <c r="M983" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="984" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D984" t="s">
+        <v>25</v>
+      </c>
+      <c r="G984" t="s">
+        <v>26</v>
+      </c>
+      <c r="O984" t="s">
+        <v>27</v>
+      </c>
+      <c r="V984" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="985" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB985" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="986" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E986" t="s">
+        <v>30</v>
+      </c>
+      <c r="H986" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q986">
+        <v>95</v>
+      </c>
+      <c r="W986">
+        <v>543</v>
+      </c>
+      <c r="AC986" s="3">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="987" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E987" t="s">
+        <v>30</v>
+      </c>
+      <c r="H987" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q987">
+        <v>95</v>
+      </c>
+      <c r="W987">
+        <v>297</v>
+      </c>
+      <c r="AC987" s="3">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="988" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E988" t="s">
+        <v>32</v>
+      </c>
+      <c r="H988" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q988">
+        <v>95</v>
+      </c>
+      <c r="W988">
+        <v>459</v>
+      </c>
+      <c r="AC988" s="3">
+        <v>4291</v>
+      </c>
+    </row>
+    <row r="989" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C989" t="s">
+        <v>200</v>
+      </c>
+      <c r="I989">
+        <v>194290953</v>
+      </c>
+      <c r="K989" t="s">
+        <v>19</v>
+      </c>
+      <c r="N989">
+        <v>142961</v>
+      </c>
+      <c r="P989" s="2">
+        <v>43922</v>
+      </c>
+      <c r="S989" s="2">
+        <v>48152</v>
+      </c>
+      <c r="U989" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA989" s="3">
+        <v>1864</v>
+      </c>
+      <c r="AI989" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="990" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L990" t="s">
+        <v>22</v>
+      </c>
+      <c r="V990">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="991" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B991" t="s">
+        <v>23</v>
+      </c>
+      <c r="M991" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="992" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="R992">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="993" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J993" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="994" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A994" t="s">
+        <v>1</v>
+      </c>
+      <c r="G994" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="995" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A995" t="s">
+        <v>3</v>
+      </c>
+      <c r="G995">
+        <v>67977322</v>
+      </c>
+      <c r="AH995" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI995" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="996" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C996" t="s">
+        <v>5</v>
+      </c>
+      <c r="J996" t="s">
+        <v>6</v>
+      </c>
+      <c r="K996" t="s">
+        <v>7</v>
+      </c>
+      <c r="M996" t="s">
+        <v>8</v>
+      </c>
+      <c r="O996" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q996" t="s">
+        <v>10</v>
+      </c>
+      <c r="U996" t="s">
+        <v>11</v>
+      </c>
+      <c r="V996" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X996" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z996" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB996" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF996" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ996" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="997" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D997" t="s">
+        <v>25</v>
+      </c>
+      <c r="H997" t="s">
+        <v>26</v>
+      </c>
+      <c r="P997" t="s">
+        <v>27</v>
+      </c>
+      <c r="X997" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="998" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD998" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="999" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E999" t="s">
+        <v>30</v>
+      </c>
+      <c r="I999" t="s">
+        <v>48</v>
+      </c>
+      <c r="S999">
+        <v>95</v>
+      </c>
+      <c r="Y999">
+        <v>297</v>
+      </c>
+      <c r="AE999" s="3">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1000" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1000" t="s">
+        <v>33</v>
+      </c>
+      <c r="S1000">
+        <v>95</v>
+      </c>
+      <c r="Y1000">
+        <v>92</v>
+      </c>
+      <c r="AE1000" s="3">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1001" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1001">
+        <v>181912262</v>
+      </c>
+      <c r="L1001" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1001">
+        <v>100004</v>
+      </c>
+      <c r="Q1001" s="2">
+        <v>33909</v>
+      </c>
+      <c r="U1001" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1001" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1001" s="3">
+        <v>113024</v>
+      </c>
+      <c r="AK1001" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1002" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1002">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1003" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1003" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1004" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1005" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1006" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1007" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1008" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1008" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1008" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1008" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1009" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="AD1009" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1010" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1010" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1010" t="s">
+        <v>101</v>
+      </c>
+      <c r="S1010">
+        <v>95</v>
+      </c>
+      <c r="Y1010">
+        <v>564</v>
+      </c>
+      <c r="AE1010" s="3">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="1011" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1011" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1011" t="s">
+        <v>45</v>
+      </c>
+      <c r="S1011">
+        <v>95</v>
+      </c>
+      <c r="Y1011">
+        <v>75</v>
+      </c>
+      <c r="AE1011" s="3">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="1012" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1012" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1012" t="s">
+        <v>239</v>
+      </c>
+      <c r="S1012">
+        <v>95</v>
+      </c>
+      <c r="Y1012">
+        <v>516</v>
+      </c>
+      <c r="AE1012">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1013" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1013" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1013" t="s">
+        <v>240</v>
+      </c>
+      <c r="S1013">
+        <v>95</v>
+      </c>
+      <c r="Y1013">
+        <v>501</v>
+      </c>
+      <c r="AE1013" s="3">
+        <v>8063</v>
+      </c>
+    </row>
+    <row r="1014" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1014" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1014" t="s">
         <v>31</v>
       </c>
-      <c r="I944" t="s">
-[...5 lines deleted...]
-      <c r="Y944">
+      <c r="S1014">
+        <v>95</v>
+      </c>
+      <c r="Y1014">
+        <v>4</v>
+      </c>
+      <c r="AE1014" s="3">
+        <v>3876</v>
+      </c>
+    </row>
+    <row r="1015" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1015" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1015" t="s">
+        <v>241</v>
+      </c>
+      <c r="S1015">
+        <v>95</v>
+      </c>
+      <c r="Y1015">
+        <v>61</v>
+      </c>
+      <c r="AE1015" s="3">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="1016" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1016" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1016" t="s">
+        <v>37</v>
+      </c>
+      <c r="S1016">
+        <v>95</v>
+      </c>
+      <c r="Y1016">
+        <v>543</v>
+      </c>
+      <c r="AE1016" s="3">
+        <v>9255</v>
+      </c>
+    </row>
+    <row r="1017" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1017" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1017" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1017">
+        <v>95</v>
+      </c>
+      <c r="Y1017">
         <v>297</v>
       </c>
-      <c r="AE944" s="3">
-[...80 lines deleted...]
-      <c r="AD950" t="s">
+      <c r="AE1017" s="3">
+        <v>65496</v>
+      </c>
+    </row>
+    <row r="1018" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1018" t="s">
         <v>30</v>
       </c>
-    </row>
-[...228 lines deleted...]
-      <c r="S967">
+      <c r="I1018" t="s">
+        <v>242</v>
+      </c>
+      <c r="S1018">
+        <v>95</v>
+      </c>
+      <c r="Y1018">
+        <v>57</v>
+      </c>
+      <c r="AE1018">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1019" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1019" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1019" t="s">
+        <v>243</v>
+      </c>
+      <c r="S1019">
+        <v>95</v>
+      </c>
+      <c r="Y1019">
+        <v>134</v>
+      </c>
+      <c r="AE1019" s="3">
+        <v>3766</v>
+      </c>
+    </row>
+    <row r="1020" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1020" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1020" t="s">
+        <v>244</v>
+      </c>
+      <c r="S1020">
+        <v>95</v>
+      </c>
+      <c r="Y1020">
+        <v>158</v>
+      </c>
+      <c r="AE1020">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="1021" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1021" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1021" t="s">
+        <v>245</v>
+      </c>
+      <c r="S1021">
+        <v>95</v>
+      </c>
+      <c r="Y1021">
+        <v>133</v>
+      </c>
+      <c r="AE1021">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="1022" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1022" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1022" t="s">
+        <v>246</v>
+      </c>
+      <c r="S1022">
+        <v>95</v>
+      </c>
+      <c r="Y1022">
+        <v>119</v>
+      </c>
+      <c r="AE1022">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="1023" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1023" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1023" t="s">
+        <v>247</v>
+      </c>
+      <c r="S1023">
+        <v>95</v>
+      </c>
+      <c r="Y1023">
+        <v>455</v>
+      </c>
+      <c r="AE1023">
         <v>50</v>
       </c>
     </row>
-    <row r="968" spans="1:23" x14ac:dyDescent="0.25">
-[...196 lines deleted...]
-      <c r="P979">
+    <row r="1024" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1024" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1024" t="s">
+        <v>248</v>
+      </c>
+      <c r="S1024">
+        <v>95</v>
+      </c>
+      <c r="Y1024">
         <v>148</v>
       </c>
-      <c r="S979" s="3">
+      <c r="AE1024" s="3">
         <v>4267</v>
       </c>
     </row>
-    <row r="980" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P980">
+    <row r="1025" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1025" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1025" t="s">
+        <v>249</v>
+      </c>
+      <c r="S1025">
+        <v>95</v>
+      </c>
+      <c r="Y1025">
         <v>138</v>
       </c>
-      <c r="S980" s="3">
+      <c r="AE1025" s="3">
         <v>8550</v>
       </c>
     </row>
-    <row r="981" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P981">
+    <row r="1026" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1026" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1026" t="s">
+        <v>250</v>
+      </c>
+      <c r="S1026">
+        <v>95</v>
+      </c>
+      <c r="Y1026">
         <v>137</v>
       </c>
-      <c r="S981" s="3">
+      <c r="AE1026" s="3">
         <v>9000</v>
       </c>
     </row>
-    <row r="982" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P982">
+    <row r="1027" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1027" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1027" t="s">
+        <v>251</v>
+      </c>
+      <c r="S1027">
+        <v>95</v>
+      </c>
+      <c r="Y1027">
         <v>161</v>
       </c>
-      <c r="S982" s="3">
+      <c r="AE1027" s="3">
         <v>23054</v>
       </c>
     </row>
-    <row r="983" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P983">
+    <row r="1028" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1028" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1028" t="s">
+        <v>252</v>
+      </c>
+      <c r="S1028">
+        <v>95</v>
+      </c>
+      <c r="Y1028">
         <v>116</v>
       </c>
-      <c r="S983">
+      <c r="AE1028">
         <v>200</v>
       </c>
     </row>
-    <row r="984" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P984">
+    <row r="1029" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1029" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1029" t="s">
+        <v>253</v>
+      </c>
+      <c r="S1029">
+        <v>95</v>
+      </c>
+      <c r="Y1029">
         <v>136</v>
       </c>
-      <c r="S984">
+      <c r="AE1029">
         <v>110</v>
       </c>
     </row>
-    <row r="985" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P985">
+    <row r="1030" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1030" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1030" t="s">
+        <v>254</v>
+      </c>
+      <c r="S1030">
+        <v>95</v>
+      </c>
+      <c r="Y1030">
         <v>135</v>
       </c>
-      <c r="S985">
+      <c r="AE1030">
         <v>150</v>
       </c>
     </row>
-    <row r="986" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P986">
+    <row r="1031" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1031" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1031" t="s">
+        <v>255</v>
+      </c>
+      <c r="S1031">
+        <v>95</v>
+      </c>
+      <c r="Y1031">
         <v>163</v>
       </c>
-      <c r="S986" s="3">
+      <c r="AE1031" s="3">
         <v>2633</v>
       </c>
     </row>
-    <row r="987" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P987">
+    <row r="1032" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1032" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1032" t="s">
+        <v>256</v>
+      </c>
+      <c r="S1032">
+        <v>95</v>
+      </c>
+      <c r="Y1032">
         <v>147</v>
       </c>
-      <c r="S987">
+      <c r="AE1032">
         <v>600</v>
       </c>
     </row>
-    <row r="988" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P988">
+    <row r="1033" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1033" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1033" t="s">
+        <v>257</v>
+      </c>
+      <c r="S1033">
+        <v>95</v>
+      </c>
+      <c r="Y1033">
         <v>453</v>
       </c>
-      <c r="S988">
+      <c r="AE1033">
         <v>778</v>
       </c>
     </row>
-    <row r="989" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P989">
+    <row r="1034" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1034" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1034" t="s">
+        <v>258</v>
+      </c>
+      <c r="S1034">
+        <v>95</v>
+      </c>
+      <c r="Y1034">
         <v>168</v>
       </c>
-      <c r="S989">
+      <c r="AE1034">
         <v>470</v>
       </c>
     </row>
-    <row r="990" spans="3:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P990">
+    <row r="1035" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1035" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1035" t="s">
+        <v>259</v>
+      </c>
+      <c r="S1035">
+        <v>95</v>
+      </c>
+      <c r="Y1035">
         <v>109</v>
-      </c>
-[...706 lines deleted...]
-        <v>143</v>
       </c>
       <c r="AE1035">
         <v>100</v>
       </c>
     </row>
-    <row r="1036" spans="2:37" x14ac:dyDescent="0.25">
+    <row r="1036" spans="1:31" x14ac:dyDescent="0.25">
       <c r="E1036" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I1036" t="s">
+        <v>260</v>
+      </c>
+      <c r="S1036">
+        <v>95</v>
+      </c>
+      <c r="Y1036">
+        <v>151</v>
+      </c>
+      <c r="AE1036" s="3">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E1037" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1037" t="s">
+        <v>261</v>
+      </c>
+      <c r="S1037">
+        <v>95</v>
+      </c>
+      <c r="Y1037">
+        <v>113</v>
+      </c>
+      <c r="AE1037">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="T1038">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="J1039" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A1040" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1040" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A1041" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1041">
+        <v>67977322</v>
+      </c>
+      <c r="AH1041" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1041" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1042" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1042" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1042" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1042" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1042" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1042" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1042" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1042" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1042" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1042" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1042" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1042" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1042" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1043" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1043" t="s">
+        <v>262</v>
+      </c>
+      <c r="S1043">
+        <v>95</v>
+      </c>
+      <c r="Y1043">
+        <v>143</v>
+      </c>
+      <c r="AE1043">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1044" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1044" t="s">
+        <v>263</v>
+      </c>
+      <c r="S1044">
+        <v>95</v>
+      </c>
+      <c r="Y1044">
+        <v>166</v>
+      </c>
+      <c r="AE1044">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1045" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1045" t="s">
+        <v>264</v>
+      </c>
+      <c r="S1045">
+        <v>95</v>
+      </c>
+      <c r="Y1045">
+        <v>128</v>
+      </c>
+      <c r="AE1045" s="3">
+        <v>69400</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1046" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1046" t="s">
+        <v>265</v>
+      </c>
+      <c r="S1046">
+        <v>95</v>
+      </c>
+      <c r="Y1046">
+        <v>157</v>
+      </c>
+      <c r="AE1046" s="3">
+        <v>26250</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1047" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1047" t="s">
         <v>266</v>
       </c>
-      <c r="S1036">
-[...2 lines deleted...]
-      <c r="Y1036">
+      <c r="S1047">
+        <v>95</v>
+      </c>
+      <c r="Y1047">
+        <v>452</v>
+      </c>
+      <c r="AE1047">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1048" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1048" t="s">
+        <v>267</v>
+      </c>
+      <c r="S1048">
+        <v>95</v>
+      </c>
+      <c r="Y1048">
+        <v>491</v>
+      </c>
+      <c r="AE1048">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1049" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1049" t="s">
+        <v>268</v>
+      </c>
+      <c r="S1049">
+        <v>95</v>
+      </c>
+      <c r="Y1049">
+        <v>144</v>
+      </c>
+      <c r="AE1049">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1050" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1050" t="s">
+        <v>269</v>
+      </c>
+      <c r="S1050">
+        <v>95</v>
+      </c>
+      <c r="Y1050">
+        <v>121</v>
+      </c>
+      <c r="AE1050">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1051" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1051" t="s">
+        <v>270</v>
+      </c>
+      <c r="S1051">
+        <v>95</v>
+      </c>
+      <c r="Y1051">
+        <v>124</v>
+      </c>
+      <c r="AE1051">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1052" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1052" t="s">
+        <v>271</v>
+      </c>
+      <c r="S1052">
+        <v>95</v>
+      </c>
+      <c r="Y1052">
         <v>159</v>
       </c>
-      <c r="AE1036" s="3">
-[...7 lines deleted...]
-      <c r="I1037" t="s">
+      <c r="AE1052" s="3">
+        <v>22649</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1053" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1053" t="s">
+        <v>272</v>
+      </c>
+      <c r="S1053">
+        <v>95</v>
+      </c>
+      <c r="Y1053">
+        <v>106</v>
+      </c>
+      <c r="AE1053" s="3">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1054" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1054" t="s">
+        <v>273</v>
+      </c>
+      <c r="S1054">
+        <v>95</v>
+      </c>
+      <c r="Y1054">
+        <v>154</v>
+      </c>
+      <c r="AE1054" s="3">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1055" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1055" t="s">
+        <v>274</v>
+      </c>
+      <c r="S1055">
+        <v>95</v>
+      </c>
+      <c r="Y1055">
+        <v>142</v>
+      </c>
+      <c r="AE1055">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1056" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1056" t="s">
+        <v>275</v>
+      </c>
+      <c r="S1056">
+        <v>95</v>
+      </c>
+      <c r="Y1056">
+        <v>717</v>
+      </c>
+      <c r="AE1056" s="3">
+        <v>33644</v>
+      </c>
+    </row>
+    <row r="1057" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1057" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1057" t="s">
         <v>276</v>
       </c>
-      <c r="S1037">
-[...256 lines deleted...]
-        <v>29</v>
+      <c r="S1057">
+        <v>95</v>
+      </c>
+      <c r="Y1057">
+        <v>165</v>
+      </c>
+      <c r="AE1057">
+        <v>466</v>
       </c>
     </row>
     <row r="1058" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD1058" t="s">
-        <v>30</v>
+      <c r="E1058" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1058" t="s">
+        <v>277</v>
+      </c>
+      <c r="S1058">
+        <v>95</v>
+      </c>
+      <c r="Y1058">
+        <v>155</v>
+      </c>
+      <c r="AE1058">
+        <v>135</v>
       </c>
     </row>
     <row r="1059" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1059" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I1059" t="s">
-        <v>118</v>
+        <v>278</v>
       </c>
       <c r="S1059">
         <v>95</v>
       </c>
       <c r="Y1059">
-        <v>187</v>
+        <v>169</v>
       </c>
       <c r="AE1059" s="3">
-        <v>10000</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="1060" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1060" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1060" t="s">
+        <v>279</v>
+      </c>
+      <c r="S1060">
+        <v>95</v>
+      </c>
+      <c r="Y1060">
+        <v>129</v>
+      </c>
+      <c r="AE1060" s="3">
+        <v>15367</v>
+      </c>
+    </row>
+    <row r="1061" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1061" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1061" t="s">
+        <v>280</v>
+      </c>
+      <c r="S1061">
+        <v>95</v>
+      </c>
+      <c r="Y1061">
+        <v>130</v>
+      </c>
+      <c r="AE1061" s="3">
+        <v>5100</v>
+      </c>
+    </row>
+    <row r="1062" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1062" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1062" t="s">
+        <v>281</v>
+      </c>
+      <c r="S1062">
+        <v>95</v>
+      </c>
+      <c r="Y1062">
+        <v>537</v>
+      </c>
+      <c r="AE1062" s="3">
+        <v>9500</v>
+      </c>
+    </row>
+    <row r="1063" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1063" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1063" t="s">
+        <v>282</v>
+      </c>
+      <c r="S1063">
+        <v>95</v>
+      </c>
+      <c r="Y1063">
+        <v>112</v>
+      </c>
+      <c r="AE1063" s="3">
+        <v>10001</v>
+      </c>
+    </row>
+    <row r="1064" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1064" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1064" t="s">
+        <v>283</v>
+      </c>
+      <c r="S1064">
+        <v>95</v>
+      </c>
+      <c r="Y1064">
+        <v>114</v>
+      </c>
+      <c r="AE1064">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1065" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1065" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1065" t="s">
+        <v>284</v>
+      </c>
+      <c r="S1065">
+        <v>95</v>
+      </c>
+      <c r="Y1065">
+        <v>146</v>
+      </c>
+      <c r="AE1065" s="3">
+        <v>19283</v>
+      </c>
+    </row>
+    <row r="1066" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1066" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1066" t="s">
+        <v>285</v>
+      </c>
+      <c r="S1066">
+        <v>95</v>
+      </c>
+      <c r="Y1066">
+        <v>145</v>
+      </c>
+      <c r="AE1066">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="1067" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1067" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1067">
+        <v>181912262</v>
+      </c>
+      <c r="L1067" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1067">
+        <v>122470</v>
+      </c>
+      <c r="Q1067" s="2">
+        <v>36039</v>
+      </c>
+      <c r="U1067" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1067" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1067" s="3">
+        <v>7000</v>
+      </c>
+      <c r="AK1067" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1068" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1068" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1068">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1069" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1069" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1069" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1070" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1070" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1071" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1071" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1072" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1072" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="R1073" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="D1074" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1074" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1074" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1074" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="AD1075" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1076" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1076" t="s">
+        <v>241</v>
+      </c>
+      <c r="S1076">
+        <v>95</v>
+      </c>
+      <c r="Y1076">
+        <v>61</v>
+      </c>
+      <c r="AE1076" s="3">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1077" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1077" t="s">
+        <v>37</v>
+      </c>
+      <c r="S1077">
+        <v>95</v>
+      </c>
+      <c r="Y1077">
+        <v>543</v>
+      </c>
+      <c r="AE1077" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1078" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1078" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1078">
+        <v>95</v>
+      </c>
+      <c r="Y1078">
+        <v>297</v>
+      </c>
+      <c r="AE1078" s="3">
+        <v>4200</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1079" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1079" t="s">
+        <v>243</v>
+      </c>
+      <c r="S1079">
+        <v>95</v>
+      </c>
+      <c r="Y1079">
+        <v>134</v>
+      </c>
+      <c r="AE1079">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1080" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1080" t="s">
+        <v>251</v>
+      </c>
+      <c r="S1080">
+        <v>95</v>
+      </c>
+      <c r="Y1080">
+        <v>161</v>
+      </c>
+      <c r="AE1080" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1081" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1081" t="s">
+        <v>253</v>
+      </c>
+      <c r="S1081">
+        <v>95</v>
+      </c>
+      <c r="Y1081">
+        <v>136</v>
+      </c>
+      <c r="AE1081">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1082" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1082" t="s">
+        <v>262</v>
+      </c>
+      <c r="S1082">
+        <v>95</v>
+      </c>
+      <c r="Y1082">
+        <v>143</v>
+      </c>
+      <c r="AE1082">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="T1083">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="J1084" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A1085" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1085" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A1086" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1086">
+        <v>67977322</v>
+      </c>
+      <c r="AH1086" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1086" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1087" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1087" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1087" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1087" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1087" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1087" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1087" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1087" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1087" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1087" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1087" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1087" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1087" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E1088" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1088" t="s">
+        <v>271</v>
+      </c>
+      <c r="S1088">
+        <v>95</v>
+      </c>
+      <c r="Y1088">
+        <v>159</v>
+      </c>
+      <c r="AE1088" s="3">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="1089" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1089" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1089" t="s">
+        <v>281</v>
+      </c>
+      <c r="S1089">
+        <v>95</v>
+      </c>
+      <c r="Y1089">
+        <v>537</v>
+      </c>
+      <c r="AE1089" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1090" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1090" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1090">
+        <v>181912262</v>
+      </c>
+      <c r="L1090" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1090">
+        <v>136288</v>
+      </c>
+      <c r="Q1090" s="2">
+        <v>41122</v>
+      </c>
+      <c r="U1090" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1090" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1090" s="3">
+        <v>5000</v>
+      </c>
+      <c r="AK1090" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1091" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1091" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1091">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1092" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1092" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1092" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1093" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1093" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1094" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1094" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1095" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1095" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1095" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1095" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1095" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1096" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1096" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1097" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1097" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1097" t="s">
+        <v>39</v>
+      </c>
+      <c r="S1097">
+        <v>95</v>
+      </c>
+      <c r="Y1097">
+        <v>187</v>
+      </c>
+      <c r="AE1097" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1098" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1098" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1098" t="s">
+        <v>38</v>
+      </c>
+      <c r="S1098">
+        <v>95</v>
+      </c>
+      <c r="Y1098">
+        <v>3</v>
+      </c>
+      <c r="AE1098" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1099" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1099" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1099">
+        <v>181912262</v>
+      </c>
+      <c r="L1099" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1099">
+        <v>136289</v>
+      </c>
+      <c r="Q1099" s="2">
+        <v>41122</v>
+      </c>
+      <c r="U1099" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1099" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1099" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK1099" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1100" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1100" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1100">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1101" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1101" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1101" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1102" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1102" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1103" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1103" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1104" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1104" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1104" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1104" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1104" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1105" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1105" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1106" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1106" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1106" t="s">
+        <v>39</v>
+      </c>
+      <c r="S1106">
+        <v>95</v>
+      </c>
+      <c r="Y1106">
+        <v>187</v>
+      </c>
+      <c r="AE1106" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="1107" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1107" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1107" t="s">
+        <v>38</v>
+      </c>
+      <c r="S1107">
+        <v>95</v>
+      </c>
+      <c r="Y1107">
+        <v>3</v>
+      </c>
+      <c r="AE1107" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="1108" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1108" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1108">
+        <v>181912262</v>
+      </c>
+      <c r="L1108" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1108">
+        <v>136290</v>
+      </c>
+      <c r="Q1108" s="2">
+        <v>41122</v>
+      </c>
+      <c r="U1108" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1108" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1108" s="3">
+        <v>28629</v>
+      </c>
+      <c r="AK1108" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1109" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1109" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1109">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1110" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1110" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1110" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1111" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1111" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1112" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1112" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1113" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1113" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1113" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1113" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1113" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1114" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1114" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1115" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1115" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1115" t="s">
+        <v>39</v>
+      </c>
+      <c r="S1115">
+        <v>95</v>
+      </c>
+      <c r="Y1115">
+        <v>187</v>
+      </c>
+      <c r="AE1115" s="3">
+        <v>28629</v>
+      </c>
+    </row>
+    <row r="1116" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1116" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1116" t="s">
+        <v>38</v>
+      </c>
+      <c r="S1116">
+        <v>95</v>
+      </c>
+      <c r="Y1116">
+        <v>3</v>
+      </c>
+      <c r="AE1116" s="3">
+        <v>28629</v>
+      </c>
+    </row>
+    <row r="1117" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1117" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1117">
+        <v>181912262</v>
+      </c>
+      <c r="L1117" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1117">
+        <v>139176</v>
+      </c>
+      <c r="Q1117" s="2">
+        <v>40848</v>
+      </c>
+      <c r="U1117" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1117" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1117" s="3">
+        <v>13995</v>
+      </c>
+      <c r="AK1117" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1118" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1118" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1118">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1119" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1119" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1119" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1120" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1120" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1121" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1122" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1122" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1122" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1122" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD1123" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1124" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1124" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1124">
+        <v>95</v>
+      </c>
+      <c r="Y1124">
+        <v>297</v>
+      </c>
+      <c r="AE1124" s="3">
+        <v>13995</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1125" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1125" t="s">
         <v>33</v>
       </c>
-      <c r="I1060" t="s">
-[...5 lines deleted...]
-      <c r="Y1060">
+      <c r="S1125">
+        <v>95</v>
+      </c>
+      <c r="Y1125">
+        <v>92</v>
+      </c>
+      <c r="AE1125" s="3">
+        <v>13995</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1126" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1126">
+        <v>181912262</v>
+      </c>
+      <c r="L1126" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1126">
+        <v>139401</v>
+      </c>
+      <c r="Q1126" s="2">
+        <v>40969</v>
+      </c>
+      <c r="U1126" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1126" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1126" s="3">
+        <v>7241</v>
+      </c>
+      <c r="AK1126" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1127" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1127">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1128" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1128" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1129" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1130" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T1131">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J1132" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1133" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1133" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1134" t="s">
         <v>3</v>
       </c>
-      <c r="AE1060" s="3">
-[...7 lines deleted...]
-      <c r="J1061">
+      <c r="G1134">
+        <v>67977322</v>
+      </c>
+      <c r="AH1134" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1134" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1135" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1135" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1135" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1135" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1135" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1135" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1135" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1135" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1135" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1135" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1135" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1135" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1135" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1136" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1136" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1136" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1136" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1137" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1137" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1138" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1138" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1138" t="s">
+        <v>39</v>
+      </c>
+      <c r="S1138">
+        <v>95</v>
+      </c>
+      <c r="Y1138">
+        <v>187</v>
+      </c>
+      <c r="AE1138" s="3">
+        <v>7241</v>
+      </c>
+    </row>
+    <row r="1139" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1139" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1139" t="s">
+        <v>271</v>
+      </c>
+      <c r="S1139">
+        <v>95</v>
+      </c>
+      <c r="Y1139">
+        <v>159</v>
+      </c>
+      <c r="AE1139" s="3">
+        <v>3741</v>
+      </c>
+    </row>
+    <row r="1140" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1140" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1140" t="s">
+        <v>284</v>
+      </c>
+      <c r="S1140">
+        <v>95</v>
+      </c>
+      <c r="Y1140">
+        <v>146</v>
+      </c>
+      <c r="AE1140" s="3">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="1141" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1141" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1141">
         <v>181912262</v>
       </c>
-      <c r="L1061" t="s">
+      <c r="L1141" t="s">
         <v>19</v>
       </c>
-      <c r="O1061">
-[...5 lines deleted...]
-      <c r="U1061" s="2">
+      <c r="O1141">
+        <v>139404</v>
+      </c>
+      <c r="Q1141" s="2">
+        <v>40969</v>
+      </c>
+      <c r="U1141" s="2">
         <v>52170</v>
       </c>
-      <c r="W1061" t="s">
+      <c r="W1141" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1141" s="3">
+        <v>7250</v>
+      </c>
+      <c r="AK1141" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1142" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1142" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1142">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1143" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1143" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1143" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1144" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1144" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1145" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1145" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1146" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1146" t="s">
         <v>25</v>
       </c>
-      <c r="AC1061" s="3">
-[...15 lines deleted...]
-      <c r="B1063" t="s">
+      <c r="H1146" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1146" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1146" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1147" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1147" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1148" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1148" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1148" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1148">
+        <v>95</v>
+      </c>
+      <c r="Y1148">
+        <v>297</v>
+      </c>
+      <c r="AE1148" s="3">
+        <v>7250</v>
+      </c>
+    </row>
+    <row r="1149" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1149" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1149" t="s">
+        <v>191</v>
+      </c>
+      <c r="S1149">
+        <v>95</v>
+      </c>
+      <c r="Y1149">
+        <v>77</v>
+      </c>
+      <c r="AE1149" s="3">
+        <v>7250</v>
+      </c>
+    </row>
+    <row r="1150" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1150" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1150">
+        <v>181912262</v>
+      </c>
+      <c r="L1150" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1150">
+        <v>142982</v>
+      </c>
+      <c r="Q1150" s="2">
+        <v>43647</v>
+      </c>
+      <c r="U1150" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1150" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1150" s="3">
+        <v>16305</v>
+      </c>
+      <c r="AK1150" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1151" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1151" t="s">
         <v>22</v>
       </c>
-      <c r="N1063" t="s">
+      <c r="X1151">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1152" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1152" t="s">
         <v>23</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="R1065" t="s">
+      <c r="N1152" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1153" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1153" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1154" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1154" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="1066" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="D1066" t="s">
+    <row r="1155" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1155" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1155" t="s">
         <v>26</v>
       </c>
-      <c r="H1066" t="s">
+      <c r="P1155" t="s">
         <v>27</v>
       </c>
-      <c r="P1066" t="s">
+      <c r="X1155" t="s">
         <v>28</v>
       </c>
-      <c r="X1066" t="s">
+    </row>
+    <row r="1156" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1156" t="s">
         <v>29</v>
-      </c>
-[...1108 lines deleted...]
-        <v>9708</v>
       </c>
     </row>
     <row r="1157" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1157" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I1157" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="S1157">
         <v>95</v>
       </c>
       <c r="Y1157">
+        <v>187</v>
+      </c>
+      <c r="AE1157" s="3">
+        <v>16305</v>
+      </c>
+    </row>
+    <row r="1158" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1158" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1158" t="s">
+        <v>38</v>
+      </c>
+      <c r="S1158">
+        <v>95</v>
+      </c>
+      <c r="Y1158">
         <v>3</v>
       </c>
-      <c r="AE1157" s="3">
-[...10 lines deleted...]
-      <c r="L1158" t="s">
+      <c r="AE1158" s="3">
+        <v>16305</v>
+      </c>
+    </row>
+    <row r="1159" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1159" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1159">
+        <v>181912262</v>
+      </c>
+      <c r="L1159" t="s">
         <v>19</v>
       </c>
-      <c r="O1158">
-[...8 lines deleted...]
-      <c r="W1158" t="s">
+      <c r="O1159">
+        <v>143037</v>
+      </c>
+      <c r="Q1159" s="2">
+        <v>43831</v>
+      </c>
+      <c r="U1159" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1159" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1159" s="3">
+        <v>17449</v>
+      </c>
+      <c r="AK1159" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1160" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1160" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1160">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1161" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1161" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1161" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1162" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1162" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1163" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1163" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1164" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1164" t="s">
         <v>25</v>
       </c>
-      <c r="AC1158" s="3">
-[...15 lines deleted...]
-      <c r="B1160" t="s">
+      <c r="H1164" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1164" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1164" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1165" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1165" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1166" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1166" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1166" t="s">
+        <v>39</v>
+      </c>
+      <c r="S1166">
+        <v>95</v>
+      </c>
+      <c r="Y1166">
+        <v>187</v>
+      </c>
+      <c r="AE1166" s="3">
+        <v>17449</v>
+      </c>
+    </row>
+    <row r="1167" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1167" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1167" t="s">
+        <v>41</v>
+      </c>
+      <c r="S1167">
+        <v>95</v>
+      </c>
+      <c r="Y1167">
+        <v>550</v>
+      </c>
+      <c r="AE1167" s="3">
+        <v>17449</v>
+      </c>
+    </row>
+    <row r="1168" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1168" t="s">
+        <v>238</v>
+      </c>
+      <c r="J1168">
+        <v>181912262</v>
+      </c>
+      <c r="L1168" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1168">
+        <v>143072</v>
+      </c>
+      <c r="Q1168" s="2">
+        <v>44136</v>
+      </c>
+      <c r="U1168" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W1168" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1168" s="3">
+        <v>25000</v>
+      </c>
+      <c r="AK1168" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1169" t="s">
         <v>22</v>
       </c>
-      <c r="N1160" t="s">
+      <c r="X1169">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1170" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D1161" t="s">
+      <c r="N1170" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1171" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1172" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1173" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1173" t="s">
         <v>26</v>
       </c>
-      <c r="H1161" t="s">
+      <c r="P1173" t="s">
         <v>27</v>
       </c>
-      <c r="P1161" t="s">
+      <c r="X1173" t="s">
         <v>28</v>
       </c>
-      <c r="X1161" t="s">
+    </row>
+    <row r="1174" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD1174" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1162" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD1162" t="s">
+    <row r="1175" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1175" t="s">
         <v>30</v>
       </c>
-    </row>
-[...83 lines deleted...]
-      <c r="H1168" t="s">
+      <c r="I1175" t="s">
+        <v>39</v>
+      </c>
+      <c r="S1175">
+        <v>95</v>
+      </c>
+      <c r="Y1175">
+        <v>187</v>
+      </c>
+      <c r="AE1175" s="3">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1176" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1176" t="s">
+        <v>38</v>
+      </c>
+      <c r="S1176">
+        <v>95</v>
+      </c>
+      <c r="Y1176">
+        <v>3</v>
+      </c>
+      <c r="AE1176" s="3">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1177" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1177" t="s">
+        <v>41</v>
+      </c>
+      <c r="S1177">
+        <v>95</v>
+      </c>
+      <c r="Y1177">
+        <v>550</v>
+      </c>
+      <c r="AE1177" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T1178">
         <v>27</v>
       </c>
-      <c r="P1168" t="s">
-[...139 lines deleted...]
-      <c r="Y1181">
+    </row>
+    <row r="1179" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J1179" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1180" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1180" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1181" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1181">
+        <v>67977322</v>
+      </c>
+      <c r="AH1181" t="s">
         <v>4</v>
       </c>
-      <c r="AE1181" s="3">
-[...20 lines deleted...]
-    <row r="1183" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AI1181" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1182" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1182" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1182" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1182" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1182" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1182" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1182" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1182" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1182" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1182" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1182" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1182" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1182" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:37" x14ac:dyDescent="0.25">
       <c r="C1183" t="s">
         <v>286</v>
       </c>
       <c r="J1183">
-        <v>202789301</v>
+        <v>1316561</v>
       </c>
       <c r="L1183" t="s">
         <v>19</v>
       </c>
       <c r="O1183">
+        <v>136994</v>
+      </c>
+      <c r="Q1183" s="2">
+        <v>39666</v>
+      </c>
+      <c r="U1183" s="2">
+        <v>47452</v>
+      </c>
+      <c r="W1183" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1183" s="3">
+        <v>11720</v>
+      </c>
+      <c r="AK1183" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1184" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1184">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="1185" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1185" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1185" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1186" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1186" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="1187" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1187" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1188" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1188" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1189" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1189" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1190" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1190" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1191" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1191" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1192" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1192" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1192" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1192" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1192" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1193" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1193" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1194" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1194" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1194" t="s">
+        <v>31</v>
+      </c>
+      <c r="S1194">
+        <v>95</v>
+      </c>
+      <c r="Y1194">
+        <v>4</v>
+      </c>
+      <c r="AE1194" s="3">
+        <v>5300</v>
+      </c>
+    </row>
+    <row r="1195" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1195" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1195" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1195">
+        <v>95</v>
+      </c>
+      <c r="Y1195">
+        <v>297</v>
+      </c>
+      <c r="AE1195" s="3">
+        <v>6420</v>
+      </c>
+    </row>
+    <row r="1196" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1196" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1196" t="s">
+        <v>236</v>
+      </c>
+      <c r="S1196">
+        <v>95</v>
+      </c>
+      <c r="Y1196">
+        <v>336</v>
+      </c>
+      <c r="AE1196" s="3">
+        <v>11400</v>
+      </c>
+    </row>
+    <row r="1197" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1197" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1197" t="s">
+        <v>171</v>
+      </c>
+      <c r="S1197">
+        <v>95</v>
+      </c>
+      <c r="Y1197">
+        <v>439</v>
+      </c>
+      <c r="AE1197">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1198" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1198" t="s">
+        <v>222</v>
+      </c>
+      <c r="J1198">
+        <v>832703297</v>
+      </c>
+      <c r="L1198" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1198">
+        <v>146122</v>
+      </c>
+      <c r="Q1198" s="2">
+        <v>45597</v>
+      </c>
+      <c r="U1198" s="2">
+        <v>53266</v>
+      </c>
+      <c r="W1198" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1198" s="3">
+        <v>4842</v>
+      </c>
+      <c r="AK1198" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1199" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1199" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1199">
+        <v>7243</v>
+      </c>
+    </row>
+    <row r="1200" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1200" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1200" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1201" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1201" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1201" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1201" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1201" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1202" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1202" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1203" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1203" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1203" t="s">
+        <v>189</v>
+      </c>
+      <c r="S1203">
+        <v>95</v>
+      </c>
+      <c r="Y1203">
+        <v>727</v>
+      </c>
+      <c r="AE1203" s="3">
+        <v>4842</v>
+      </c>
+    </row>
+    <row r="1204" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1204" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1204" t="s">
+        <v>33</v>
+      </c>
+      <c r="S1204">
+        <v>95</v>
+      </c>
+      <c r="Y1204">
+        <v>92</v>
+      </c>
+      <c r="AE1204" s="3">
+        <v>4842</v>
+      </c>
+    </row>
+    <row r="1205" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1205" t="s">
+        <v>222</v>
+      </c>
+      <c r="J1205">
+        <v>832703297</v>
+      </c>
+      <c r="L1205" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1205">
+        <v>146498</v>
+      </c>
+      <c r="Q1205" s="2">
+        <v>45870</v>
+      </c>
+      <c r="U1205" s="2">
+        <v>45900</v>
+      </c>
+      <c r="W1205" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1205" s="3">
+        <v>6053</v>
+      </c>
+      <c r="AK1205" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1206" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1206" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1206">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1207" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1207" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1207" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1208" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1208" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1208" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1208" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1208" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1209" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1209" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1210" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1210" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1210" t="s">
+        <v>189</v>
+      </c>
+      <c r="S1210">
+        <v>95</v>
+      </c>
+      <c r="Y1210">
+        <v>727</v>
+      </c>
+      <c r="AE1210" s="3">
+        <v>6053</v>
+      </c>
+    </row>
+    <row r="1211" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1211" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1211" t="s">
+        <v>41</v>
+      </c>
+      <c r="S1211">
+        <v>95</v>
+      </c>
+      <c r="Y1211">
+        <v>550</v>
+      </c>
+      <c r="AE1211" s="3">
+        <v>6053</v>
+      </c>
+    </row>
+    <row r="1212" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1212" t="s">
+        <v>222</v>
+      </c>
+      <c r="J1212">
+        <v>832703297</v>
+      </c>
+      <c r="L1212" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1212">
+        <v>146642</v>
+      </c>
+      <c r="Q1212" s="2">
+        <v>45992</v>
+      </c>
+      <c r="U1212" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W1212" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1212" s="3">
+        <v>8074</v>
+      </c>
+      <c r="AK1212" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1213" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1213" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1213">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="1214" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1214" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1214" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1215" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1215" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1215" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1215" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1215" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1216" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1216" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1217" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1217" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1217">
+        <v>95</v>
+      </c>
+      <c r="Y1217">
+        <v>297</v>
+      </c>
+      <c r="AE1217" s="3">
+        <v>8074</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1218" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1218" t="s">
+        <v>220</v>
+      </c>
+      <c r="S1218">
+        <v>95</v>
+      </c>
+      <c r="Y1218">
+        <v>295</v>
+      </c>
+      <c r="AE1218" s="3">
+        <v>8074</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T1219">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J1220" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1221" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1221" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1222" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1222">
+        <v>67977322</v>
+      </c>
+      <c r="AH1222" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1222" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1223" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1223" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1223" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1223" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1223" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1223" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1223" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1223" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1223" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1223" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1223" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1223" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1223" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1224" t="s">
+        <v>289</v>
+      </c>
+      <c r="J1224">
+        <v>9041443</v>
+      </c>
+      <c r="L1224" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1224">
+        <v>100168</v>
+      </c>
+      <c r="Q1224" s="2">
+        <v>35521</v>
+      </c>
+      <c r="U1224" s="2">
+        <v>44985</v>
+      </c>
+      <c r="W1224" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1224" s="3">
+        <v>9000</v>
+      </c>
+      <c r="AK1224" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1225" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1225">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1226" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1226" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1227" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1228" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1229" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1230" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1231" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1232" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1233" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1233" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1233" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1233" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1233" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1234" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1234" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1235" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1235" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1235" t="s">
+        <v>31</v>
+      </c>
+      <c r="S1235">
+        <v>95</v>
+      </c>
+      <c r="Y1235">
+        <v>4</v>
+      </c>
+      <c r="AE1235" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="1236" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1236" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1236" t="s">
+        <v>291</v>
+      </c>
+      <c r="S1236">
+        <v>95</v>
+      </c>
+      <c r="Y1236">
+        <v>226</v>
+      </c>
+      <c r="AE1236" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="1237" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1237" t="s">
+        <v>292</v>
+      </c>
+      <c r="J1237">
+        <v>202789301</v>
+      </c>
+      <c r="L1237" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1237">
         <v>146094</v>
       </c>
-      <c r="Q1183" s="2">
+      <c r="Q1237" s="2">
         <v>45597</v>
       </c>
-      <c r="U1183" s="2">
+      <c r="U1237" s="2">
         <v>45930</v>
       </c>
-      <c r="W1183" t="s">
+      <c r="W1237" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1237" s="3">
+        <v>5000</v>
+      </c>
+      <c r="AK1237" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1238" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1238" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1238">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1239" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1239" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1239" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1240" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1240" t="s">
         <v>25</v>
       </c>
-      <c r="AC1183" s="3">
+      <c r="H1240" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1240" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1240" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1241" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1241" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1242" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1242" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1242" t="s">
+        <v>31</v>
+      </c>
+      <c r="S1242">
+        <v>95</v>
+      </c>
+      <c r="Y1242">
+        <v>4</v>
+      </c>
+      <c r="AE1242" s="3">
         <v>5000</v>
       </c>
-      <c r="AK1183" t="s">
-[...4 lines deleted...]
-      <c r="M1184" t="s">
+    </row>
+    <row r="1243" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1243" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1243" t="s">
+        <v>38</v>
+      </c>
+      <c r="S1243">
+        <v>95</v>
+      </c>
+      <c r="Y1243">
+        <v>3</v>
+      </c>
+      <c r="AE1243" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1244" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1244" t="s">
+        <v>293</v>
+      </c>
+      <c r="J1244">
+        <v>130198013</v>
+      </c>
+      <c r="L1244" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1244">
+        <v>146711</v>
+      </c>
+      <c r="Q1244" s="2">
+        <v>45962</v>
+      </c>
+      <c r="U1244" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W1244" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1244" s="3">
+        <v>9000</v>
+      </c>
+      <c r="AK1244" t="s">
         <v>21</v>
       </c>
-      <c r="X1184">
-[...4 lines deleted...]
-      <c r="B1185" t="s">
+    </row>
+    <row r="1245" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1245" t="s">
         <v>22</v>
       </c>
-      <c r="N1185" t="s">
+      <c r="X1245">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="1246" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1246" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="T1186">
+      <c r="N1246" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1247" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1247" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1247" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1247" t="s">
         <v>27</v>
       </c>
-    </row>
-[...75 lines deleted...]
-      <c r="P1191" t="s">
+      <c r="X1247" t="s">
         <v>28</v>
       </c>
-      <c r="X1191" t="s">
+    </row>
+    <row r="1248" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1248" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1192" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD1192" t="s">
+    <row r="1249" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1249" t="s">
         <v>30</v>
       </c>
-    </row>
-[...108 lines deleted...]
-      <c r="Y1200">
+      <c r="I1249" t="s">
+        <v>46</v>
+      </c>
+      <c r="S1249">
+        <v>95</v>
+      </c>
+      <c r="Y1249">
         <v>80</v>
       </c>
-      <c r="AE1200" s="3">
-[...596 lines deleted...]
-        <v>30</v>
+      <c r="AE1249" s="3">
+        <v>9000</v>
       </c>
     </row>
     <row r="1250" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1250" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1250" t="s">
+        <v>205</v>
+      </c>
+      <c r="S1250">
+        <v>95</v>
+      </c>
+      <c r="Y1250">
+        <v>87</v>
+      </c>
+      <c r="AE1250" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="1251" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1251" t="s">
+        <v>293</v>
+      </c>
+      <c r="J1251">
+        <v>130198013</v>
+      </c>
+      <c r="L1251" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1251">
+        <v>146712</v>
+      </c>
+      <c r="Q1251" s="2">
+        <v>45962</v>
+      </c>
+      <c r="U1251" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W1251" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC1251" s="3">
+        <v>6000</v>
+      </c>
+      <c r="AK1251" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1252" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1252" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1252">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="1253" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1253" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1253" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1254" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1254" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1254" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1254" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1254" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1255" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1255" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1256" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1256" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1256" t="s">
+        <v>294</v>
+      </c>
+      <c r="S1256">
+        <v>95</v>
+      </c>
+      <c r="Y1256">
+        <v>86</v>
+      </c>
+      <c r="AE1256" s="3">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="1257" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1257" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1257" t="s">
+        <v>295</v>
+      </c>
+      <c r="S1257">
+        <v>95</v>
+      </c>
+      <c r="Y1257">
+        <v>82</v>
+      </c>
+      <c r="AE1257" s="3">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="1258" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1258" t="s">
+        <v>296</v>
+      </c>
+      <c r="J1258">
+        <v>117128893</v>
+      </c>
+      <c r="L1258" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1258">
+        <v>100070</v>
+      </c>
+      <c r="Q1258" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U1258" s="2">
+        <v>52870</v>
+      </c>
+      <c r="W1258" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1258" s="3">
+        <v>1100</v>
+      </c>
+      <c r="AK1258" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1259" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1259" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1259">
+        <v>6847</v>
+      </c>
+    </row>
+    <row r="1260" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1260" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1260" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1261" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1261" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1262" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1262" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1263" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="T1263">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1264" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="J1264" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1265" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1265" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1266" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1266">
+        <v>67977322</v>
+      </c>
+      <c r="AH1266" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1266" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1267" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1267" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1267" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1267" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1267" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1267" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1267" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1267" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1267" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1267" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1267" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1267" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1267" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1268" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1268" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1268" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1268" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD1269" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1270" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1270" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1270">
+        <v>95</v>
+      </c>
+      <c r="Y1270">
+        <v>297</v>
+      </c>
+      <c r="AE1270" s="3">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1271" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1271" t="s">
+        <v>112</v>
+      </c>
+      <c r="S1271">
+        <v>95</v>
+      </c>
+      <c r="Y1271">
+        <v>459</v>
+      </c>
+      <c r="AE1271" s="3">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1272" t="s">
+        <v>297</v>
+      </c>
+      <c r="J1272">
+        <v>999991054</v>
+      </c>
+      <c r="L1272" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1272">
+        <v>141369</v>
+      </c>
+      <c r="Q1272" s="2">
+        <v>42614</v>
+      </c>
+      <c r="U1272" s="2">
+        <v>44592</v>
+      </c>
+      <c r="W1272" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1272" s="3">
+        <v>11600</v>
+      </c>
+      <c r="AK1272" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1273" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1273">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1274" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1274" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1275" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1276" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1277" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1278" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1279" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1279" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1279" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1279" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD1280" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1281" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1281" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1281" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1281">
+        <v>95</v>
+      </c>
+      <c r="Y1281">
+        <v>297</v>
+      </c>
+      <c r="AE1281" s="3">
+        <v>11600</v>
+      </c>
+    </row>
+    <row r="1282" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1282" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1282" t="s">
+        <v>33</v>
+      </c>
+      <c r="S1282">
+        <v>95</v>
+      </c>
+      <c r="Y1282">
+        <v>92</v>
+      </c>
+      <c r="AE1282" s="3">
+        <v>11600</v>
+      </c>
+    </row>
+    <row r="1283" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1283" t="s">
+        <v>298</v>
+      </c>
+      <c r="J1283">
+        <v>41956012</v>
+      </c>
+      <c r="L1283" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1283">
+        <v>141365</v>
+      </c>
+      <c r="Q1283" s="2">
+        <v>42614</v>
+      </c>
+      <c r="U1283" s="2">
+        <v>44530</v>
+      </c>
+      <c r="W1283" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1283" s="3">
+        <v>2153</v>
+      </c>
+      <c r="AK1283" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1284" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1284" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1284">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1285" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1285" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1285" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1286" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1286" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1287" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1287" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1288" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1288" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1289" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1289" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1290" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1290" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1290" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1290" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1290" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1291" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1291" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1292" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1292" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1292" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1292">
+        <v>95</v>
+      </c>
+      <c r="Y1292">
+        <v>297</v>
+      </c>
+      <c r="AE1292" s="3">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="1293" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1293" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1293" t="s">
+        <v>79</v>
+      </c>
+      <c r="S1293">
+        <v>95</v>
+      </c>
+      <c r="Y1293">
+        <v>355</v>
+      </c>
+      <c r="AE1293" s="3">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="1294" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1294" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1294" t="s">
+        <v>236</v>
+      </c>
+      <c r="S1294">
+        <v>95</v>
+      </c>
+      <c r="Y1294">
+        <v>336</v>
+      </c>
+      <c r="AE1294" s="3">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="1295" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1295" t="s">
+        <v>298</v>
+      </c>
+      <c r="J1295">
+        <v>41956012</v>
+      </c>
+      <c r="L1295" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1295">
+        <v>141372</v>
+      </c>
+      <c r="Q1295" s="2">
+        <v>42614</v>
+      </c>
+      <c r="U1295" s="2">
+        <v>44592</v>
+      </c>
+      <c r="W1295" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1295">
+        <v>200</v>
+      </c>
+      <c r="AK1295" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1296" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1296" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1296">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1297" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1297" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1297" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1298" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1298" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1299" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1299" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1300" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1300" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1300" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1300" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1300" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1301" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1301" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1302" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1302" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1302" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1302">
+        <v>95</v>
+      </c>
+      <c r="Y1302">
+        <v>297</v>
+      </c>
+      <c r="AE1302">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1303" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1303" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1303" t="s">
+        <v>33</v>
+      </c>
+      <c r="S1303">
+        <v>95</v>
+      </c>
+      <c r="Y1303">
+        <v>92</v>
+      </c>
+      <c r="AE1303">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1304" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1304" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1304">
+        <v>7908916</v>
+      </c>
+      <c r="L1304" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1304">
+        <v>100005</v>
+      </c>
+      <c r="Q1304" s="2">
+        <v>33909</v>
+      </c>
+      <c r="U1304" s="2">
+        <v>48883</v>
+      </c>
+      <c r="W1304" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1304" s="3">
+        <v>214889</v>
+      </c>
+      <c r="AK1304" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1305" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1305" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1305">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1306" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1306" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1306" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1307" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1307" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1308" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1308" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1309" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1309" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1309" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1309" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1309" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1310" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1310" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1311" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1311" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1311" t="s">
+        <v>45</v>
+      </c>
+      <c r="S1311">
+        <v>95</v>
+      </c>
+      <c r="Y1311">
+        <v>75</v>
+      </c>
+      <c r="AE1311" s="3">
+        <v>18829</v>
+      </c>
+    </row>
+    <row r="1312" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1312" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1312" t="s">
+        <v>300</v>
+      </c>
+      <c r="S1312">
+        <v>95</v>
+      </c>
+      <c r="Y1312">
+        <v>59</v>
+      </c>
+      <c r="AE1312" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="T1313">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="F1314" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A1315" t="s">
+        <v>1</v>
+      </c>
+      <c r="D1315" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="A1316" t="s">
+        <v>3</v>
+      </c>
+      <c r="D1316">
+        <v>67977322</v>
+      </c>
+      <c r="U1316" t="s">
+        <v>4</v>
+      </c>
+      <c r="V1316" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="B1317" t="s">
+        <v>5</v>
+      </c>
+      <c r="F1317" t="s">
+        <v>6</v>
+      </c>
+      <c r="G1317" t="s">
+        <v>7</v>
+      </c>
+      <c r="H1317" t="s">
+        <v>8</v>
+      </c>
+      <c r="I1317" t="s">
+        <v>9</v>
+      </c>
+      <c r="J1317" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1317" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1317" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="O1317" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q1317" t="s">
+        <v>14</v>
+      </c>
+      <c r="R1317" t="s">
+        <v>15</v>
+      </c>
+      <c r="T1317" t="s">
+        <v>16</v>
+      </c>
+      <c r="W1317" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1318" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1318" t="s">
+        <v>240</v>
+      </c>
+      <c r="K1318">
+        <v>95</v>
+      </c>
+      <c r="P1318">
+        <v>501</v>
+      </c>
+      <c r="S1318" s="3">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1319" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1319" t="s">
+        <v>46</v>
+      </c>
+      <c r="K1319">
+        <v>95</v>
+      </c>
+      <c r="P1319">
+        <v>80</v>
+      </c>
+      <c r="S1319" s="3">
+        <v>6033</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1320" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1320" t="s">
         <v>31</v>
       </c>
-      <c r="I1250" t="s">
-[...5 lines deleted...]
-      <c r="Y1250">
+      <c r="K1320">
+        <v>95</v>
+      </c>
+      <c r="P1320">
+        <v>4</v>
+      </c>
+      <c r="S1320" s="3">
+        <v>26101</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1321" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1321" t="s">
+        <v>119</v>
+      </c>
+      <c r="K1321">
+        <v>95</v>
+      </c>
+      <c r="P1321">
+        <v>30</v>
+      </c>
+      <c r="S1321" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1322" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1322" t="s">
+        <v>37</v>
+      </c>
+      <c r="K1322">
+        <v>95</v>
+      </c>
+      <c r="P1322">
+        <v>543</v>
+      </c>
+      <c r="S1322" s="3">
+        <v>20727</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1323" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1323" t="s">
+        <v>121</v>
+      </c>
+      <c r="K1323">
+        <v>95</v>
+      </c>
+      <c r="P1323">
+        <v>541</v>
+      </c>
+      <c r="S1323" s="3">
+        <v>10400</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1324" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1324" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1324">
+        <v>95</v>
+      </c>
+      <c r="P1324">
+        <v>401</v>
+      </c>
+      <c r="S1324" s="3">
+        <v>3122</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1325" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1325" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1325">
+        <v>95</v>
+      </c>
+      <c r="P1325">
         <v>297</v>
       </c>
-      <c r="AE1250" s="3">
-[...30 lines deleted...]
-      <c r="Y1252">
+      <c r="S1325" s="3">
+        <v>108637</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1326" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1326" t="s">
+        <v>242</v>
+      </c>
+      <c r="K1326">
+        <v>95</v>
+      </c>
+      <c r="P1326">
+        <v>57</v>
+      </c>
+      <c r="S1326" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1327" t="s">
+        <v>30</v>
+      </c>
+      <c r="E1327" t="s">
+        <v>301</v>
+      </c>
+      <c r="K1327">
+        <v>95</v>
+      </c>
+      <c r="P1327">
+        <v>552</v>
+      </c>
+      <c r="S1327" s="3">
+        <v>9875</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="C1328" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1328" t="s">
+        <v>234</v>
+      </c>
+      <c r="K1328">
+        <v>95</v>
+      </c>
+      <c r="P1328">
+        <v>327</v>
+      </c>
+      <c r="S1328" s="3">
+        <v>33132</v>
+      </c>
+    </row>
+    <row r="1329" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1329" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1329" t="s">
+        <v>302</v>
+      </c>
+      <c r="K1329">
+        <v>95</v>
+      </c>
+      <c r="P1329">
+        <v>219</v>
+      </c>
+      <c r="S1329">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1330" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1330" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1330" t="s">
+        <v>225</v>
+      </c>
+      <c r="K1330">
+        <v>95</v>
+      </c>
+      <c r="P1330">
+        <v>330</v>
+      </c>
+      <c r="S1330" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1331" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1331" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1331" t="s">
+        <v>303</v>
+      </c>
+      <c r="K1331">
+        <v>95</v>
+      </c>
+      <c r="P1331">
+        <v>217</v>
+      </c>
+      <c r="S1331">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="1332" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1332" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1332" t="s">
+        <v>304</v>
+      </c>
+      <c r="K1332">
+        <v>95</v>
+      </c>
+      <c r="P1332">
+        <v>211</v>
+      </c>
+      <c r="S1332">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1333" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1333" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1333" t="s">
+        <v>305</v>
+      </c>
+      <c r="K1333">
+        <v>95</v>
+      </c>
+      <c r="P1333">
+        <v>332</v>
+      </c>
+      <c r="S1333">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1334" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1334" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1334" t="s">
+        <v>306</v>
+      </c>
+      <c r="K1334">
+        <v>95</v>
+      </c>
+      <c r="P1334">
+        <v>342</v>
+      </c>
+      <c r="S1334" s="3">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="1335" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1335" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1335" t="s">
+        <v>307</v>
+      </c>
+      <c r="K1335">
+        <v>95</v>
+      </c>
+      <c r="P1335">
+        <v>339</v>
+      </c>
+      <c r="S1335">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="1336" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1336" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1336" t="s">
+        <v>308</v>
+      </c>
+      <c r="K1336">
+        <v>95</v>
+      </c>
+      <c r="P1336">
+        <v>473</v>
+      </c>
+      <c r="S1336" s="3">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="1337" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1337" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1337" t="s">
+        <v>224</v>
+      </c>
+      <c r="K1337">
+        <v>95</v>
+      </c>
+      <c r="P1337">
+        <v>470</v>
+      </c>
+      <c r="S1337" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1338" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1338" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1338" t="s">
+        <v>309</v>
+      </c>
+      <c r="K1338">
+        <v>95</v>
+      </c>
+      <c r="P1338">
+        <v>304</v>
+      </c>
+      <c r="S1338" s="3">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="1339" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1339" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1339" t="s">
+        <v>310</v>
+      </c>
+      <c r="K1339">
+        <v>95</v>
+      </c>
+      <c r="P1339">
+        <v>448</v>
+      </c>
+      <c r="S1339" s="3">
+        <v>3169</v>
+      </c>
+    </row>
+    <row r="1340" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1340" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1340" t="s">
+        <v>311</v>
+      </c>
+      <c r="K1340">
+        <v>95</v>
+      </c>
+      <c r="P1340">
+        <v>237</v>
+      </c>
+      <c r="S1340">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1341" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1341" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1341" t="s">
+        <v>312</v>
+      </c>
+      <c r="K1341">
+        <v>95</v>
+      </c>
+      <c r="P1341">
+        <v>324</v>
+      </c>
+      <c r="S1341">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1342" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1342" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1342" t="s">
+        <v>313</v>
+      </c>
+      <c r="K1342">
+        <v>95</v>
+      </c>
+      <c r="P1342">
+        <v>202</v>
+      </c>
+      <c r="S1342" s="3">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="1343" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1343" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1343" t="s">
+        <v>314</v>
+      </c>
+      <c r="K1343">
+        <v>95</v>
+      </c>
+      <c r="P1343">
+        <v>229</v>
+      </c>
+      <c r="S1343" s="3">
+        <v>27000</v>
+      </c>
+    </row>
+    <row r="1344" spans="3:19" x14ac:dyDescent="0.25">
+      <c r="C1344" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1344" t="s">
+        <v>315</v>
+      </c>
+      <c r="K1344">
+        <v>95</v>
+      </c>
+      <c r="P1344">
+        <v>205</v>
+      </c>
+      <c r="S1344">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1345" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1345" t="s">
+        <v>316</v>
+      </c>
+      <c r="K1345">
+        <v>95</v>
+      </c>
+      <c r="P1345">
+        <v>322</v>
+      </c>
+      <c r="S1345">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1346" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1346" t="s">
+        <v>317</v>
+      </c>
+      <c r="K1346">
+        <v>95</v>
+      </c>
+      <c r="P1346">
+        <v>315</v>
+      </c>
+      <c r="S1346" s="3">
+        <v>15420</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1347" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1347" t="s">
+        <v>318</v>
+      </c>
+      <c r="K1347">
+        <v>95</v>
+      </c>
+      <c r="P1347">
+        <v>312</v>
+      </c>
+      <c r="S1347">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1348" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1348" t="s">
+        <v>319</v>
+      </c>
+      <c r="K1348">
+        <v>95</v>
+      </c>
+      <c r="P1348">
+        <v>313</v>
+      </c>
+      <c r="S1348">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1349" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1349" t="s">
+        <v>320</v>
+      </c>
+      <c r="K1349">
+        <v>95</v>
+      </c>
+      <c r="P1349">
+        <v>314</v>
+      </c>
+      <c r="S1349">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1350" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1350" t="s">
+        <v>321</v>
+      </c>
+      <c r="K1350">
+        <v>95</v>
+      </c>
+      <c r="P1350">
+        <v>214</v>
+      </c>
+      <c r="S1350">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1351" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1351" t="s">
+        <v>235</v>
+      </c>
+      <c r="K1351">
+        <v>95</v>
+      </c>
+      <c r="P1351">
+        <v>334</v>
+      </c>
+      <c r="S1351" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1352" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1352" t="s">
+        <v>322</v>
+      </c>
+      <c r="K1352">
+        <v>95</v>
+      </c>
+      <c r="P1352">
+        <v>218</v>
+      </c>
+      <c r="S1352" s="3">
+        <v>6700</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1353" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1353" t="s">
+        <v>323</v>
+      </c>
+      <c r="K1353">
+        <v>95</v>
+      </c>
+      <c r="P1353">
+        <v>309</v>
+      </c>
+      <c r="S1353">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1354" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1354" t="s">
+        <v>173</v>
+      </c>
+      <c r="K1354">
+        <v>95</v>
+      </c>
+      <c r="P1354">
+        <v>196</v>
+      </c>
+      <c r="S1354">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1355" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1355" t="s">
+        <v>102</v>
+      </c>
+      <c r="K1355">
+        <v>95</v>
+      </c>
+      <c r="P1355">
+        <v>303</v>
+      </c>
+      <c r="S1355" s="3">
+        <v>33000</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="L1356">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="J1357" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A1358" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1358" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A1359" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1359">
+        <v>67977322</v>
+      </c>
+      <c r="AH1359" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1359" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C1360" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1360" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1360" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1360" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1360" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1360" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1360" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1360" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1360" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1360" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1360" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1360" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1360" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1361" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1361" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1361" t="s">
+        <v>324</v>
+      </c>
+      <c r="S1361">
+        <v>95</v>
+      </c>
+      <c r="Y1361">
+        <v>307</v>
+      </c>
+      <c r="AE1361" s="3">
+        <v>40000</v>
+      </c>
+    </row>
+    <row r="1362" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1362" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1362" t="s">
+        <v>179</v>
+      </c>
+      <c r="S1362">
+        <v>95</v>
+      </c>
+      <c r="Y1362">
+        <v>467</v>
+      </c>
+      <c r="AE1362" s="3">
+        <v>59950</v>
+      </c>
+    </row>
+    <row r="1363" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1363" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1363" t="s">
+        <v>325</v>
+      </c>
+      <c r="S1363">
+        <v>95</v>
+      </c>
+      <c r="Y1363">
+        <v>221</v>
+      </c>
+      <c r="AE1363">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1364" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1364" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1364" t="s">
+        <v>326</v>
+      </c>
+      <c r="S1364">
+        <v>95</v>
+      </c>
+      <c r="Y1364">
+        <v>319</v>
+      </c>
+      <c r="AE1364" s="3">
+        <v>17000</v>
+      </c>
+    </row>
+    <row r="1365" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1365" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1365" t="s">
+        <v>327</v>
+      </c>
+      <c r="S1365">
+        <v>95</v>
+      </c>
+      <c r="Y1365">
+        <v>464</v>
+      </c>
+      <c r="AE1365" s="3">
+        <v>5064</v>
+      </c>
+    </row>
+    <row r="1366" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1366" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1366" t="s">
+        <v>236</v>
+      </c>
+      <c r="S1366">
+        <v>95</v>
+      </c>
+      <c r="Y1366">
         <v>336</v>
       </c>
-      <c r="AE1252" s="3">
-[...10 lines deleted...]
-      <c r="L1253" t="s">
+      <c r="AE1366" s="3">
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="1367" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1367" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1367" t="s">
+        <v>328</v>
+      </c>
+      <c r="S1367">
+        <v>95</v>
+      </c>
+      <c r="Y1367">
+        <v>462</v>
+      </c>
+      <c r="AE1367" s="3">
+        <v>13000</v>
+      </c>
+    </row>
+    <row r="1368" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1368" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1368" t="s">
+        <v>329</v>
+      </c>
+      <c r="S1368">
+        <v>95</v>
+      </c>
+      <c r="Y1368">
+        <v>474</v>
+      </c>
+      <c r="AE1368" s="3">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="1369" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1369" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1369" t="s">
+        <v>330</v>
+      </c>
+      <c r="S1369">
+        <v>95</v>
+      </c>
+      <c r="Y1369">
+        <v>320</v>
+      </c>
+      <c r="AE1369" s="3">
+        <v>4462</v>
+      </c>
+    </row>
+    <row r="1370" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1370" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1370" t="s">
+        <v>331</v>
+      </c>
+      <c r="S1370">
+        <v>95</v>
+      </c>
+      <c r="Y1370">
+        <v>222</v>
+      </c>
+      <c r="AE1370">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1371" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1371" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1371" t="s">
+        <v>332</v>
+      </c>
+      <c r="S1371">
+        <v>95</v>
+      </c>
+      <c r="Y1371">
+        <v>301</v>
+      </c>
+      <c r="AE1371">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1372" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1372" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1372" t="s">
+        <v>333</v>
+      </c>
+      <c r="S1372">
+        <v>95</v>
+      </c>
+      <c r="Y1372">
+        <v>447</v>
+      </c>
+      <c r="AE1372" s="3">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="1373" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1373" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1373">
+        <v>7908916</v>
+      </c>
+      <c r="L1373" t="s">
         <v>19</v>
       </c>
-      <c r="O1253">
-[...8 lines deleted...]
-      <c r="W1253" t="s">
+      <c r="O1373">
+        <v>100058</v>
+      </c>
+      <c r="Q1373" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U1373" s="2">
+        <v>52870</v>
+      </c>
+      <c r="W1373" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1373" s="3">
+        <v>35155</v>
+      </c>
+      <c r="AK1373" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1374" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1374" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1374">
+        <v>6847</v>
+      </c>
+    </row>
+    <row r="1375" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1375" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1375" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1376" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1376" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1377" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="R1377" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1378" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="D1378" t="s">
         <v>25</v>
       </c>
-      <c r="AC1253">
-[...33 lines deleted...]
-      <c r="D1258" t="s">
+      <c r="H1378" t="s">
         <v>26</v>
       </c>
-      <c r="H1258" t="s">
+      <c r="P1378" t="s">
         <v>27</v>
       </c>
-      <c r="P1258" t="s">
+      <c r="X1378" t="s">
         <v>28</v>
       </c>
-      <c r="X1258" t="s">
+    </row>
+    <row r="1379" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="AD1379" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1259" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD1259" t="s">
+    <row r="1380" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1380" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E1260" t="s">
+      <c r="I1380" t="s">
+        <v>117</v>
+      </c>
+      <c r="S1380">
+        <v>95</v>
+      </c>
+      <c r="Y1380">
+        <v>700</v>
+      </c>
+      <c r="AE1380" s="3">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="1381" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1381" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1381" t="s">
+        <v>46</v>
+      </c>
+      <c r="S1381">
+        <v>95</v>
+      </c>
+      <c r="Y1381">
+        <v>80</v>
+      </c>
+      <c r="AE1381" s="3">
+        <v>3187</v>
+      </c>
+    </row>
+    <row r="1382" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1382" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1382" t="s">
         <v>31</v>
       </c>
-      <c r="I1260" t="s">
-[...5 lines deleted...]
-      <c r="Y1260">
+      <c r="S1382">
+        <v>95</v>
+      </c>
+      <c r="Y1382">
+        <v>4</v>
+      </c>
+      <c r="AE1382" s="3">
+        <v>7938</v>
+      </c>
+    </row>
+    <row r="1383" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1383" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1383" t="s">
+        <v>37</v>
+      </c>
+      <c r="S1383">
+        <v>95</v>
+      </c>
+      <c r="Y1383">
+        <v>543</v>
+      </c>
+      <c r="AE1383" s="3">
+        <v>8491</v>
+      </c>
+    </row>
+    <row r="1384" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1384" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1384" t="s">
+        <v>121</v>
+      </c>
+      <c r="S1384">
+        <v>95</v>
+      </c>
+      <c r="Y1384">
+        <v>541</v>
+      </c>
+      <c r="AE1384" s="3">
+        <v>6875</v>
+      </c>
+    </row>
+    <row r="1385" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1385" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1385" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1385">
+        <v>95</v>
+      </c>
+      <c r="Y1385">
         <v>297</v>
       </c>
-      <c r="AE1260">
-[...90 lines deleted...]
-      <c r="AD1268" t="s">
+      <c r="AE1385">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="1386" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1386" t="s">
         <v>30</v>
       </c>
-    </row>
-[...270 lines deleted...]
-      <c r="P1285">
+      <c r="I1386" t="s">
+        <v>301</v>
+      </c>
+      <c r="S1386">
+        <v>95</v>
+      </c>
+      <c r="Y1386">
         <v>552</v>
       </c>
-      <c r="S1285" s="3">
-[...13 lines deleted...]
-      <c r="P1286">
+      <c r="AE1386" s="3">
+        <v>5875</v>
+      </c>
+    </row>
+    <row r="1387" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1387" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1387" t="s">
+        <v>234</v>
+      </c>
+      <c r="S1387">
+        <v>95</v>
+      </c>
+      <c r="Y1387">
         <v>327</v>
-      </c>
-[...1601 lines deleted...]
-        <v>336</v>
       </c>
       <c r="AE1387" s="3">
         <v>5000</v>
       </c>
     </row>
-    <row r="1388" spans="2:37" x14ac:dyDescent="0.25">
+    <row r="1388" spans="4:31" x14ac:dyDescent="0.25">
       <c r="E1388" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I1388" t="s">
-        <v>327</v>
+        <v>302</v>
       </c>
       <c r="S1388">
         <v>95</v>
       </c>
       <c r="Y1388">
-        <v>320</v>
+        <v>219</v>
       </c>
       <c r="AE1388" s="3">
-        <v>4000</v>
-[...58 lines deleted...]
-        <v>29</v>
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="1389" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1389" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1389" t="s">
+        <v>309</v>
+      </c>
+      <c r="S1389">
+        <v>95</v>
+      </c>
+      <c r="Y1389">
+        <v>304</v>
+      </c>
+      <c r="AE1389" s="3">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="1390" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1390" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1390" t="s">
+        <v>312</v>
+      </c>
+      <c r="S1390">
+        <v>95</v>
+      </c>
+      <c r="Y1390">
+        <v>324</v>
+      </c>
+      <c r="AE1390">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1391" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1391" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1391" t="s">
+        <v>314</v>
+      </c>
+      <c r="S1391">
+        <v>95</v>
+      </c>
+      <c r="Y1391">
+        <v>229</v>
+      </c>
+      <c r="AE1391" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1392" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1392" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1392" t="s">
+        <v>316</v>
+      </c>
+      <c r="S1392">
+        <v>95</v>
+      </c>
+      <c r="Y1392">
+        <v>322</v>
+      </c>
+      <c r="AE1392">
+        <v>100</v>
       </c>
     </row>
     <row r="1393" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD1393" t="s">
-        <v>30</v>
+      <c r="E1393" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1393" t="s">
+        <v>318</v>
+      </c>
+      <c r="S1393">
+        <v>95</v>
+      </c>
+      <c r="Y1393">
+        <v>312</v>
+      </c>
+      <c r="AE1393" s="3">
+        <v>1000</v>
       </c>
     </row>
     <row r="1394" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E1394" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I1394" t="s">
-        <v>113</v>
+        <v>319</v>
       </c>
       <c r="S1394">
         <v>95</v>
       </c>
       <c r="Y1394">
-        <v>700</v>
-[...2 lines deleted...]
-        <v>6300</v>
+        <v>313</v>
+      </c>
+      <c r="AE1394">
+        <v>600</v>
       </c>
     </row>
     <row r="1395" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E1395" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I1395" t="s">
-        <v>32</v>
+        <v>320</v>
       </c>
       <c r="S1395">
         <v>95</v>
       </c>
       <c r="Y1395">
-        <v>543</v>
+        <v>314</v>
       </c>
       <c r="AE1395" s="3">
-        <v>5700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1396" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E1396" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I1396" t="s">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="S1396">
         <v>95</v>
       </c>
       <c r="Y1396">
-        <v>295</v>
+        <v>334</v>
       </c>
       <c r="AE1396" s="3">
-        <v>12000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1397" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="C1397" t="s">
-[...2 lines deleted...]
-      <c r="J1397">
+      <c r="E1397" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1397" t="s">
+        <v>323</v>
+      </c>
+      <c r="S1397">
+        <v>95</v>
+      </c>
+      <c r="Y1397">
+        <v>309</v>
+      </c>
+      <c r="AE1397" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1398" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1398" t="s">
+        <v>236</v>
+      </c>
+      <c r="S1398">
+        <v>95</v>
+      </c>
+      <c r="Y1398">
+        <v>336</v>
+      </c>
+      <c r="AE1398" s="3">
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T1399">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J1400" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1401" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1401" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1402" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1402">
+        <v>67977322</v>
+      </c>
+      <c r="AH1402" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1402" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1403" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1403" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1403" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1403" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1403" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1403" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1403" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1403" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1403" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1403" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1403" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1403" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1403" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1404" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1404">
         <v>7908916</v>
       </c>
-      <c r="L1397" t="s">
+      <c r="L1404" t="s">
         <v>19</v>
       </c>
-      <c r="O1397">
-[...5 lines deleted...]
-      <c r="U1397" s="2">
+      <c r="O1404">
+        <v>100138</v>
+      </c>
+      <c r="Q1404" s="2">
+        <v>35034</v>
+      </c>
+      <c r="U1404" s="2">
         <v>48883</v>
       </c>
-      <c r="W1397" t="s">
+      <c r="W1404" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1404" s="3">
+        <v>102000</v>
+      </c>
+      <c r="AK1404" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1405" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1405">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1406" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1406" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1407" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1408" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1409" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="D1409" t="s">
         <v>25</v>
       </c>
-      <c r="AC1397" s="3">
-[...33 lines deleted...]
-      <c r="D1402" t="s">
+      <c r="H1409" t="s">
         <v>26</v>
       </c>
-      <c r="H1402" t="s">
+      <c r="P1409" t="s">
         <v>27</v>
       </c>
-      <c r="P1402" t="s">
+      <c r="X1409" t="s">
         <v>28</v>
       </c>
-      <c r="X1402" t="s">
+    </row>
+    <row r="1410" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="AD1410" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1403" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD1403" t="s">
+    <row r="1411" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1411" t="s">
         <v>30</v>
       </c>
-    </row>
-[...171 lines deleted...]
-    <row r="1416" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="I1411" t="s">
+        <v>39</v>
+      </c>
+      <c r="S1411">
+        <v>95</v>
+      </c>
+      <c r="Y1411">
+        <v>187</v>
+      </c>
+      <c r="AE1411" s="3">
+        <v>102000</v>
+      </c>
+    </row>
+    <row r="1412" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1412" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1412" t="s">
+        <v>234</v>
+      </c>
+      <c r="S1412">
+        <v>95</v>
+      </c>
+      <c r="Y1412">
+        <v>327</v>
+      </c>
+      <c r="AE1412" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="1413" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1413" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1413" t="s">
+        <v>225</v>
+      </c>
+      <c r="S1413">
+        <v>95</v>
+      </c>
+      <c r="Y1413">
+        <v>330</v>
+      </c>
+      <c r="AE1413" s="3">
+        <v>8900</v>
+      </c>
+    </row>
+    <row r="1414" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1414" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1414" t="s">
+        <v>306</v>
+      </c>
+      <c r="S1414">
+        <v>95</v>
+      </c>
+      <c r="Y1414">
+        <v>342</v>
+      </c>
+      <c r="AE1414">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="1415" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1415" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1415" t="s">
+        <v>307</v>
+      </c>
+      <c r="S1415">
+        <v>95</v>
+      </c>
+      <c r="Y1415">
+        <v>339</v>
+      </c>
+      <c r="AE1415">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1416" spans="4:31" x14ac:dyDescent="0.25">
       <c r="E1416" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I1416" t="s">
-        <v>215</v>
+        <v>309</v>
       </c>
       <c r="S1416">
         <v>95</v>
       </c>
       <c r="Y1416">
-        <v>620</v>
+        <v>304</v>
       </c>
       <c r="AE1416" s="3">
-        <v>15000</v>
-[...2 lines deleted...]
-    <row r="1417" spans="1:37" x14ac:dyDescent="0.25">
+        <v>5300</v>
+      </c>
+    </row>
+    <row r="1417" spans="4:31" x14ac:dyDescent="0.25">
       <c r="E1417" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I1417" t="s">
-        <v>177</v>
+        <v>312</v>
       </c>
       <c r="S1417">
         <v>95</v>
       </c>
       <c r="Y1417">
+        <v>324</v>
+      </c>
+      <c r="AE1417">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1418" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1418" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1418" t="s">
+        <v>334</v>
+      </c>
+      <c r="S1418">
+        <v>95</v>
+      </c>
+      <c r="Y1418">
+        <v>305</v>
+      </c>
+      <c r="AE1418" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1419" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1419" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1419" t="s">
+        <v>317</v>
+      </c>
+      <c r="S1419">
+        <v>95</v>
+      </c>
+      <c r="Y1419">
+        <v>315</v>
+      </c>
+      <c r="AE1419" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="1420" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1420" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1420" t="s">
+        <v>318</v>
+      </c>
+      <c r="S1420">
+        <v>95</v>
+      </c>
+      <c r="Y1420">
+        <v>312</v>
+      </c>
+      <c r="AE1420" s="3">
+        <v>13200</v>
+      </c>
+    </row>
+    <row r="1421" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1421" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1421" t="s">
+        <v>319</v>
+      </c>
+      <c r="S1421">
+        <v>95</v>
+      </c>
+      <c r="Y1421">
+        <v>313</v>
+      </c>
+      <c r="AE1421">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1422" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1422" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1422" t="s">
         <v>235</v>
       </c>
-      <c r="AE1417" s="3">
-[...86 lines deleted...]
-        <v>29</v>
+      <c r="S1422">
+        <v>95</v>
+      </c>
+      <c r="Y1422">
+        <v>334</v>
+      </c>
+      <c r="AE1422" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1423" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1423" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1423" t="s">
+        <v>322</v>
+      </c>
+      <c r="S1423">
+        <v>95</v>
+      </c>
+      <c r="Y1423">
+        <v>218</v>
+      </c>
+      <c r="AE1423" s="3">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="1424" spans="4:31" x14ac:dyDescent="0.25">
+      <c r="E1424" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1424" t="s">
+        <v>323</v>
+      </c>
+      <c r="S1424">
+        <v>95</v>
+      </c>
+      <c r="Y1424">
+        <v>309</v>
+      </c>
+      <c r="AE1424">
+        <v>400</v>
       </c>
     </row>
     <row r="1425" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD1425" t="s">
-        <v>30</v>
+      <c r="E1425" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1425" t="s">
+        <v>102</v>
+      </c>
+      <c r="S1425">
+        <v>95</v>
+      </c>
+      <c r="Y1425">
+        <v>303</v>
+      </c>
+      <c r="AE1425" s="3">
+        <v>2400</v>
       </c>
     </row>
     <row r="1426" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1426" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I1426" t="s">
-        <v>43</v>
+        <v>324</v>
       </c>
       <c r="S1426">
         <v>95</v>
       </c>
       <c r="Y1426">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="AE1426" s="3">
-        <v>1046</v>
+        <v>10100</v>
       </c>
     </row>
     <row r="1427" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1427" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I1427" t="s">
-        <v>220</v>
+        <v>179</v>
       </c>
       <c r="S1427">
         <v>95</v>
       </c>
       <c r="Y1427">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>746</v>
+        <v>467</v>
+      </c>
+      <c r="AE1427" s="3">
+        <v>12400</v>
       </c>
     </row>
     <row r="1428" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1428" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I1428" t="s">
-        <v>176</v>
+        <v>335</v>
       </c>
       <c r="S1428">
         <v>95</v>
       </c>
       <c r="Y1428">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>306</v>
+      </c>
+      <c r="AE1428" s="3">
+        <v>6600</v>
       </c>
     </row>
     <row r="1429" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="C1429" t="s">
-[...2 lines deleted...]
-      <c r="J1429">
+      <c r="E1429" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1429" t="s">
+        <v>236</v>
+      </c>
+      <c r="S1429">
+        <v>95</v>
+      </c>
+      <c r="Y1429">
+        <v>336</v>
+      </c>
+      <c r="AE1429" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1430" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1430" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1430" t="s">
+        <v>330</v>
+      </c>
+      <c r="S1430">
+        <v>95</v>
+      </c>
+      <c r="Y1430">
+        <v>320</v>
+      </c>
+      <c r="AE1430" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1431" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1431" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1431">
         <v>7908916</v>
       </c>
-      <c r="L1429" t="s">
+      <c r="L1431" t="s">
         <v>19</v>
       </c>
-      <c r="O1429">
-[...27 lines deleted...]
-      <c r="B1431" t="s">
+      <c r="O1431">
+        <v>136455</v>
+      </c>
+      <c r="Q1431" s="2">
+        <v>42736</v>
+      </c>
+      <c r="U1431" s="2">
+        <v>53692</v>
+      </c>
+      <c r="W1431" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1431" s="3">
+        <v>12000</v>
+      </c>
+      <c r="AK1431" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1432" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1432" t="s">
         <v>22</v>
       </c>
-      <c r="N1431" t="s">
+      <c r="X1432">
+        <v>7669</v>
+      </c>
+    </row>
+    <row r="1433" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1433" t="s">
         <v>23</v>
       </c>
-    </row>
-[...7 lines deleted...]
-        <v>19</v>
+      <c r="N1433" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="1434" spans="2:37" x14ac:dyDescent="0.25">
       <c r="D1434" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1434" t="s">
         <v>26</v>
       </c>
-      <c r="H1434" t="s">
+      <c r="P1434" t="s">
         <v>27</v>
       </c>
-      <c r="P1434" t="s">
+      <c r="X1434" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="1435" spans="2:37" x14ac:dyDescent="0.25">
       <c r="AD1435" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1436" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1436" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I1436" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="S1436">
         <v>95</v>
       </c>
       <c r="Y1436">
-        <v>297</v>
+        <v>700</v>
       </c>
       <c r="AE1436" s="3">
-        <v>4000</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="1437" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1437" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I1437" t="s">
-        <v>300</v>
+        <v>37</v>
       </c>
       <c r="S1437">
         <v>95</v>
       </c>
       <c r="Y1437">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>543</v>
+      </c>
+      <c r="AE1437" s="3">
+        <v>5700</v>
       </c>
     </row>
     <row r="1438" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E1438" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I1438" t="s">
         <v>220</v>
       </c>
       <c r="S1438">
         <v>95</v>
       </c>
       <c r="Y1438">
+        <v>295</v>
+      </c>
+      <c r="AE1438" s="3">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="1439" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1439" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1439">
+        <v>7908916</v>
+      </c>
+      <c r="L1439" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1439">
+        <v>138065</v>
+      </c>
+      <c r="Q1439" s="2">
+        <v>40148</v>
+      </c>
+      <c r="U1439" s="2">
+        <v>48883</v>
+      </c>
+      <c r="W1439" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1439" s="3">
+        <v>4147</v>
+      </c>
+      <c r="AK1439" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1440" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1440" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1440">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1441" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1441" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1442" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1443" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T1444">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J1445" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1446" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1446" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1447" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1447">
+        <v>67977322</v>
+      </c>
+      <c r="AH1447" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1447" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1448" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1448" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1448" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1448" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1448" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1448" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1448" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1448" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1448" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1448" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1448" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1448" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1448" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1449" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1449" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1449" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1449" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD1450" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1451" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1451" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1451">
+        <v>95</v>
+      </c>
+      <c r="Y1451">
+        <v>297</v>
+      </c>
+      <c r="AE1451" s="3">
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1452" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1452" t="s">
+        <v>336</v>
+      </c>
+      <c r="S1452">
+        <v>95</v>
+      </c>
+      <c r="Y1452">
+        <v>670</v>
+      </c>
+      <c r="AE1452" s="3">
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1453" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1453">
+        <v>7908916</v>
+      </c>
+      <c r="L1453" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1453">
+        <v>138587</v>
+      </c>
+      <c r="Q1453" s="2">
+        <v>40848</v>
+      </c>
+      <c r="U1453" s="2">
+        <v>47422</v>
+      </c>
+      <c r="W1453" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1453" s="3">
+        <v>23347</v>
+      </c>
+      <c r="AK1453" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1454" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1454">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1455" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1455" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1456" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1456" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1456" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1456" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1457" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1457" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1458" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1458" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1458" t="s">
+        <v>219</v>
+      </c>
+      <c r="S1458">
+        <v>95</v>
+      </c>
+      <c r="Y1458">
+        <v>620</v>
+      </c>
+      <c r="AE1458" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="1459" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1459" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1459" t="s">
+        <v>180</v>
+      </c>
+      <c r="S1459">
+        <v>95</v>
+      </c>
+      <c r="Y1459">
+        <v>235</v>
+      </c>
+      <c r="AE1459" s="3">
+        <v>8347</v>
+      </c>
+    </row>
+    <row r="1460" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1460" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1460" t="s">
+        <v>220</v>
+      </c>
+      <c r="S1460">
+        <v>95</v>
+      </c>
+      <c r="Y1460">
+        <v>295</v>
+      </c>
+      <c r="AE1460" s="3">
+        <v>23347</v>
+      </c>
+    </row>
+    <row r="1461" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1461" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1461">
+        <v>7908916</v>
+      </c>
+      <c r="L1461" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1461">
+        <v>139153</v>
+      </c>
+      <c r="Q1461" s="2">
+        <v>41000</v>
+      </c>
+      <c r="U1461" s="2">
+        <v>48883</v>
+      </c>
+      <c r="W1461" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1461" s="3">
+        <v>1046</v>
+      </c>
+      <c r="AK1461" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1462" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1462" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1462">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1463" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1463" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1463" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1464" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1464" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1465" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1465" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1466" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1466" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1466" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1466" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1466" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1467" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1467" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1468" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1468" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1468" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1468">
+        <v>95</v>
+      </c>
+      <c r="Y1468">
+        <v>297</v>
+      </c>
+      <c r="AE1468" s="3">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="1469" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1469" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1469" t="s">
+        <v>224</v>
+      </c>
+      <c r="S1469">
+        <v>95</v>
+      </c>
+      <c r="Y1469">
         <v>470</v>
       </c>
-      <c r="AE1438">
+      <c r="AE1469">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="1470" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1470" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1470" t="s">
+        <v>179</v>
+      </c>
+      <c r="S1470">
+        <v>95</v>
+      </c>
+      <c r="Y1470">
+        <v>467</v>
+      </c>
+      <c r="AE1470">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1471" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1471" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1471">
+        <v>7908916</v>
+      </c>
+      <c r="L1471" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1471">
+        <v>139154</v>
+      </c>
+      <c r="Q1471" s="2">
+        <v>41000</v>
+      </c>
+      <c r="U1471" s="2">
+        <v>48883</v>
+      </c>
+      <c r="W1471" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1471" s="3">
+        <v>4000</v>
+      </c>
+      <c r="AK1471" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1472" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1472" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1472">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1473" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1473" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1473" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1474" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1474" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1475" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1475" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1476" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1476" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1476" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1476" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1476" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1477" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1477" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1478" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1478" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1478" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1478">
+        <v>95</v>
+      </c>
+      <c r="Y1478">
+        <v>297</v>
+      </c>
+      <c r="AE1478" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1479" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1479" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1479" t="s">
+        <v>303</v>
+      </c>
+      <c r="S1479">
+        <v>95</v>
+      </c>
+      <c r="Y1479">
+        <v>217</v>
+      </c>
+      <c r="AE1479">
         <v>100</v>
       </c>
     </row>
-    <row r="1439" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y1439">
+    <row r="1480" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1480" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1480" t="s">
+        <v>224</v>
+      </c>
+      <c r="S1480">
+        <v>95</v>
+      </c>
+      <c r="Y1480">
+        <v>470</v>
+      </c>
+      <c r="AE1480">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1481" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1481" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1481" t="s">
+        <v>324</v>
+      </c>
+      <c r="S1481">
+        <v>95</v>
+      </c>
+      <c r="Y1481">
         <v>307</v>
       </c>
-      <c r="AE1439" s="3">
+      <c r="AE1481" s="3">
         <v>3200</v>
       </c>
     </row>
-    <row r="1440" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y1440">
+    <row r="1482" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1482" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1482" t="s">
+        <v>236</v>
+      </c>
+      <c r="S1482">
+        <v>95</v>
+      </c>
+      <c r="Y1482">
         <v>336</v>
       </c>
-      <c r="AE1440">
+      <c r="AE1482">
         <v>600</v>
       </c>
     </row>
-    <row r="1441" spans="1:37" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="J1441">
+    <row r="1483" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1483" t="s">
+        <v>299</v>
+      </c>
+      <c r="J1483">
         <v>7908916</v>
       </c>
-      <c r="L1441" t="s">
+      <c r="L1483" t="s">
         <v>19</v>
       </c>
-      <c r="O1441">
+      <c r="O1483">
         <v>140964</v>
       </c>
-      <c r="Q1441" s="2">
+      <c r="Q1483" s="2">
         <v>42309</v>
       </c>
-      <c r="U1441" s="2">
+      <c r="U1483" s="2">
         <v>48883</v>
       </c>
-      <c r="W1441" t="s">
+      <c r="W1483" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1483" s="3">
+        <v>13525</v>
+      </c>
+      <c r="AK1483" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1484" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1484" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1484">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1485" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1485" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1485" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1486" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1486" t="s">
         <v>25</v>
       </c>
-      <c r="AC1441" s="3">
+      <c r="H1486" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1486" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1486" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1487" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1487" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1488" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1488" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1488" t="s">
+        <v>180</v>
+      </c>
+      <c r="S1488">
+        <v>95</v>
+      </c>
+      <c r="Y1488">
+        <v>235</v>
+      </c>
+      <c r="AE1488" s="3">
         <v>13525</v>
       </c>
-      <c r="AK1441" t="s">
-[...112 lines deleted...]
-      <c r="I1451" s="1" t="s">
+    </row>
+    <row r="1489" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="T1489">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I1490" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="1452" spans="1:37" x14ac:dyDescent="0.25">
-[...566 lines deleted...]
-    <row r="1491" spans="1:37" x14ac:dyDescent="0.25">
+    <row r="1491" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A1491" t="s">
         <v>1</v>
       </c>
-      <c r="G1491" t="s">
+      <c r="F1491" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="1492" spans="1:37" x14ac:dyDescent="0.25">
+    <row r="1492" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A1492" t="s">
         <v>3</v>
       </c>
-      <c r="G1492">
+      <c r="F1492">
         <v>67977322</v>
       </c>
-      <c r="AH1492" t="s">
+      <c r="AF1492" t="s">
         <v>4</v>
       </c>
-      <c r="AI1492" s="2">
-[...3 lines deleted...]
-    <row r="1493" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AG1492" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C1493" t="s">
         <v>5</v>
       </c>
+      <c r="I1493" t="s">
+        <v>6</v>
+      </c>
       <c r="J1493" t="s">
+        <v>7</v>
+      </c>
+      <c r="L1493" t="s">
+        <v>8</v>
+      </c>
+      <c r="N1493" t="s">
+        <v>9</v>
+      </c>
+      <c r="P1493" t="s">
+        <v>10</v>
+      </c>
+      <c r="S1493" t="s">
+        <v>11</v>
+      </c>
+      <c r="T1493" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V1493" t="s">
+        <v>13</v>
+      </c>
+      <c r="X1493" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z1493" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD1493" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH1493" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1494" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1494" t="s">
+        <v>337</v>
+      </c>
+      <c r="Q1494">
+        <v>95</v>
+      </c>
+      <c r="W1494">
+        <v>750</v>
+      </c>
+      <c r="AC1494" s="3">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1495" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1495" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q1495">
+        <v>95</v>
+      </c>
+      <c r="W1495">
+        <v>467</v>
+      </c>
+      <c r="AC1495" s="3">
+        <v>8914</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1496" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1496" t="s">
+        <v>327</v>
+      </c>
+      <c r="Q1496">
+        <v>95</v>
+      </c>
+      <c r="W1496">
+        <v>464</v>
+      </c>
+      <c r="AC1496">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1497" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1497" t="s">
+        <v>328</v>
+      </c>
+      <c r="Q1497">
+        <v>95</v>
+      </c>
+      <c r="W1497">
+        <v>462</v>
+      </c>
+      <c r="AC1497" s="3">
+        <v>2900</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1498" t="s">
+        <v>338</v>
+      </c>
+      <c r="I1498">
+        <v>52298721</v>
+      </c>
+      <c r="K1498" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1498">
+        <v>100022</v>
+      </c>
+      <c r="P1498" s="2">
+        <v>32813</v>
+      </c>
+      <c r="S1498" s="2">
+        <v>45747</v>
+      </c>
+      <c r="U1498" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1498" s="3">
+        <v>27050</v>
+      </c>
+      <c r="AI1498" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1499" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1499">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1500" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1500" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1501" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1501" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1501" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1501" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1502" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1503" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1503" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q1503">
+        <v>95</v>
+      </c>
+      <c r="W1503">
+        <v>80</v>
+      </c>
+      <c r="AC1503" s="3">
+        <v>19608</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1504" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1504" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q1504">
+        <v>95</v>
+      </c>
+      <c r="W1504">
+        <v>4</v>
+      </c>
+      <c r="AC1504" s="3">
+        <v>4392</v>
+      </c>
+    </row>
+    <row r="1505" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1505" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1505" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1505">
+        <v>95</v>
+      </c>
+      <c r="W1505">
+        <v>297</v>
+      </c>
+      <c r="AC1505" s="3">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="1506" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1506" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1506" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q1506">
+        <v>95</v>
+      </c>
+      <c r="W1506">
+        <v>472</v>
+      </c>
+      <c r="AC1506" s="3">
+        <v>21872</v>
+      </c>
+    </row>
+    <row r="1507" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1507" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1507" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q1507">
+        <v>95</v>
+      </c>
+      <c r="W1507">
+        <v>470</v>
+      </c>
+      <c r="AC1507" s="3">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="1508" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1508" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1508" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q1508">
+        <v>95</v>
+      </c>
+      <c r="W1508">
+        <v>307</v>
+      </c>
+      <c r="AC1508" s="3">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="1509" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1509" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1509" t="s">
+        <v>339</v>
+      </c>
+      <c r="Q1509">
+        <v>95</v>
+      </c>
+      <c r="W1509">
+        <v>326</v>
+      </c>
+      <c r="AC1509">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1510" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1510" t="s">
+        <v>338</v>
+      </c>
+      <c r="I1510">
+        <v>52298721</v>
+      </c>
+      <c r="K1510" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1510">
+        <v>100090</v>
+      </c>
+      <c r="P1510" s="2">
+        <v>34060</v>
+      </c>
+      <c r="S1510" s="2">
+        <v>45747</v>
+      </c>
+      <c r="U1510" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1510" s="3">
+        <v>2464</v>
+      </c>
+      <c r="AI1510" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1511" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1511" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1511">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1512" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1512" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1512" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1513" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1513" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1513" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1513" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1513" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1514" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1514" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1515" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1515" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1515" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q1515">
+        <v>95</v>
+      </c>
+      <c r="W1515">
+        <v>80</v>
+      </c>
+      <c r="AC1515" s="3">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="1516" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1516" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1516" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q1516">
+        <v>95</v>
+      </c>
+      <c r="W1516">
+        <v>472</v>
+      </c>
+      <c r="AC1516" s="3">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="1517" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1517" t="s">
+        <v>338</v>
+      </c>
+      <c r="I1517">
+        <v>52298721</v>
+      </c>
+      <c r="K1517" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1517">
+        <v>100095</v>
+      </c>
+      <c r="P1517" s="2">
+        <v>34060</v>
+      </c>
+      <c r="S1517" s="2">
+        <v>45747</v>
+      </c>
+      <c r="U1517" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1517" s="3">
+        <v>2464</v>
+      </c>
+      <c r="AI1517" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1518" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1518" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1518">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1519" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1519" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1519" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1520" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1520" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1520" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1520" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1520" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AB1521" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1522" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1522" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q1522">
+        <v>95</v>
+      </c>
+      <c r="W1522">
+        <v>80</v>
+      </c>
+      <c r="AC1522" s="3">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1523" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1523" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q1523">
+        <v>95</v>
+      </c>
+      <c r="W1523">
+        <v>472</v>
+      </c>
+      <c r="AC1523" s="3">
+        <v>2464</v>
+      </c>
+    </row>
+    <row r="1524" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1524" t="s">
+        <v>340</v>
+      </c>
+      <c r="I1524">
+        <v>7909013</v>
+      </c>
+      <c r="K1524" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1524">
+        <v>129875</v>
+      </c>
+      <c r="P1524" s="2">
+        <v>37561</v>
+      </c>
+      <c r="S1524" s="2">
+        <v>47026</v>
+      </c>
+      <c r="U1524" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1524" s="3">
+        <v>15000</v>
+      </c>
+      <c r="AI1524" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="1525" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="L1525" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1525">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="1526" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1526" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1526" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1527" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1527" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1527" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1527" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1527" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1528" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AB1528" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1529" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1529">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1530" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J1530" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1531" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1531" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1531" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1532" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1532" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1532">
+        <v>67977322</v>
+      </c>
+      <c r="AH1532" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1532" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1533" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1533" t="s">
         <v>6</v>
       </c>
-      <c r="K1493" t="s">
+      <c r="K1533" t="s">
         <v>7</v>
       </c>
-      <c r="M1493" t="s">
+      <c r="M1533" t="s">
         <v>8</v>
       </c>
-      <c r="O1493" t="s">
+      <c r="O1533" t="s">
         <v>9</v>
       </c>
-      <c r="Q1493" t="s">
+      <c r="Q1533" t="s">
         <v>10</v>
       </c>
-      <c r="U1493" t="s">
+      <c r="U1533" t="s">
         <v>11</v>
       </c>
-      <c r="V1493" s="1" t="s">
+      <c r="V1533" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="X1493" t="s">
+      <c r="X1533" t="s">
         <v>13</v>
       </c>
-      <c r="Z1493" t="s">
+      <c r="Z1533" t="s">
         <v>14</v>
       </c>
-      <c r="AB1493" t="s">
+      <c r="AB1533" t="s">
         <v>15</v>
       </c>
-      <c r="AF1493" t="s">
+      <c r="AF1533" t="s">
         <v>16</v>
       </c>
-      <c r="AJ1493" t="s">
+      <c r="AJ1533" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="1494" spans="1:37" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="J1494">
+    <row r="1534" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1534" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1534" t="s">
+        <v>341</v>
+      </c>
+      <c r="S1534">
+        <v>95</v>
+      </c>
+      <c r="Y1534">
+        <v>641</v>
+      </c>
+      <c r="AE1534" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="1535" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1535" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1535" t="s">
+        <v>342</v>
+      </c>
+      <c r="S1535">
+        <v>95</v>
+      </c>
+      <c r="Y1535">
+        <v>642</v>
+      </c>
+      <c r="AE1535" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="1536" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1536" t="s">
+        <v>340</v>
+      </c>
+      <c r="J1536">
         <v>7909013</v>
       </c>
-      <c r="L1494" t="s">
+      <c r="L1536" t="s">
         <v>19</v>
       </c>
-      <c r="O1494">
-[...5 lines deleted...]
-      <c r="U1494" s="2">
+      <c r="O1536">
+        <v>130983</v>
+      </c>
+      <c r="Q1536" s="2">
+        <v>37895</v>
+      </c>
+      <c r="U1536" s="2">
         <v>47026</v>
       </c>
-      <c r="W1494" t="s">
+      <c r="W1536" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1536" s="3">
+        <v>90000</v>
+      </c>
+      <c r="AK1536" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="1537" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1537" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1537">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="1538" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1538" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1538" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1539" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1539" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1540" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1540" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1541" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1541" t="s">
         <v>25</v>
       </c>
-      <c r="AC1494" s="3">
-[...15 lines deleted...]
-      <c r="B1496" t="s">
+      <c r="H1541" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1541" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1541" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1542" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1542" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1543" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1543" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1543" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1543">
+        <v>95</v>
+      </c>
+      <c r="Y1543">
+        <v>297</v>
+      </c>
+      <c r="AE1543" s="3">
+        <v>90000</v>
+      </c>
+    </row>
+    <row r="1544" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1544" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1544" t="s">
+        <v>342</v>
+      </c>
+      <c r="S1544">
+        <v>95</v>
+      </c>
+      <c r="Y1544">
+        <v>642</v>
+      </c>
+      <c r="AE1544" s="3">
+        <v>90000</v>
+      </c>
+    </row>
+    <row r="1545" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1545" t="s">
+        <v>344</v>
+      </c>
+      <c r="J1545">
+        <v>7909054</v>
+      </c>
+      <c r="L1545" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1545">
+        <v>100130</v>
+      </c>
+      <c r="Q1545" s="2">
+        <v>35004</v>
+      </c>
+      <c r="U1545" s="2">
+        <v>43373</v>
+      </c>
+      <c r="W1545" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1545" s="3">
+        <v>30000</v>
+      </c>
+      <c r="AK1545" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1546" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1546" t="s">
         <v>22</v>
       </c>
-      <c r="N1496" t="s">
+      <c r="X1546">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1547" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1547" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D1497" t="s">
+      <c r="N1547" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1548" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1548" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1548" t="s">
         <v>26</v>
       </c>
-      <c r="H1497" t="s">
+      <c r="P1548" t="s">
         <v>27</v>
       </c>
-      <c r="P1497" t="s">
+      <c r="X1548" t="s">
         <v>28</v>
       </c>
-      <c r="X1497" t="s">
+    </row>
+    <row r="1549" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1549" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1498" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="AD1498" t="s">
+    <row r="1550" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1550" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E1499" t="s">
+      <c r="I1550" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1550">
+        <v>95</v>
+      </c>
+      <c r="Y1550">
+        <v>297</v>
+      </c>
+      <c r="AE1550" s="3">
+        <v>30000</v>
+      </c>
+    </row>
+    <row r="1551" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1551" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1551" t="s">
+        <v>314</v>
+      </c>
+      <c r="S1551">
+        <v>95</v>
+      </c>
+      <c r="Y1551">
+        <v>229</v>
+      </c>
+      <c r="AE1551" s="3">
+        <v>30000</v>
+      </c>
+    </row>
+    <row r="1552" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1552" t="s">
+        <v>344</v>
+      </c>
+      <c r="J1552">
+        <v>7909054</v>
+      </c>
+      <c r="L1552" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1552">
+        <v>100131</v>
+      </c>
+      <c r="Q1552" s="2">
+        <v>35065</v>
+      </c>
+      <c r="U1552" s="2">
+        <v>41547</v>
+      </c>
+      <c r="W1552" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1552" s="3">
+        <v>16000</v>
+      </c>
+      <c r="AK1552" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1553" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1553" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1553">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1554" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1554" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1554" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1555" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1555" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1555" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1555" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1555" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1556" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1556" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1557" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1557" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1557" t="s">
+        <v>46</v>
+      </c>
+      <c r="S1557">
+        <v>95</v>
+      </c>
+      <c r="Y1557">
+        <v>80</v>
+      </c>
+      <c r="AE1557" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="1558" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1558" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1558" t="s">
         <v>31</v>
       </c>
-      <c r="I1499" t="s">
-[...36 lines deleted...]
-      <c r="L1501" t="s">
+      <c r="S1558">
+        <v>95</v>
+      </c>
+      <c r="Y1558">
+        <v>4</v>
+      </c>
+      <c r="AE1558" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="1559" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1559" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1559" t="s">
+        <v>37</v>
+      </c>
+      <c r="S1559">
+        <v>95</v>
+      </c>
+      <c r="Y1559">
+        <v>543</v>
+      </c>
+      <c r="AE1559" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1560" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1560" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1560" t="s">
+        <v>121</v>
+      </c>
+      <c r="S1560">
+        <v>95</v>
+      </c>
+      <c r="Y1560">
+        <v>541</v>
+      </c>
+      <c r="AE1560" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1561" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1561" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1561" t="s">
+        <v>301</v>
+      </c>
+      <c r="S1561">
+        <v>95</v>
+      </c>
+      <c r="Y1561">
+        <v>552</v>
+      </c>
+      <c r="AE1561" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1562" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1562" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1562" t="s">
+        <v>314</v>
+      </c>
+      <c r="S1562">
+        <v>95</v>
+      </c>
+      <c r="Y1562">
+        <v>229</v>
+      </c>
+      <c r="AE1562" s="3">
+        <v>16000</v>
+      </c>
+    </row>
+    <row r="1563" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1563" t="s">
+        <v>344</v>
+      </c>
+      <c r="J1563">
+        <v>7909054</v>
+      </c>
+      <c r="L1563" t="s">
         <v>19</v>
       </c>
-      <c r="O1501">
-[...8 lines deleted...]
-      <c r="W1501" t="s">
+      <c r="O1563">
+        <v>132685</v>
+      </c>
+      <c r="Q1563" s="2">
+        <v>38292</v>
+      </c>
+      <c r="U1563" s="2">
+        <v>41547</v>
+      </c>
+      <c r="W1563" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1563" s="3">
+        <v>11000</v>
+      </c>
+      <c r="AK1563" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1564" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1564" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1564">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1565" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1565" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1565" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1566" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1566" t="s">
         <v>25</v>
       </c>
-      <c r="AC1501" s="3">
-[...15 lines deleted...]
-      <c r="B1503" t="s">
+      <c r="H1566" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1566" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1566" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1567" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1567" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1568" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1568" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1568" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1568">
+        <v>95</v>
+      </c>
+      <c r="Y1568">
+        <v>297</v>
+      </c>
+      <c r="AE1568" s="3">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="1569" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1569" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1569" t="s">
+        <v>84</v>
+      </c>
+      <c r="S1569">
+        <v>95</v>
+      </c>
+      <c r="Y1569">
+        <v>188</v>
+      </c>
+      <c r="AE1569" s="3">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T1570">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J1571" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1572" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1572" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1573" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1573">
+        <v>67977322</v>
+      </c>
+      <c r="AH1573" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1573" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1574" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1574" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1574" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1574" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1574" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1574" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1574" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1574" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1574" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1574" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1574" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1574" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1574" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1575" t="s">
+        <v>344</v>
+      </c>
+      <c r="J1575">
+        <v>7909054</v>
+      </c>
+      <c r="L1575" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1575">
+        <v>138137</v>
+      </c>
+      <c r="Q1575" s="2">
+        <v>40179</v>
+      </c>
+      <c r="U1575" s="2">
+        <v>45961</v>
+      </c>
+      <c r="W1575" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1575" s="3">
+        <v>14851</v>
+      </c>
+      <c r="AK1575" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1576" t="s">
         <v>22</v>
       </c>
-      <c r="N1503" t="s">
+      <c r="X1576">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1577" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1015 lines deleted...]
-        <v>19</v>
+      <c r="N1577" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="1578" spans="1:37" x14ac:dyDescent="0.25">
       <c r="D1578" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1578" t="s">
         <v>26</v>
       </c>
-      <c r="H1578" t="s">
+      <c r="P1578" t="s">
         <v>27</v>
       </c>
-      <c r="P1578" t="s">
+      <c r="X1578" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="1579" spans="1:37" x14ac:dyDescent="0.25">
       <c r="AD1579" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1580" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E1580" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I1580" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="S1580">
         <v>95</v>
       </c>
       <c r="Y1580">
         <v>297</v>
       </c>
-      <c r="AE1580">
-        <v>30</v>
+      <c r="AE1580" s="3">
+        <v>14851</v>
       </c>
     </row>
     <row r="1581" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E1581" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I1581" t="s">
-        <v>108</v>
+        <v>314</v>
       </c>
       <c r="S1581">
         <v>95</v>
       </c>
       <c r="Y1581">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>229</v>
+      </c>
+      <c r="AE1581" s="3">
+        <v>14851</v>
       </c>
     </row>
     <row r="1582" spans="1:37" x14ac:dyDescent="0.25">
       <c r="C1582" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="J1582">
-        <v>44111037</v>
+        <v>7909054</v>
       </c>
       <c r="L1582" t="s">
         <v>19</v>
       </c>
       <c r="O1582">
-        <v>132246</v>
+        <v>138154</v>
       </c>
       <c r="Q1582" s="2">
-        <v>38292</v>
+        <v>40179</v>
       </c>
       <c r="U1582" s="2">
-        <v>47787</v>
+        <v>45961</v>
       </c>
       <c r="W1582" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AC1582" s="3">
-        <v>10000</v>
+        <v>1454</v>
       </c>
       <c r="AK1582" t="s">
-        <v>35</v>
+        <v>114</v>
       </c>
     </row>
     <row r="1583" spans="1:37" x14ac:dyDescent="0.25">
       <c r="M1583" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X1583">
-        <v>1856</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1584" spans="1:37" x14ac:dyDescent="0.25">
       <c r="B1584" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1584" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1585" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1585" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1585" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1585" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1585" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1586" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1586" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1587" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1587" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1587" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1587">
+        <v>95</v>
+      </c>
+      <c r="Y1587">
+        <v>297</v>
+      </c>
+      <c r="AE1587" s="3">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="1588" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1588" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1588" t="s">
+        <v>314</v>
+      </c>
+      <c r="S1588">
+        <v>95</v>
+      </c>
+      <c r="Y1588">
+        <v>229</v>
+      </c>
+      <c r="AE1588" s="3">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="1589" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1589" t="s">
+        <v>344</v>
+      </c>
+      <c r="J1589">
+        <v>7909054</v>
+      </c>
+      <c r="L1589" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1589">
+        <v>144264</v>
+      </c>
+      <c r="Q1589" s="2">
+        <v>44501</v>
+      </c>
+      <c r="U1589" s="2">
+        <v>46081</v>
+      </c>
+      <c r="W1589" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC1589" s="3">
+        <v>8500</v>
+      </c>
+      <c r="AK1589" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1590" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1590" t="s">
         <v>22</v>
       </c>
-      <c r="N1584" t="s">
+      <c r="X1590">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="1591" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1591" t="s">
         <v>23</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="R1586" t="s">
+      <c r="N1591" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1592" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1592" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1592" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1592" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1592" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1593" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1593" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1594" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1594" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1594" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1594">
+        <v>95</v>
+      </c>
+      <c r="Y1594">
+        <v>297</v>
+      </c>
+      <c r="AE1594" s="3">
+        <v>8500</v>
+      </c>
+    </row>
+    <row r="1595" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1595" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1595" t="s">
+        <v>224</v>
+      </c>
+      <c r="S1595">
+        <v>95</v>
+      </c>
+      <c r="Y1595">
+        <v>470</v>
+      </c>
+      <c r="AE1595" s="3">
+        <v>8500</v>
+      </c>
+    </row>
+    <row r="1596" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1596" t="s">
+        <v>345</v>
+      </c>
+      <c r="J1596">
+        <v>253301949</v>
+      </c>
+      <c r="L1596" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D1587" t="s">
+      <c r="O1596">
+        <v>146631</v>
+      </c>
+      <c r="Q1596" s="2">
+        <v>45946</v>
+      </c>
+      <c r="U1596" s="2">
+        <v>46295</v>
+      </c>
+      <c r="W1596" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1596" s="3">
+        <v>30000</v>
+      </c>
+      <c r="AK1596" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1597" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1597" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1597">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="1598" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1598" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1598" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1599" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1599" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1599" t="s">
         <v>26</v>
       </c>
-      <c r="H1587" t="s">
+      <c r="P1599" t="s">
         <v>27</v>
       </c>
-      <c r="P1587" t="s">
+      <c r="X1599" t="s">
         <v>28</v>
       </c>
-      <c r="X1587" t="s">
+    </row>
+    <row r="1600" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1600" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1588" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD1588" t="s">
+    <row r="1601" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1601" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E1589" t="s">
+      <c r="I1601" t="s">
         <v>31</v>
       </c>
-      <c r="I1589" t="s">
-[...5 lines deleted...]
-      <c r="Y1589">
+      <c r="S1601">
+        <v>95</v>
+      </c>
+      <c r="Y1601">
+        <v>4</v>
+      </c>
+      <c r="AE1601" s="3">
+        <v>30000</v>
+      </c>
+    </row>
+    <row r="1602" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1602" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1602" t="s">
+        <v>41</v>
+      </c>
+      <c r="S1602">
+        <v>95</v>
+      </c>
+      <c r="Y1602">
+        <v>550</v>
+      </c>
+      <c r="AE1602" s="3">
+        <v>30000</v>
+      </c>
+    </row>
+    <row r="1603" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1603" t="s">
+        <v>346</v>
+      </c>
+      <c r="J1603">
+        <v>98864010</v>
+      </c>
+      <c r="L1603" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1603">
+        <v>100074</v>
+      </c>
+      <c r="Q1603" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U1603" s="2">
+        <v>52870</v>
+      </c>
+      <c r="W1603" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1603">
+        <v>30</v>
+      </c>
+      <c r="AK1603" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1604" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M1604" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1604">
+        <v>6847</v>
+      </c>
+    </row>
+    <row r="1605" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B1605" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1605" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1606" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F1606" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1607" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R1607" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1608" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D1608" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1608" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1608" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1608" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1609" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD1609" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1610" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1610" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1610" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1610">
+        <v>95</v>
+      </c>
+      <c r="Y1610">
         <v>297</v>
       </c>
-      <c r="AE1589" s="3">
+      <c r="AE1610">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1611" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E1611" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1611" t="s">
+        <v>112</v>
+      </c>
+      <c r="S1611">
+        <v>95</v>
+      </c>
+      <c r="Y1611">
+        <v>459</v>
+      </c>
+      <c r="AE1611">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1612" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T1612">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="1613" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J1613" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1614" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1614" t="s">
+        <v>1</v>
+      </c>
+      <c r="G1614" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1615" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A1615" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1615">
+        <v>67977322</v>
+      </c>
+      <c r="AH1615" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI1615" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1616" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C1616" t="s">
+        <v>5</v>
+      </c>
+      <c r="J1616" t="s">
+        <v>6</v>
+      </c>
+      <c r="K1616" t="s">
+        <v>7</v>
+      </c>
+      <c r="M1616" t="s">
+        <v>8</v>
+      </c>
+      <c r="O1616" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q1616" t="s">
+        <v>10</v>
+      </c>
+      <c r="U1616" t="s">
+        <v>11</v>
+      </c>
+      <c r="V1616" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X1616" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z1616" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB1616" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF1616" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1616" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1617" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1617" t="s">
+        <v>347</v>
+      </c>
+      <c r="J1617">
+        <v>44111037</v>
+      </c>
+      <c r="L1617" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1617">
+        <v>132246</v>
+      </c>
+      <c r="Q1617" s="2">
+        <v>38292</v>
+      </c>
+      <c r="U1617" s="2">
+        <v>47787</v>
+      </c>
+      <c r="W1617" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1617" s="3">
         <v>10000</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="Y1590">
+      <c r="AK1617" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1618" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1618" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1618">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="1619" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1619" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1619" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1620" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F1620" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="1621" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R1621" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="1622" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1622" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1622" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1622" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1622" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1623" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1623" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1624" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1624" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1624" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1624">
+        <v>95</v>
+      </c>
+      <c r="Y1624">
+        <v>297</v>
+      </c>
+      <c r="AE1624" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="1625" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1625" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1625" t="s">
+        <v>348</v>
+      </c>
+      <c r="S1625">
+        <v>95</v>
+      </c>
+      <c r="Y1625">
         <v>463</v>
       </c>
-      <c r="AE1590" s="3">
+      <c r="AE1625" s="3">
         <v>6800</v>
       </c>
     </row>
-    <row r="1591" spans="2:37" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="I1591" t="s">
+    <row r="1626" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1626" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1626" t="s">
+        <v>84</v>
+      </c>
+      <c r="S1626">
+        <v>95</v>
+      </c>
+      <c r="Y1626">
+        <v>188</v>
+      </c>
+      <c r="AE1626" s="3">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="1627" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C1627" t="s">
+        <v>349</v>
+      </c>
+      <c r="J1627">
+        <v>7942113</v>
+      </c>
+      <c r="L1627" t="s">
+        <v>19</v>
+      </c>
+      <c r="O1627">
+        <v>100009</v>
+      </c>
+      <c r="Q1627" s="2">
+        <v>33909</v>
+      </c>
+      <c r="U1627" s="2">
+        <v>49979</v>
+      </c>
+      <c r="W1627" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC1627" s="3">
+        <v>288303</v>
+      </c>
+      <c r="AK1627" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1628" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M1628" t="s">
+        <v>22</v>
+      </c>
+      <c r="X1628">
+        <v>3956</v>
+      </c>
+    </row>
+    <row r="1629" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B1629" t="s">
+        <v>23</v>
+      </c>
+      <c r="N1629" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1630" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D1630" t="s">
+        <v>25</v>
+      </c>
+      <c r="H1630" t="s">
+        <v>26</v>
+      </c>
+      <c r="P1630" t="s">
+        <v>27</v>
+      </c>
+      <c r="X1630" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1631" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD1631" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1632" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E1632" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1632" t="s">
+        <v>101</v>
+      </c>
+      <c r="S1632">
+        <v>95</v>
+      </c>
+      <c r="Y1632">
+        <v>564</v>
+      </c>
+      <c r="AE1632" s="3">
+        <v>14164</v>
+      </c>
+    </row>
+    <row r="1633" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1633" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1633" t="s">
+        <v>116</v>
+      </c>
+      <c r="S1633">
+        <v>95</v>
+      </c>
+      <c r="Y1633">
+        <v>554</v>
+      </c>
+      <c r="AE1633" s="3">
+        <v>14775</v>
+      </c>
+    </row>
+    <row r="1634" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1634" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1634" t="s">
+        <v>45</v>
+      </c>
+      <c r="S1634">
+        <v>95</v>
+      </c>
+      <c r="Y1634">
+        <v>75</v>
+      </c>
+      <c r="AE1634" s="3">
+        <v>58906</v>
+      </c>
+    </row>
+    <row r="1635" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1635" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1635" t="s">
+        <v>46</v>
+      </c>
+      <c r="S1635">
+        <v>95</v>
+      </c>
+      <c r="Y1635">
         <v>80</v>
       </c>
-      <c r="S1591">
-[...13 lines deleted...]
-      <c r="J1592">
+      <c r="AE1635" s="3">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="1636" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1636" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1636" t="s">
+        <v>37</v>
+      </c>
+      <c r="S1636">
+        <v>95</v>
+      </c>
+      <c r="Y1636">
+        <v>543</v>
+      </c>
+      <c r="AE1636" s="3">
+        <v>35541</v>
+      </c>
+    </row>
+    <row r="1637" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1637" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1637" t="s">
+        <v>47</v>
+      </c>
+      <c r="S1637">
+        <v>95</v>
+      </c>
+      <c r="Y1637">
+        <v>401</v>
+      </c>
+      <c r="AE1637" s="3">
+        <v>75936</v>
+      </c>
+    </row>
+    <row r="1638" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1638" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1638" t="s">
+        <v>48</v>
+      </c>
+      <c r="S1638">
+        <v>95</v>
+      </c>
+      <c r="Y1638">
+        <v>297</v>
+      </c>
+      <c r="AE1638" s="3">
+        <v>77875</v>
+      </c>
+    </row>
+    <row r="1639" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1639" t="s">
+        <v>30</v>
+      </c>
+      <c r="I1639" t="s">
+        <v>301</v>
+      </c>
+      <c r="S1639">
+        <v>95</v>
+      </c>
+      <c r="Y1639">
+        <v>552</v>
+      </c>
+      <c r="AE1639" s="3">
+        <v>8897</v>
+      </c>
+    </row>
+    <row r="1640" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1640" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1640" t="s">
+        <v>350</v>
+      </c>
+      <c r="S1640">
+        <v>95</v>
+      </c>
+      <c r="Y1640">
+        <v>273</v>
+      </c>
+      <c r="AE1640">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="1641" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1641" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1641" t="s">
+        <v>351</v>
+      </c>
+      <c r="S1641">
+        <v>95</v>
+      </c>
+      <c r="Y1641">
+        <v>246</v>
+      </c>
+      <c r="AE1641" s="3">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="1642" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1642" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1642" t="s">
+        <v>352</v>
+      </c>
+      <c r="S1642">
+        <v>95</v>
+      </c>
+      <c r="Y1642">
+        <v>258</v>
+      </c>
+      <c r="AE1642" s="3">
+        <v>2830</v>
+      </c>
+    </row>
+    <row r="1643" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1643" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1643" t="s">
+        <v>353</v>
+      </c>
+      <c r="S1643">
+        <v>95</v>
+      </c>
+      <c r="Y1643">
+        <v>257</v>
+      </c>
+      <c r="AE1643">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1644" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1644" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1644" t="s">
+        <v>354</v>
+      </c>
+      <c r="S1644">
+        <v>95</v>
+      </c>
+      <c r="Y1644">
+        <v>243</v>
+      </c>
+      <c r="AE1644" s="3">
+        <v>3464</v>
+      </c>
+    </row>
+    <row r="1645" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1645" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1645" t="s">
+        <v>355</v>
+      </c>
+      <c r="S1645">
+        <v>95</v>
+      </c>
+      <c r="Y1645">
+        <v>259</v>
+      </c>
+      <c r="AE1645" s="3">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="1646" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1646" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1646" t="s">
+        <v>356</v>
+      </c>
+      <c r="S1646">
+        <v>95</v>
+      </c>
+      <c r="Y1646">
+        <v>268</v>
+      </c>
+      <c r="AE1646" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1647" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1647" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1647" t="s">
+        <v>357</v>
+      </c>
+      <c r="S1647">
+        <v>95</v>
+      </c>
+      <c r="Y1647">
+        <v>271</v>
+      </c>
+      <c r="AE1647">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="1648" spans="5:31" x14ac:dyDescent="0.25">
+      <c r="E1648" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1648" t="s">
+        <v>358</v>
+      </c>
+      <c r="S1648">
+        <v>95</v>
+      </c>
+      <c r="Y1648">
+        <v>484</v>
+      </c>
+      <c r="AE1648">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1649" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1649" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1649" t="s">
+        <v>359</v>
+      </c>
+      <c r="S1649">
+        <v>95</v>
+      </c>
+      <c r="Y1649">
+        <v>247</v>
+      </c>
+      <c r="AE1649" s="3">
+        <v>16767</v>
+      </c>
+    </row>
+    <row r="1650" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1650" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1650" t="s">
+        <v>360</v>
+      </c>
+      <c r="S1650">
+        <v>95</v>
+      </c>
+      <c r="Y1650">
+        <v>478</v>
+      </c>
+      <c r="AE1650">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1651" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1651" t="s">
+        <v>361</v>
+      </c>
+      <c r="S1651">
+        <v>95</v>
+      </c>
+      <c r="Y1651">
+        <v>278</v>
+      </c>
+      <c r="AE1651" s="3">
+        <v>8820</v>
+      </c>
+    </row>
+    <row r="1652" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1652" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1652" t="s">
+        <v>362</v>
+      </c>
+      <c r="S1652">
+        <v>95</v>
+      </c>
+      <c r="Y1652">
+        <v>263</v>
+      </c>
+      <c r="AE1652" s="3">
+        <v>28850</v>
+      </c>
+    </row>
+    <row r="1653" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1653" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1653" t="s">
+        <v>363</v>
+      </c>
+      <c r="S1653">
+        <v>95</v>
+      </c>
+      <c r="Y1653">
+        <v>260</v>
+      </c>
+      <c r="AE1653" s="3">
+        <v>4755</v>
+      </c>
+    </row>
+    <row r="1654" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1654" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1654" t="s">
+        <v>364</v>
+      </c>
+      <c r="S1654">
+        <v>95</v>
+      </c>
+      <c r="Y1654">
+        <v>277</v>
+      </c>
+      <c r="AE1654" s="3">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="1655" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1655" t="s">
+        <v>32</v>
+      </c>
+      <c r="I1655" t="s">
+        <v>365</v>
+      </c>
+      <c r="S1655">
+        <v>95</v>
+      </c>
+      <c r="Y1655">
+        <v>483</v>
+      </c>
+      <c r="AE1655" s="3">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="1656" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="T1656">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="1657" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="I1657" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A1658" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1658" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1659" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="A1659" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1659">
+        <v>67977322</v>
+      </c>
+      <c r="AF1659" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG1659" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1660" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="C1660" t="s">
+        <v>5</v>
+      </c>
+      <c r="I1660" t="s">
+        <v>6</v>
+      </c>
+      <c r="J1660" t="s">
+        <v>7</v>
+      </c>
+      <c r="L1660" t="s">
+        <v>8</v>
+      </c>
+      <c r="N1660" t="s">
+        <v>9</v>
+      </c>
+      <c r="P1660" t="s">
+        <v>10</v>
+      </c>
+      <c r="S1660" t="s">
+        <v>11</v>
+      </c>
+      <c r="T1660" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V1660" t="s">
+        <v>13</v>
+      </c>
+      <c r="X1660" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z1660" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD1660" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH1660" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1661" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1661" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1661" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q1661">
+        <v>95</v>
+      </c>
+      <c r="W1661">
+        <v>450</v>
+      </c>
+      <c r="AC1661">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="1662" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1662" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1662" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q1662">
+        <v>95</v>
+      </c>
+      <c r="W1662">
+        <v>475</v>
+      </c>
+      <c r="AC1662" s="3">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="1663" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1663" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1663" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q1663">
+        <v>95</v>
+      </c>
+      <c r="W1663">
+        <v>264</v>
+      </c>
+      <c r="AC1663" s="3">
+        <v>10250</v>
+      </c>
+    </row>
+    <row r="1664" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1664" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1664" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q1664">
+        <v>95</v>
+      </c>
+      <c r="W1664">
+        <v>481</v>
+      </c>
+      <c r="AC1664" s="3">
+        <v>83600</v>
+      </c>
+    </row>
+    <row r="1665" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1665" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1665" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q1665">
+        <v>95</v>
+      </c>
+      <c r="W1665">
+        <v>482</v>
+      </c>
+      <c r="AC1665" s="3">
+        <v>80700</v>
+      </c>
+    </row>
+    <row r="1666" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1666" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1666" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q1666">
+        <v>95</v>
+      </c>
+      <c r="W1666">
+        <v>547</v>
+      </c>
+      <c r="AC1666">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1667" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1667" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1667" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q1667">
+        <v>95</v>
+      </c>
+      <c r="W1667">
+        <v>545</v>
+      </c>
+      <c r="AC1667">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1668" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1668" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1668" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q1668">
+        <v>95</v>
+      </c>
+      <c r="W1668">
+        <v>251</v>
+      </c>
+      <c r="AC1668" s="3">
+        <v>11020</v>
+      </c>
+    </row>
+    <row r="1669" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1669" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1669" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q1669">
+        <v>95</v>
+      </c>
+      <c r="W1669">
+        <v>265</v>
+      </c>
+      <c r="AC1669" s="3">
+        <v>28876</v>
+      </c>
+    </row>
+    <row r="1670" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1670" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1670" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q1670">
+        <v>95</v>
+      </c>
+      <c r="W1670">
+        <v>275</v>
+      </c>
+      <c r="AC1670" s="3">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1671" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1671" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1671" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q1671">
+        <v>95</v>
+      </c>
+      <c r="W1671">
+        <v>451</v>
+      </c>
+      <c r="AC1671" s="3">
+        <v>48000</v>
+      </c>
+    </row>
+    <row r="1672" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1672" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1672" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q1672">
+        <v>95</v>
+      </c>
+      <c r="W1672">
+        <v>250</v>
+      </c>
+      <c r="AC1672" s="3">
+        <v>26640</v>
+      </c>
+    </row>
+    <row r="1673" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1673" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1673" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q1673">
+        <v>95</v>
+      </c>
+      <c r="W1673">
+        <v>477</v>
+      </c>
+      <c r="AC1673">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1674" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1674" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1674" t="s">
+        <v>376</v>
+      </c>
+      <c r="Q1674">
+        <v>95</v>
+      </c>
+      <c r="W1674">
+        <v>476</v>
+      </c>
+      <c r="AC1674">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1675" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1675" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1675" t="s">
+        <v>377</v>
+      </c>
+      <c r="Q1675">
+        <v>95</v>
+      </c>
+      <c r="W1675">
+        <v>232</v>
+      </c>
+      <c r="AC1675">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1676" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1676" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1676" t="s">
+        <v>378</v>
+      </c>
+      <c r="Q1676">
+        <v>95</v>
+      </c>
+      <c r="W1676">
+        <v>233</v>
+      </c>
+      <c r="AC1676">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1677" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1677" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1677" t="s">
+        <v>379</v>
+      </c>
+      <c r="Q1677">
+        <v>95</v>
+      </c>
+      <c r="W1677">
+        <v>245</v>
+      </c>
+      <c r="AC1677" s="3">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="1678" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1678" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1678">
         <v>7942113</v>
       </c>
-      <c r="L1592" t="s">
+      <c r="K1678" t="s">
         <v>19</v>
       </c>
-      <c r="O1592">
-[...8 lines deleted...]
-      <c r="W1592" t="s">
+      <c r="N1678">
+        <v>100035</v>
+      </c>
+      <c r="P1678" s="2">
+        <v>33147</v>
+      </c>
+      <c r="S1678" s="2">
+        <v>48883</v>
+      </c>
+      <c r="U1678" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1678" s="3">
+        <v>32800</v>
+      </c>
+      <c r="AI1678" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1679" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1679" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1679">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1680" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1680" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1680" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1681" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1681" t="s">
         <v>25</v>
       </c>
-      <c r="AC1592" s="3">
-[...15 lines deleted...]
-      <c r="B1594" t="s">
+      <c r="G1681" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1681" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1681" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1682" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1682" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1683" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1683" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1683" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1683">
+        <v>95</v>
+      </c>
+      <c r="W1683">
+        <v>297</v>
+      </c>
+      <c r="AC1683" s="3">
+        <v>32800</v>
+      </c>
+    </row>
+    <row r="1684" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1684" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1684" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q1684">
+        <v>95</v>
+      </c>
+      <c r="W1684">
+        <v>451</v>
+      </c>
+      <c r="AC1684" s="3">
+        <v>32800</v>
+      </c>
+    </row>
+    <row r="1685" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1685" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1685">
+        <v>7942113</v>
+      </c>
+      <c r="K1685" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1685">
+        <v>100051</v>
+      </c>
+      <c r="P1685" s="2">
+        <v>33664</v>
+      </c>
+      <c r="S1685" s="2">
+        <v>47057</v>
+      </c>
+      <c r="U1685" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1685" s="3">
+        <v>5000</v>
+      </c>
+      <c r="AI1685" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1686" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1686" t="s">
         <v>22</v>
       </c>
-      <c r="N1594" t="s">
+      <c r="V1686">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="1687" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1687" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D1595" t="s">
+      <c r="M1687" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1688" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1688" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1688" t="s">
         <v>26</v>
       </c>
-      <c r="H1595" t="s">
+      <c r="O1688" t="s">
         <v>27</v>
       </c>
-      <c r="P1595" t="s">
+      <c r="V1688" t="s">
         <v>28</v>
       </c>
-      <c r="X1595" t="s">
+    </row>
+    <row r="1689" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1689" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1596" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD1596" t="s">
+    <row r="1690" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1690" t="s">
         <v>30</v>
       </c>
-    </row>
-[...112 lines deleted...]
-      <c r="Y1603">
+      <c r="H1690" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1690">
+        <v>95</v>
+      </c>
+      <c r="W1690">
         <v>297</v>
       </c>
-      <c r="AE1603" s="3">
-[...24 lines deleted...]
-      <c r="I1605" t="s">
+      <c r="AC1690" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1691" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1691" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1691" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q1691">
+        <v>95</v>
+      </c>
+      <c r="W1691">
+        <v>451</v>
+      </c>
+      <c r="AC1691" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1692" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1692" t="s">
         <v>349</v>
       </c>
-      <c r="S1605">
-[...520 lines deleted...]
-      <c r="AC1636" s="3">
+      <c r="I1692">
+        <v>7942113</v>
+      </c>
+      <c r="K1692" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1692">
+        <v>100056</v>
+      </c>
+      <c r="P1692" s="2">
+        <v>34060</v>
+      </c>
+      <c r="S1692" s="2">
+        <v>48883</v>
+      </c>
+      <c r="U1692" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1692" s="3">
         <v>48000</v>
       </c>
-    </row>
-[...121 lines deleted...]
-      <c r="U1643" t="s">
+      <c r="AI1692" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1693" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1693" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1693">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1694" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1694" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1694" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1695" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1695" t="s">
         <v>25</v>
       </c>
-      <c r="AA1643" s="3">
-[...23 lines deleted...]
-      <c r="D1646" t="s">
+      <c r="G1695" t="s">
         <v>26</v>
       </c>
-      <c r="G1646" t="s">
+      <c r="O1695" t="s">
         <v>27</v>
       </c>
-      <c r="O1646" t="s">
+      <c r="V1695" t="s">
         <v>28</v>
       </c>
-      <c r="V1646" t="s">
+    </row>
+    <row r="1696" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1696" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1647" spans="2:35" x14ac:dyDescent="0.25">
-[...783 lines deleted...]
-    <row r="1697" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="1697" spans="1:34" x14ac:dyDescent="0.25">
       <c r="R1697">
         <v>39</v>
       </c>
     </row>
-    <row r="1698" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="1698" spans="1:34" x14ac:dyDescent="0.25">
       <c r="I1698" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="1699" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="1699" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A1699" t="s">
         <v>1</v>
       </c>
       <c r="F1699" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="1700" spans="1:35" x14ac:dyDescent="0.25">
+    <row r="1700" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A1700" t="s">
         <v>3</v>
       </c>
       <c r="F1700">
         <v>67977322</v>
       </c>
       <c r="AF1700" t="s">
         <v>4</v>
       </c>
       <c r="AG1700" s="2">
-        <v>45931</v>
-[...2 lines deleted...]
-    <row r="1701" spans="1:35" x14ac:dyDescent="0.25">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:34" x14ac:dyDescent="0.25">
       <c r="C1701" t="s">
         <v>5</v>
       </c>
       <c r="I1701" t="s">
         <v>6</v>
       </c>
       <c r="J1701" t="s">
         <v>7</v>
       </c>
       <c r="L1701" t="s">
         <v>8</v>
       </c>
       <c r="N1701" t="s">
         <v>9</v>
       </c>
       <c r="P1701" t="s">
         <v>10</v>
       </c>
       <c r="S1701" t="s">
         <v>11</v>
       </c>
       <c r="T1701" s="1" t="s">
         <v>12</v>
       </c>
       <c r="V1701" t="s">
         <v>13</v>
       </c>
       <c r="X1701" t="s">
         <v>14</v>
       </c>
       <c r="Z1701" t="s">
         <v>15</v>
       </c>
       <c r="AD1701" t="s">
         <v>16</v>
       </c>
       <c r="AH1701" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="1702" spans="1:35" x14ac:dyDescent="0.25">
-[...54 lines deleted...]
-      <c r="V1705" t="s">
+    <row r="1702" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1702" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1702" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q1702">
+        <v>95</v>
+      </c>
+      <c r="W1702">
+        <v>564</v>
+      </c>
+      <c r="AC1702" s="3">
+        <v>9216</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1703" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1703" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q1703">
+        <v>95</v>
+      </c>
+      <c r="W1703">
+        <v>80</v>
+      </c>
+      <c r="AC1703" s="3">
+        <v>10944</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1704" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1704" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1704">
+        <v>95</v>
+      </c>
+      <c r="W1704">
+        <v>297</v>
+      </c>
+      <c r="AC1704" s="3">
+        <v>27840</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1705" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1705" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q1705">
+        <v>95</v>
+      </c>
+      <c r="W1705">
+        <v>246</v>
+      </c>
+      <c r="AC1705">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1706" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1706" t="s">
+        <v>353</v>
+      </c>
+      <c r="Q1706">
+        <v>95</v>
+      </c>
+      <c r="W1706">
+        <v>257</v>
+      </c>
+      <c r="AC1706">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1707" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1707" t="s">
+        <v>354</v>
+      </c>
+      <c r="Q1707">
+        <v>95</v>
+      </c>
+      <c r="W1707">
+        <v>243</v>
+      </c>
+      <c r="AC1707">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1708" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1708" t="s">
+        <v>380</v>
+      </c>
+      <c r="Q1708">
+        <v>95</v>
+      </c>
+      <c r="W1708">
+        <v>234</v>
+      </c>
+      <c r="AC1708">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1709" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1709" t="s">
+        <v>355</v>
+      </c>
+      <c r="Q1709">
+        <v>95</v>
+      </c>
+      <c r="W1709">
+        <v>259</v>
+      </c>
+      <c r="AC1709" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1710" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1710" t="s">
+        <v>356</v>
+      </c>
+      <c r="Q1710">
+        <v>95</v>
+      </c>
+      <c r="W1710">
+        <v>268</v>
+      </c>
+      <c r="AC1710" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1711" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1711" t="s">
+        <v>358</v>
+      </c>
+      <c r="Q1711">
+        <v>95</v>
+      </c>
+      <c r="W1711">
+        <v>484</v>
+      </c>
+      <c r="AC1711">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="E1712" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1712" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q1712">
+        <v>95</v>
+      </c>
+      <c r="W1712">
+        <v>278</v>
+      </c>
+      <c r="AC1712">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1713" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1713" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1713" t="s">
+        <v>362</v>
+      </c>
+      <c r="Q1713">
+        <v>95</v>
+      </c>
+      <c r="W1713">
+        <v>263</v>
+      </c>
+      <c r="AC1713">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1714" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1714" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1714" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q1714">
+        <v>95</v>
+      </c>
+      <c r="W1714">
+        <v>92</v>
+      </c>
+      <c r="AC1714" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1715" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1715" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1715" t="s">
+        <v>363</v>
+      </c>
+      <c r="Q1715">
+        <v>95</v>
+      </c>
+      <c r="W1715">
+        <v>260</v>
+      </c>
+      <c r="AC1715">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1716" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1716" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1716" t="s">
+        <v>365</v>
+      </c>
+      <c r="Q1716">
+        <v>95</v>
+      </c>
+      <c r="W1716">
+        <v>483</v>
+      </c>
+      <c r="AC1716">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1717" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1717" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1717" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q1717">
+        <v>95</v>
+      </c>
+      <c r="W1717">
+        <v>242</v>
+      </c>
+      <c r="AC1717">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1718" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1718" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1718" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q1718">
+        <v>95</v>
+      </c>
+      <c r="W1718">
+        <v>475</v>
+      </c>
+      <c r="AC1718">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1719" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1719" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1719" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q1719">
+        <v>95</v>
+      </c>
+      <c r="W1719">
+        <v>264</v>
+      </c>
+      <c r="AC1719" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="1720" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1720" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1720" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q1720">
+        <v>95</v>
+      </c>
+      <c r="W1720">
+        <v>481</v>
+      </c>
+      <c r="AC1720" s="3">
+        <v>6181</v>
+      </c>
+    </row>
+    <row r="1721" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1721" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1721" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q1721">
+        <v>95</v>
+      </c>
+      <c r="W1721">
+        <v>482</v>
+      </c>
+      <c r="AC1721" s="3">
+        <v>14450</v>
+      </c>
+    </row>
+    <row r="1722" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1722" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1722" t="s">
+        <v>382</v>
+      </c>
+      <c r="Q1722">
+        <v>95</v>
+      </c>
+      <c r="W1722">
+        <v>608</v>
+      </c>
+      <c r="AC1722" s="3">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="1723" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1723" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1723" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q1723">
+        <v>95</v>
+      </c>
+      <c r="W1723">
+        <v>547</v>
+      </c>
+      <c r="AC1723">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1724" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1724" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1724" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q1724">
+        <v>95</v>
+      </c>
+      <c r="W1724">
+        <v>545</v>
+      </c>
+      <c r="AC1724">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1725" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1725" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1725" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q1725">
+        <v>95</v>
+      </c>
+      <c r="W1725">
+        <v>251</v>
+      </c>
+      <c r="AC1725">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1726" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1726" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1726" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q1726">
+        <v>95</v>
+      </c>
+      <c r="W1726">
+        <v>265</v>
+      </c>
+      <c r="AC1726" s="3">
+        <v>6100</v>
+      </c>
+    </row>
+    <row r="1727" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E1727" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1727" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q1727">
+        <v>95</v>
+      </c>
+      <c r="W1727">
+        <v>284</v>
+      </c>
+      <c r="AC1727">
         <v>29</v>
       </c>
     </row>
-    <row r="1706" spans="1:35" x14ac:dyDescent="0.25">
-[...319 lines deleted...]
-    <row r="1728" spans="2:35" x14ac:dyDescent="0.25">
+    <row r="1728" spans="5:29" x14ac:dyDescent="0.25">
       <c r="E1728" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1728" t="s">
-        <v>385</v>
+        <v>373</v>
       </c>
       <c r="Q1728">
         <v>95</v>
       </c>
       <c r="W1728">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>1848</v>
+        <v>275</v>
+      </c>
+      <c r="AC1728">
+        <v>100</v>
       </c>
     </row>
     <row r="1729" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E1729" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1729" t="s">
-        <v>386</v>
+        <v>103</v>
       </c>
       <c r="Q1729">
         <v>95</v>
       </c>
       <c r="W1729">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>451</v>
+      </c>
+      <c r="AC1729" s="3">
+        <v>4890</v>
       </c>
     </row>
     <row r="1730" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="C1730" t="s">
-[...2 lines deleted...]
-      <c r="I1730">
+      <c r="E1730" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1730" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q1730">
+        <v>95</v>
+      </c>
+      <c r="W1730">
+        <v>250</v>
+      </c>
+      <c r="AC1730">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1731" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1731" t="s">
+        <v>377</v>
+      </c>
+      <c r="Q1731">
+        <v>95</v>
+      </c>
+      <c r="W1731">
+        <v>232</v>
+      </c>
+      <c r="AC1731">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1732" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1732">
         <v>7942113</v>
       </c>
-      <c r="K1730" t="s">
+      <c r="K1732" t="s">
         <v>19</v>
       </c>
-      <c r="N1730">
-[...14 lines deleted...]
-      <c r="AI1730" t="s">
+      <c r="N1732">
+        <v>100120</v>
+      </c>
+      <c r="P1732" s="2">
+        <v>34578</v>
+      </c>
+      <c r="S1732" s="2">
+        <v>47422</v>
+      </c>
+      <c r="U1732" t="s">
         <v>20</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="Y1731" t="s">
+      <c r="AA1732" s="3">
+        <v>18430</v>
+      </c>
+      <c r="AI1732" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1733" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1733">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1734" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1734" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1735" t="s">
         <v>25</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="D1733" t="s">
+      <c r="G1735" t="s">
         <v>26</v>
       </c>
-      <c r="G1733" t="s">
+      <c r="O1735" t="s">
         <v>27</v>
       </c>
-      <c r="O1733" t="s">
+      <c r="V1735" t="s">
         <v>28</v>
       </c>
-      <c r="V1733" t="s">
+    </row>
+    <row r="1736" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1736" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1734" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="AB1734" t="s">
+    <row r="1737" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1737" t="s">
         <v>30</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="R1737">
+      <c r="H1737" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q1737">
+        <v>95</v>
+      </c>
+      <c r="W1737">
+        <v>554</v>
+      </c>
+      <c r="AC1737" s="3">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1738" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1738" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1738">
+        <v>95</v>
+      </c>
+      <c r="W1738">
+        <v>297</v>
+      </c>
+      <c r="AC1738" s="3">
+        <v>13030</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1739" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1739" t="s">
+        <v>358</v>
+      </c>
+      <c r="Q1739">
+        <v>95</v>
+      </c>
+      <c r="W1739">
+        <v>484</v>
+      </c>
+      <c r="AC1739" s="3">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R1740">
         <v>40</v>
       </c>
     </row>
-    <row r="1738" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="I1738" s="1" t="s">
+    <row r="1741" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I1741" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="1739" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A1739" t="s">
+    <row r="1742" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1742" t="s">
         <v>1</v>
       </c>
-      <c r="F1739" t="s">
+      <c r="F1742" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="1740" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A1740" t="s">
+    <row r="1743" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1743" t="s">
         <v>3</v>
       </c>
-      <c r="F1740">
+      <c r="F1743">
         <v>67977322</v>
       </c>
-      <c r="AF1740" t="s">
+      <c r="AF1743" t="s">
         <v>4</v>
       </c>
-      <c r="AG1740" s="2">
-[...4 lines deleted...]
-      <c r="C1741" t="s">
+      <c r="AG1743" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1744" t="s">
         <v>5</v>
       </c>
-      <c r="I1741" t="s">
+      <c r="I1744" t="s">
         <v>6</v>
       </c>
-      <c r="J1741" t="s">
+      <c r="J1744" t="s">
         <v>7</v>
       </c>
-      <c r="L1741" t="s">
+      <c r="L1744" t="s">
         <v>8</v>
       </c>
-      <c r="N1741" t="s">
+      <c r="N1744" t="s">
         <v>9</v>
       </c>
-      <c r="P1741" t="s">
+      <c r="P1744" t="s">
         <v>10</v>
       </c>
-      <c r="S1741" t="s">
+      <c r="S1744" t="s">
         <v>11</v>
       </c>
-      <c r="T1741" s="1" t="s">
+      <c r="T1744" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="V1741" t="s">
+      <c r="V1744" t="s">
         <v>13</v>
       </c>
-      <c r="X1741" t="s">
+      <c r="X1744" t="s">
         <v>14</v>
       </c>
-      <c r="Z1741" t="s">
+      <c r="Z1744" t="s">
         <v>15</v>
       </c>
-      <c r="AD1741" t="s">
+      <c r="AD1744" t="s">
         <v>16</v>
       </c>
-      <c r="AH1741" t="s">
+      <c r="AH1744" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="1742" spans="1:35" x14ac:dyDescent="0.25">
-[...43 lines deleted...]
-    </row>
     <row r="1745" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="D1745" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="E1745" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1745" t="s">
+        <v>383</v>
+      </c>
+      <c r="Q1745">
+        <v>95</v>
+      </c>
+      <c r="W1745">
+        <v>276</v>
+      </c>
+      <c r="AC1745">
+        <v>817</v>
       </c>
     </row>
     <row r="1746" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="AB1746" t="s">
-        <v>30</v>
+      <c r="E1746" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1746" t="s">
+        <v>384</v>
+      </c>
+      <c r="Q1746">
+        <v>95</v>
+      </c>
+      <c r="W1746">
+        <v>262</v>
+      </c>
+      <c r="AC1746" s="3">
+        <v>1250</v>
       </c>
     </row>
     <row r="1747" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1747" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H1747" t="s">
-        <v>43</v>
+        <v>385</v>
       </c>
       <c r="Q1747">
         <v>95</v>
       </c>
       <c r="W1747">
-        <v>297</v>
+        <v>252</v>
       </c>
       <c r="AC1747" s="3">
-        <v>21747</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="1748" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1748" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1748" t="s">
-        <v>182</v>
+        <v>369</v>
       </c>
       <c r="Q1748">
         <v>95</v>
       </c>
       <c r="W1748">
-        <v>628</v>
+        <v>547</v>
       </c>
       <c r="AC1748" s="3">
-        <v>21747</v>
+        <v>11320</v>
       </c>
     </row>
     <row r="1749" spans="2:35" x14ac:dyDescent="0.25">
       <c r="C1749" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I1749">
         <v>7942113</v>
       </c>
       <c r="K1749" t="s">
         <v>19</v>
       </c>
       <c r="N1749">
-        <v>134258</v>
+        <v>100132</v>
       </c>
       <c r="P1749" s="2">
-        <v>38718</v>
+        <v>35004</v>
       </c>
       <c r="S1749" s="2">
-        <v>48883</v>
+        <v>47057</v>
       </c>
       <c r="U1749" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AA1749" s="3">
-        <v>55000</v>
+        <v>10000</v>
       </c>
       <c r="AI1749" t="s">
-        <v>35</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1750" spans="2:35" x14ac:dyDescent="0.25">
       <c r="L1750" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="V1750">
-        <v>2952</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="1751" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B1751" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M1751" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1752" spans="2:35" x14ac:dyDescent="0.25">
       <c r="D1752" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1752" t="s">
         <v>26</v>
       </c>
-      <c r="G1752" t="s">
+      <c r="O1752" t="s">
         <v>27</v>
       </c>
-      <c r="O1752" t="s">
+      <c r="V1752" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="1753" spans="2:35" x14ac:dyDescent="0.25">
       <c r="AB1753" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1754" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1754" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H1754" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="Q1754">
         <v>95</v>
       </c>
       <c r="W1754">
         <v>297</v>
       </c>
       <c r="AC1754" s="3">
-        <v>55000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="1755" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1755" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1755" t="s">
         <v>33</v>
       </c>
-      <c r="H1755" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q1755">
         <v>95</v>
       </c>
       <c r="W1755">
-        <v>640</v>
+        <v>92</v>
       </c>
       <c r="AC1755" s="3">
-        <v>42563</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="1756" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1756" t="s">
-[...12 lines deleted...]
-        <v>12437</v>
+      <c r="C1756" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1756">
+        <v>7942113</v>
+      </c>
+      <c r="K1756" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1756">
+        <v>121293</v>
+      </c>
+      <c r="P1756" s="2">
+        <v>35798</v>
+      </c>
+      <c r="S1756" s="2">
+        <v>48518</v>
+      </c>
+      <c r="U1756" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1756" s="3">
+        <v>2464</v>
+      </c>
+      <c r="AI1756" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="1757" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="C1757" t="s">
-[...17 lines deleted...]
-      <c r="U1757" t="s">
+      <c r="L1757" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1757">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="1758" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1758" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1758" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1759" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1759" t="s">
         <v>25</v>
       </c>
-      <c r="AA1757" s="3">
-[...19 lines deleted...]
-        <v>23</v>
+      <c r="G1759" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1759" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1759" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="1760" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="D1760" t="s">
-[...8 lines deleted...]
-      <c r="V1760" t="s">
+      <c r="AB1760" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="1761" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="AB1761" t="s">
+      <c r="E1761" t="s">
         <v>30</v>
+      </c>
+      <c r="H1761" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q1761">
+        <v>95</v>
+      </c>
+      <c r="W1761">
+        <v>4</v>
+      </c>
+      <c r="AC1761" s="3">
+        <v>1848</v>
       </c>
     </row>
     <row r="1762" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1762" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H1762" t="s">
-        <v>177</v>
+        <v>37</v>
       </c>
       <c r="Q1762">
         <v>95</v>
       </c>
       <c r="W1762">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>110704</v>
+        <v>543</v>
+      </c>
+      <c r="AC1762">
+        <v>616</v>
       </c>
     </row>
     <row r="1763" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1763" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1763" t="s">
-        <v>125</v>
+        <v>386</v>
       </c>
       <c r="Q1763">
         <v>95</v>
       </c>
       <c r="W1763">
-        <v>472</v>
+        <v>290</v>
       </c>
       <c r="AC1763" s="3">
-        <v>30500</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="1764" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1764" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1764" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="Q1764">
         <v>95</v>
       </c>
       <c r="W1764">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>75704</v>
+        <v>248</v>
+      </c>
+      <c r="AC1764">
+        <v>616</v>
       </c>
     </row>
     <row r="1765" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1765" t="s">
-[...12 lines deleted...]
-        <v>4500</v>
+      <c r="C1765" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1765">
+        <v>7942113</v>
+      </c>
+      <c r="K1765" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1765">
+        <v>127115</v>
+      </c>
+      <c r="P1765" s="2">
+        <v>37240</v>
+      </c>
+      <c r="S1765" s="2">
+        <v>46843</v>
+      </c>
+      <c r="U1765" t="s">
+        <v>19</v>
+      </c>
+      <c r="AA1765" s="3">
+        <v>50350</v>
+      </c>
+      <c r="AI1765" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="1766" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="C1766" t="s">
-[...17 lines deleted...]
-      <c r="U1766" t="s">
+      <c r="L1766" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1766">
+        <v>820</v>
+      </c>
+      <c r="Y1766" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1767" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1767" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1767" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1768" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1768" t="s">
         <v>25</v>
       </c>
-      <c r="AA1766" s="3">
-[...19 lines deleted...]
-        <v>23</v>
+      <c r="G1768" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1768" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1768" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="1769" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="D1769" t="s">
-[...8 lines deleted...]
-      <c r="V1769" t="s">
+      <c r="AB1769" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="1770" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="AB1770" t="s">
+      <c r="E1770" t="s">
         <v>30</v>
+      </c>
+      <c r="H1770" t="s">
+        <v>388</v>
+      </c>
+      <c r="Q1770">
+        <v>95</v>
+      </c>
+      <c r="W1770">
+        <v>619</v>
+      </c>
+      <c r="AC1770" s="3">
+        <v>50350</v>
       </c>
     </row>
     <row r="1771" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1771" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H1771" t="s">
-        <v>43</v>
+        <v>389</v>
       </c>
       <c r="Q1771">
         <v>95</v>
       </c>
       <c r="W1771">
+        <v>618</v>
+      </c>
+      <c r="AC1771" s="3">
+        <v>50350</v>
+      </c>
+    </row>
+    <row r="1772" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1772" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1772">
+        <v>7942113</v>
+      </c>
+      <c r="K1772" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1772">
+        <v>132124</v>
+      </c>
+      <c r="P1772" s="2">
+        <v>38107</v>
+      </c>
+      <c r="S1772" s="2">
+        <v>48518</v>
+      </c>
+      <c r="U1772" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1772" s="3">
+        <v>21747</v>
+      </c>
+      <c r="AI1772" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1773" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1773" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1773">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="1774" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1774" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1774" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1775" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1775" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1775" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1775" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1775" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1776" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1776" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1777" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1777" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1777">
+        <v>95</v>
+      </c>
+      <c r="W1777">
         <v>297</v>
       </c>
-      <c r="AC1771" s="3">
-[...66 lines deleted...]
-      <c r="R1776">
+      <c r="AC1777" s="3">
+        <v>21747</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1778" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1778" t="s">
+        <v>303</v>
+      </c>
+      <c r="Q1778">
+        <v>95</v>
+      </c>
+      <c r="W1778">
+        <v>217</v>
+      </c>
+      <c r="AC1778">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1779" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1779" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q1779">
+        <v>95</v>
+      </c>
+      <c r="W1779">
+        <v>470</v>
+      </c>
+      <c r="AC1779" s="3">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R1780">
         <v>41</v>
       </c>
     </row>
-    <row r="1777" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="I1777" s="1" t="s">
+    <row r="1781" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I1781" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="1778" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A1778" t="s">
+    <row r="1782" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1782" t="s">
         <v>1</v>
       </c>
-      <c r="F1778" t="s">
+      <c r="F1782" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="1779" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A1779" t="s">
+    <row r="1783" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1783" t="s">
         <v>3</v>
       </c>
-      <c r="F1779">
+      <c r="F1783">
         <v>67977322</v>
       </c>
-      <c r="AF1779" t="s">
+      <c r="AF1783" t="s">
         <v>4</v>
       </c>
-      <c r="AG1779" s="2">
-[...4 lines deleted...]
-      <c r="C1780" t="s">
+      <c r="AG1783" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1784" t="s">
         <v>5</v>
       </c>
-      <c r="I1780" t="s">
+      <c r="I1784" t="s">
         <v>6</v>
       </c>
-      <c r="J1780" t="s">
+      <c r="J1784" t="s">
         <v>7</v>
       </c>
-      <c r="L1780" t="s">
+      <c r="L1784" t="s">
         <v>8</v>
       </c>
-      <c r="N1780" t="s">
+      <c r="N1784" t="s">
         <v>9</v>
       </c>
-      <c r="P1780" t="s">
+      <c r="P1784" t="s">
         <v>10</v>
       </c>
-      <c r="S1780" t="s">
+      <c r="S1784" t="s">
         <v>11</v>
       </c>
-      <c r="T1780" s="1" t="s">
+      <c r="T1784" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="V1780" t="s">
+      <c r="V1784" t="s">
         <v>13</v>
       </c>
-      <c r="X1780" t="s">
+      <c r="X1784" t="s">
         <v>14</v>
       </c>
-      <c r="Z1780" t="s">
+      <c r="Z1784" t="s">
         <v>15</v>
       </c>
-      <c r="AD1780" t="s">
+      <c r="AD1784" t="s">
         <v>16</v>
       </c>
-      <c r="AH1780" t="s">
+      <c r="AH1784" t="s">
         <v>17</v>
-      </c>
-[...51 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="1785" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E1785" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1785" t="s">
-        <v>80</v>
+        <v>317</v>
       </c>
       <c r="Q1785">
         <v>95</v>
       </c>
       <c r="W1785">
-        <v>188</v>
+        <v>315</v>
       </c>
       <c r="AC1785" s="3">
-        <v>10000</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1786" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E1786" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1786" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="Q1786">
         <v>95</v>
       </c>
       <c r="W1786">
-        <v>228</v>
+        <v>303</v>
       </c>
       <c r="AC1786">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1787" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="C1787" t="s">
-[...2 lines deleted...]
-      <c r="I1787">
+      <c r="E1787" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1787" t="s">
+        <v>185</v>
+      </c>
+      <c r="Q1787">
+        <v>95</v>
+      </c>
+      <c r="W1787">
+        <v>628</v>
+      </c>
+      <c r="AC1787" s="3">
+        <v>15597</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1788" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1788">
         <v>7942113</v>
       </c>
-      <c r="K1787" t="s">
+      <c r="K1788" t="s">
         <v>19</v>
       </c>
-      <c r="N1787">
-[...14 lines deleted...]
-      <c r="AI1787" t="s">
+      <c r="N1788">
+        <v>134258</v>
+      </c>
+      <c r="P1788" s="2">
+        <v>38718</v>
+      </c>
+      <c r="S1788" s="2">
+        <v>48883</v>
+      </c>
+      <c r="U1788" t="s">
         <v>20</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <v>2738</v>
+      <c r="AA1788" s="3">
+        <v>55000</v>
+      </c>
+      <c r="AI1788" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="1789" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="B1789" t="s">
+      <c r="L1789" t="s">
         <v>22</v>
       </c>
-      <c r="M1789" t="s">
+      <c r="V1789">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1790" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D1790" t="s">
+      <c r="M1790" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1791" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1791" t="s">
         <v>26</v>
       </c>
-      <c r="G1790" t="s">
+      <c r="O1791" t="s">
         <v>27</v>
       </c>
-      <c r="O1790" t="s">
+      <c r="V1791" t="s">
         <v>28</v>
       </c>
-      <c r="V1790" t="s">
+    </row>
+    <row r="1792" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1792" t="s">
         <v>29</v>
-      </c>
-[...20 lines deleted...]
-        <v>36928</v>
       </c>
     </row>
     <row r="1793" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1793" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="H1793" t="s">
-        <v>368</v>
+        <v>48</v>
       </c>
       <c r="Q1793">
         <v>95</v>
       </c>
       <c r="W1793">
-        <v>547</v>
+        <v>297</v>
       </c>
       <c r="AC1793" s="3">
-        <v>36928</v>
+        <v>55000</v>
       </c>
     </row>
     <row r="1794" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="C1794" t="s">
-[...24 lines deleted...]
-        <v>35</v>
+      <c r="E1794" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1794" t="s">
+        <v>351</v>
+      </c>
+      <c r="Q1794">
+        <v>95</v>
+      </c>
+      <c r="W1794">
+        <v>246</v>
+      </c>
+      <c r="AC1794" s="3">
+        <v>3490</v>
       </c>
     </row>
     <row r="1795" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="L1795" t="s">
-[...3 lines deleted...]
-        <v>1856</v>
+      <c r="E1795" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1795" t="s">
+        <v>390</v>
+      </c>
+      <c r="Q1795">
+        <v>95</v>
+      </c>
+      <c r="W1795">
+        <v>674</v>
+      </c>
+      <c r="AC1795" s="3">
+        <v>15000</v>
       </c>
     </row>
     <row r="1796" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="B1796" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="E1796" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1796" t="s">
+        <v>358</v>
+      </c>
+      <c r="Q1796">
+        <v>95</v>
+      </c>
+      <c r="W1796">
+        <v>484</v>
+      </c>
+      <c r="AC1796">
+        <v>890</v>
       </c>
     </row>
     <row r="1797" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="D1797" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="E1797" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1797" t="s">
+        <v>362</v>
+      </c>
+      <c r="Q1797">
+        <v>95</v>
+      </c>
+      <c r="W1797">
+        <v>263</v>
+      </c>
+      <c r="AC1797" s="3">
+        <v>5600</v>
       </c>
     </row>
     <row r="1798" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="AB1798" t="s">
-        <v>30</v>
+      <c r="E1798" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1798" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q1798">
+        <v>95</v>
+      </c>
+      <c r="W1798">
+        <v>237</v>
+      </c>
+      <c r="AC1798" s="3">
+        <v>7840</v>
       </c>
     </row>
     <row r="1799" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1799" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H1799" t="s">
-        <v>43</v>
+        <v>363</v>
       </c>
       <c r="Q1799">
         <v>95</v>
       </c>
       <c r="W1799">
-        <v>297</v>
+        <v>260</v>
       </c>
       <c r="AC1799" s="3">
-        <v>2000</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1800" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1800" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1800" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="Q1800">
         <v>95</v>
       </c>
       <c r="W1800">
         <v>482</v>
       </c>
       <c r="AC1800" s="3">
         <v>2000</v>
       </c>
     </row>
     <row r="1801" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="C1801" t="s">
-[...2 lines deleted...]
-      <c r="I1801">
+      <c r="E1801" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1801" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q1801">
+        <v>95</v>
+      </c>
+      <c r="W1801">
+        <v>547</v>
+      </c>
+      <c r="AC1801" s="3">
+        <v>4990</v>
+      </c>
+    </row>
+    <row r="1802" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1802" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1802" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q1802">
+        <v>95</v>
+      </c>
+      <c r="W1802">
+        <v>251</v>
+      </c>
+      <c r="AC1802" s="3">
+        <v>4990</v>
+      </c>
+    </row>
+    <row r="1803" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1803" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1803" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q1803">
+        <v>95</v>
+      </c>
+      <c r="W1803">
+        <v>451</v>
+      </c>
+      <c r="AC1803" s="3">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="1804" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1804" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1804" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q1804">
+        <v>95</v>
+      </c>
+      <c r="W1804">
+        <v>250</v>
+      </c>
+      <c r="AC1804" s="3">
+        <v>3990</v>
+      </c>
+    </row>
+    <row r="1805" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1805" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1805">
         <v>7942113</v>
       </c>
-      <c r="K1801" t="s">
+      <c r="K1805" t="s">
         <v>19</v>
       </c>
-      <c r="N1801">
-[...8 lines deleted...]
-      <c r="U1801" t="s">
+      <c r="N1805">
+        <v>135434</v>
+      </c>
+      <c r="P1805" s="2">
+        <v>39753</v>
+      </c>
+      <c r="S1805" s="2">
+        <v>47208</v>
+      </c>
+      <c r="U1805" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1805" s="3">
+        <v>110704</v>
+      </c>
+      <c r="AI1805" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1806" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1806" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1806">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="1807" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1807" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1807" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1808" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1808" t="s">
         <v>25</v>
       </c>
-      <c r="AA1801" s="3">
-[...23 lines deleted...]
-      <c r="D1804" t="s">
+      <c r="G1808" t="s">
         <v>26</v>
       </c>
-      <c r="G1804" t="s">
+      <c r="O1808" t="s">
         <v>27</v>
       </c>
-      <c r="O1804" t="s">
+      <c r="V1808" t="s">
         <v>28</v>
       </c>
-      <c r="V1804" t="s">
+    </row>
+    <row r="1809" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1809" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1805" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="AB1805" t="s">
+    <row r="1810" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1810" t="s">
         <v>30</v>
       </c>
-    </row>
-[...76 lines deleted...]
-        <v>23</v>
+      <c r="H1810" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q1810">
+        <v>95</v>
+      </c>
+      <c r="W1810">
+        <v>235</v>
+      </c>
+      <c r="AC1810" s="3">
+        <v>110704</v>
       </c>
     </row>
     <row r="1811" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="D1811" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="E1811" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1811" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q1811">
+        <v>95</v>
+      </c>
+      <c r="W1811">
+        <v>472</v>
+      </c>
+      <c r="AC1811" s="3">
+        <v>30500</v>
       </c>
     </row>
     <row r="1812" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="AB1812" t="s">
-        <v>30</v>
+      <c r="E1812" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1812" t="s">
+        <v>390</v>
+      </c>
+      <c r="Q1812">
+        <v>95</v>
+      </c>
+      <c r="W1812">
+        <v>674</v>
+      </c>
+      <c r="AC1812" s="3">
+        <v>75704</v>
       </c>
     </row>
     <row r="1813" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E1813" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H1813" t="s">
-        <v>118</v>
+        <v>162</v>
       </c>
       <c r="Q1813">
         <v>95</v>
       </c>
       <c r="W1813">
-        <v>187</v>
+        <v>284</v>
       </c>
       <c r="AC1813" s="3">
-        <v>50000</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="1814" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="E1814" t="s">
-[...12 lines deleted...]
-        <v>50000</v>
+      <c r="C1814" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1814">
+        <v>7942113</v>
+      </c>
+      <c r="K1814" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1814">
+        <v>135602</v>
+      </c>
+      <c r="P1814" s="2">
+        <v>43344</v>
+      </c>
+      <c r="S1814" s="2">
+        <v>47057</v>
+      </c>
+      <c r="U1814" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1814" s="3">
+        <v>15000</v>
+      </c>
+      <c r="AI1814" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="1815" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="R1815">
+      <c r="L1815" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1815">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1816" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1816" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1817" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1817" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1817" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1817" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1818" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1819" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1819" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1819">
+        <v>95</v>
+      </c>
+      <c r="W1819">
+        <v>297</v>
+      </c>
+      <c r="AC1819" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1820" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1820" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q1820">
+        <v>95</v>
+      </c>
+      <c r="W1820">
+        <v>640</v>
+      </c>
+      <c r="AC1820" s="3">
+        <v>10403</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R1821">
         <v>42</v>
       </c>
     </row>
-    <row r="1816" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="I1816" s="1" t="s">
+    <row r="1822" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I1822" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="1817" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A1817" t="s">
+    <row r="1823" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1823" t="s">
         <v>1</v>
       </c>
-      <c r="F1817" t="s">
+      <c r="F1823" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="1818" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A1818" t="s">
+    <row r="1824" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1824" t="s">
         <v>3</v>
       </c>
-      <c r="F1818">
+      <c r="F1824">
         <v>67977322</v>
       </c>
-      <c r="AF1818" t="s">
+      <c r="AF1824" t="s">
         <v>4</v>
       </c>
-      <c r="AG1818" s="2">
-[...4 lines deleted...]
-      <c r="C1819" t="s">
+      <c r="AG1824" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1825" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1825" t="s">
         <v>5</v>
       </c>
-      <c r="I1819" t="s">
+      <c r="I1825" t="s">
         <v>6</v>
       </c>
-      <c r="J1819" t="s">
+      <c r="J1825" t="s">
         <v>7</v>
       </c>
-      <c r="L1819" t="s">
+      <c r="L1825" t="s">
         <v>8</v>
       </c>
-      <c r="N1819" t="s">
+      <c r="N1825" t="s">
         <v>9</v>
       </c>
-      <c r="P1819" t="s">
+      <c r="P1825" t="s">
         <v>10</v>
       </c>
-      <c r="S1819" t="s">
+      <c r="S1825" t="s">
         <v>11</v>
       </c>
-      <c r="T1819" s="1" t="s">
+      <c r="T1825" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="V1819" t="s">
+      <c r="V1825" t="s">
         <v>13</v>
       </c>
-      <c r="X1819" t="s">
+      <c r="X1825" t="s">
         <v>14</v>
       </c>
-      <c r="Z1819" t="s">
+      <c r="Z1825" t="s">
         <v>15</v>
       </c>
-      <c r="AD1819" t="s">
+      <c r="AD1825" t="s">
         <v>16</v>
       </c>
-      <c r="AH1819" t="s">
+      <c r="AH1825" t="s">
         <v>17</v>
-      </c>
-[...79 lines deleted...]
-        <v>80120</v>
       </c>
     </row>
     <row r="1826" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1826" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1826" t="s">
-        <v>102</v>
+        <v>311</v>
       </c>
       <c r="Q1826">
         <v>95</v>
       </c>
       <c r="W1826">
-        <v>481</v>
+        <v>237</v>
       </c>
       <c r="AC1826" s="3">
-        <v>80120</v>
+        <v>4597</v>
       </c>
     </row>
     <row r="1827" spans="2:35" x14ac:dyDescent="0.25">
       <c r="C1827" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I1827">
         <v>7942113</v>
       </c>
       <c r="K1827" t="s">
         <v>19</v>
       </c>
       <c r="N1827">
-        <v>140053</v>
+        <v>136459</v>
       </c>
       <c r="P1827" s="2">
-        <v>41579</v>
+        <v>39753</v>
       </c>
       <c r="S1827" s="2">
-        <v>47057</v>
+        <v>52870</v>
       </c>
       <c r="U1827" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AA1827" s="3">
-        <v>63900</v>
+        <v>11210</v>
       </c>
       <c r="AI1827" t="s">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1828" spans="2:35" x14ac:dyDescent="0.25">
       <c r="L1828" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="V1828">
-        <v>1126</v>
+        <v>6847</v>
       </c>
     </row>
     <row r="1829" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B1829" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M1829" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1830" spans="2:35" x14ac:dyDescent="0.25">
       <c r="D1830" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1830" t="s">
         <v>26</v>
       </c>
-      <c r="G1830" t="s">
+      <c r="O1830" t="s">
         <v>27</v>
       </c>
-      <c r="O1830" t="s">
+      <c r="V1830" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="1831" spans="2:35" x14ac:dyDescent="0.25">
       <c r="AB1831" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="1832" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1832" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H1832" t="s">
-        <v>392</v>
+        <v>48</v>
       </c>
       <c r="Q1832">
         <v>95</v>
       </c>
       <c r="W1832">
-        <v>759</v>
+        <v>297</v>
       </c>
       <c r="AC1832" s="3">
-        <v>63900</v>
+        <v>11210</v>
       </c>
     </row>
     <row r="1833" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1833" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1833" t="s">
-        <v>99</v>
+        <v>112</v>
       </c>
       <c r="Q1833">
         <v>95</v>
       </c>
       <c r="W1833">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>63900</v>
+        <v>459</v>
+      </c>
+      <c r="AC1833">
+        <v>710</v>
       </c>
     </row>
     <row r="1834" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="C1834" t="s">
-[...2 lines deleted...]
-      <c r="I1834">
+      <c r="E1834" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1834" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q1834">
+        <v>95</v>
+      </c>
+      <c r="W1834">
+        <v>188</v>
+      </c>
+      <c r="AC1834" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="1835" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1835" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1835" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q1835">
+        <v>95</v>
+      </c>
+      <c r="W1835">
+        <v>228</v>
+      </c>
+      <c r="AC1835">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1836" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1836" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1836">
         <v>7942113</v>
       </c>
-      <c r="K1834" t="s">
+      <c r="K1836" t="s">
         <v>19</v>
       </c>
-      <c r="N1834">
-[...8 lines deleted...]
-      <c r="U1834" t="s">
+      <c r="N1836">
+        <v>138077</v>
+      </c>
+      <c r="P1836" s="2">
+        <v>40151</v>
+      </c>
+      <c r="S1836" s="2">
+        <v>48669</v>
+      </c>
+      <c r="U1836" t="s">
+        <v>19</v>
+      </c>
+      <c r="AA1836" s="3">
+        <v>36928</v>
+      </c>
+      <c r="AI1836" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1837" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1837" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1837">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="1838" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1838" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1838" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1839" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1839" t="s">
         <v>25</v>
       </c>
-      <c r="AA1834" s="3">
-[...23 lines deleted...]
-      <c r="D1837" t="s">
+      <c r="G1839" t="s">
         <v>26</v>
       </c>
-      <c r="G1837" t="s">
+      <c r="O1839" t="s">
         <v>27</v>
       </c>
-      <c r="O1837" t="s">
+      <c r="V1839" t="s">
         <v>28</v>
       </c>
-      <c r="V1837" t="s">
+    </row>
+    <row r="1840" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1840" t="s">
         <v>29</v>
-      </c>
-[...37 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="1841" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1841" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="H1841" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="Q1841">
         <v>95</v>
       </c>
       <c r="W1841">
-        <v>256</v>
+        <v>735</v>
       </c>
       <c r="AC1841" s="3">
-        <v>2469</v>
+        <v>36928</v>
       </c>
     </row>
     <row r="1842" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="C1842" t="s">
-[...2 lines deleted...]
-      <c r="I1842">
+      <c r="E1842" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1842" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q1842">
+        <v>95</v>
+      </c>
+      <c r="W1842">
+        <v>547</v>
+      </c>
+      <c r="AC1842" s="3">
+        <v>36928</v>
+      </c>
+    </row>
+    <row r="1843" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1843" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1843">
         <v>7942113</v>
       </c>
-      <c r="K1842" t="s">
+      <c r="K1843" t="s">
         <v>19</v>
       </c>
-      <c r="N1842">
-[...5 lines deleted...]
-      <c r="S1842" s="2">
+      <c r="N1843">
+        <v>138409</v>
+      </c>
+      <c r="P1843" s="2">
+        <v>40299</v>
+      </c>
+      <c r="S1843" s="2">
         <v>47787</v>
       </c>
-      <c r="U1842" t="s">
+      <c r="U1843" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1843" s="3">
+        <v>2000</v>
+      </c>
+      <c r="AI1843" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1844" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1844" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1844">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="1845" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1845" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1845" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1846" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1846" t="s">
         <v>25</v>
       </c>
-      <c r="AA1842" s="3">
-[...23 lines deleted...]
-      <c r="D1845" t="s">
+      <c r="G1846" t="s">
         <v>26</v>
       </c>
-      <c r="G1845" t="s">
+      <c r="O1846" t="s">
         <v>27</v>
       </c>
-      <c r="O1845" t="s">
+      <c r="V1846" t="s">
         <v>28</v>
       </c>
-      <c r="V1845" t="s">
+    </row>
+    <row r="1847" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1847" t="s">
         <v>29</v>
-      </c>
-[...20 lines deleted...]
-        <v>6150</v>
       </c>
     </row>
     <row r="1848" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1848" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="H1848" t="s">
-        <v>300</v>
+        <v>48</v>
       </c>
       <c r="Q1848">
         <v>95</v>
       </c>
       <c r="W1848">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>800</v>
+        <v>297</v>
+      </c>
+      <c r="AC1848" s="3">
+        <v>2000</v>
       </c>
     </row>
     <row r="1849" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1849" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1849" t="s">
-        <v>220</v>
+        <v>135</v>
       </c>
       <c r="Q1849">
         <v>95</v>
       </c>
       <c r="W1849">
-        <v>470</v>
+        <v>640</v>
       </c>
       <c r="AC1849" s="3">
-        <v>3150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1850" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1850" t="s">
-[...12 lines deleted...]
-        <v>1600</v>
+      <c r="C1850" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1850">
+        <v>7942113</v>
+      </c>
+      <c r="K1850" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1850">
+        <v>138412</v>
+      </c>
+      <c r="P1850" s="2">
+        <v>40330</v>
+      </c>
+      <c r="S1850" s="2">
+        <v>47787</v>
+      </c>
+      <c r="U1850" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1850" s="3">
+        <v>9000</v>
+      </c>
+      <c r="AI1850" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="1851" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1851" t="s">
-[...12 lines deleted...]
-        <v>600</v>
+      <c r="L1851" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1851">
+        <v>1764</v>
       </c>
     </row>
     <row r="1852" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="C1852" t="s">
-[...2 lines deleted...]
-      <c r="I1852">
+      <c r="B1852" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1852" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1853" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1853" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1853" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1853" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1853" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1854" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1854" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1855" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1855" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1855" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1855">
+        <v>95</v>
+      </c>
+      <c r="W1855">
+        <v>297</v>
+      </c>
+      <c r="AC1855" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="1856" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1856" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1856" t="s">
+        <v>291</v>
+      </c>
+      <c r="Q1856">
+        <v>95</v>
+      </c>
+      <c r="W1856">
+        <v>226</v>
+      </c>
+      <c r="AC1856" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1857" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1857">
         <v>7942113</v>
       </c>
-      <c r="K1852" t="s">
+      <c r="K1857" t="s">
         <v>19</v>
       </c>
-      <c r="N1852">
-[...27 lines deleted...]
-      <c r="B1854" t="s">
+      <c r="N1857">
+        <v>139052</v>
+      </c>
+      <c r="P1857" s="2">
+        <v>45748</v>
+      </c>
+      <c r="S1857" s="2">
+        <v>49399</v>
+      </c>
+      <c r="U1857" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1857" s="3">
+        <v>50000</v>
+      </c>
+      <c r="AI1857" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1858" t="s">
         <v>22</v>
       </c>
-      <c r="M1854" t="s">
+      <c r="V1858">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1859" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="R1855">
+      <c r="M1859" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R1860">
         <v>43</v>
       </c>
     </row>
-    <row r="1856" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="I1856" s="1" t="s">
+    <row r="1861" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I1861" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="1857" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A1857" t="s">
+    <row r="1862" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1862" t="s">
         <v>1</v>
       </c>
-      <c r="F1857" t="s">
+      <c r="F1862" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="1858" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A1858" t="s">
+    <row r="1863" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1863" t="s">
         <v>3</v>
       </c>
-      <c r="F1858">
+      <c r="F1863">
         <v>67977322</v>
       </c>
-      <c r="AF1858" t="s">
+      <c r="AF1863" t="s">
         <v>4</v>
       </c>
-      <c r="AG1858" s="2">
-[...94 lines deleted...]
-        <v>1200</v>
+      <c r="AG1863" s="2">
+        <v>46023</v>
       </c>
     </row>
     <row r="1864" spans="1:35" x14ac:dyDescent="0.25">
       <c r="C1864" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="I1864">
+        <v>5</v>
+      </c>
+      <c r="I1864" t="s">
+        <v>6</v>
+      </c>
+      <c r="J1864" t="s">
+        <v>7</v>
+      </c>
+      <c r="L1864" t="s">
+        <v>8</v>
+      </c>
+      <c r="N1864" t="s">
+        <v>9</v>
+      </c>
+      <c r="P1864" t="s">
+        <v>10</v>
+      </c>
+      <c r="S1864" t="s">
+        <v>11</v>
+      </c>
+      <c r="T1864" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V1864" t="s">
+        <v>13</v>
+      </c>
+      <c r="X1864" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z1864" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD1864" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH1864" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1865" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1865" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1865" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1865" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1866" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1867" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1867" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q1867">
+        <v>95</v>
+      </c>
+      <c r="W1867">
+        <v>187</v>
+      </c>
+      <c r="AC1867" s="3">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1868" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1868" t="s">
+        <v>220</v>
+      </c>
+      <c r="Q1868">
+        <v>95</v>
+      </c>
+      <c r="W1868">
+        <v>295</v>
+      </c>
+      <c r="AC1868" s="3">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1869" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1869">
         <v>7942113</v>
       </c>
-      <c r="K1864" t="s">
+      <c r="K1869" t="s">
         <v>19</v>
       </c>
-      <c r="N1864">
-[...8 lines deleted...]
-      <c r="U1864" t="s">
+      <c r="N1869">
+        <v>139859</v>
+      </c>
+      <c r="P1869" s="2">
+        <v>41221</v>
+      </c>
+      <c r="S1869" s="2">
+        <v>46698</v>
+      </c>
+      <c r="U1869" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1869" s="3">
+        <v>80120</v>
+      </c>
+      <c r="AI1869" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1870" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1870">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1871" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1871" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1872" t="s">
         <v>25</v>
       </c>
-      <c r="AA1864" s="3">
-[...15 lines deleted...]
-      <c r="B1866" t="s">
+      <c r="G1872" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1872" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1872" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1873" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1873" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1874" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1874" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1874" t="s">
+        <v>392</v>
+      </c>
+      <c r="Q1874">
+        <v>95</v>
+      </c>
+      <c r="W1874">
+        <v>754</v>
+      </c>
+      <c r="AC1874" s="3">
+        <v>80120</v>
+      </c>
+    </row>
+    <row r="1875" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1875" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1875" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q1875">
+        <v>95</v>
+      </c>
+      <c r="W1875">
+        <v>481</v>
+      </c>
+      <c r="AC1875" s="3">
+        <v>80120</v>
+      </c>
+    </row>
+    <row r="1876" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1876" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1876">
+        <v>7942113</v>
+      </c>
+      <c r="K1876" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1876">
+        <v>140053</v>
+      </c>
+      <c r="P1876" s="2">
+        <v>41579</v>
+      </c>
+      <c r="S1876" s="2">
+        <v>47057</v>
+      </c>
+      <c r="U1876" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1876" s="3">
+        <v>63900</v>
+      </c>
+      <c r="AI1876" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="1877" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1877" t="s">
         <v>22</v>
       </c>
-      <c r="M1866" t="s">
+      <c r="V1877">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="1878" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1878" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D1867" t="s">
+      <c r="M1878" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1879" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1879" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1879" t="s">
         <v>26</v>
       </c>
-      <c r="G1867" t="s">
+      <c r="O1879" t="s">
         <v>27</v>
       </c>
-      <c r="O1867" t="s">
+      <c r="V1879" t="s">
         <v>28</v>
       </c>
-      <c r="V1867" t="s">
+    </row>
+    <row r="1880" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1880" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1868" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="AB1868" t="s">
+    <row r="1881" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1881" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E1869" t="s">
+      <c r="H1881" t="s">
+        <v>393</v>
+      </c>
+      <c r="Q1881">
+        <v>95</v>
+      </c>
+      <c r="W1881">
+        <v>759</v>
+      </c>
+      <c r="AC1881" s="3">
+        <v>63900</v>
+      </c>
+    </row>
+    <row r="1882" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1882" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1882" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q1882">
+        <v>95</v>
+      </c>
+      <c r="W1882">
+        <v>451</v>
+      </c>
+      <c r="AC1882" s="3">
+        <v>63900</v>
+      </c>
+    </row>
+    <row r="1883" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1883" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1883">
+        <v>7942113</v>
+      </c>
+      <c r="K1883" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1883">
+        <v>140415</v>
+      </c>
+      <c r="P1883" s="2">
+        <v>41817</v>
+      </c>
+      <c r="S1883" s="2">
+        <v>47787</v>
+      </c>
+      <c r="U1883" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1883" s="3">
+        <v>2469</v>
+      </c>
+      <c r="AI1883" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1884" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1884" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1884">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="1885" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1885" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1885" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1886" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1886" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1886" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1886" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1886" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1887" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1887" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1888" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1888" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1888" t="s">
         <v>31</v>
       </c>
-      <c r="H1869" t="s">
-[...89 lines deleted...]
-      <c r="AB1875" t="s">
+      <c r="Q1888">
+        <v>95</v>
+      </c>
+      <c r="W1888">
+        <v>4</v>
+      </c>
+      <c r="AC1888" s="3">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1889" t="s">
         <v>30</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="W1876">
+      <c r="H1889" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1889">
+        <v>95</v>
+      </c>
+      <c r="W1889">
         <v>297</v>
       </c>
-      <c r="AC1876" s="3">
-[...179 lines deleted...]
-        <v>30</v>
+      <c r="AC1889">
+        <v>330</v>
       </c>
     </row>
     <row r="1890" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E1890" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H1890" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="Q1890">
         <v>95</v>
       </c>
       <c r="W1890">
-        <v>754</v>
+        <v>256</v>
       </c>
       <c r="AC1890" s="3">
-        <v>172799</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="1891" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="E1891" t="s">
+      <c r="C1891" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1891">
+        <v>7942113</v>
+      </c>
+      <c r="K1891" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1891">
+        <v>140669</v>
+      </c>
+      <c r="P1891" s="2">
+        <v>42064</v>
+      </c>
+      <c r="S1891" s="2">
+        <v>47787</v>
+      </c>
+      <c r="U1891" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1891" s="3">
+        <v>6150</v>
+      </c>
+      <c r="AI1891" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1892" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1892">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1893" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1893" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1894" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1894" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1894" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1894" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1895" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1896" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1896" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1896">
+        <v>95</v>
+      </c>
+      <c r="W1896">
+        <v>297</v>
+      </c>
+      <c r="AC1896" s="3">
+        <v>6150</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1897" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1897" t="s">
+        <v>185</v>
+      </c>
+      <c r="Q1897">
+        <v>95</v>
+      </c>
+      <c r="W1897">
+        <v>628</v>
+      </c>
+      <c r="AC1897" s="3">
+        <v>6150</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R1898">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I1899" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1900" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1900" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1901" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1901">
+        <v>67977322</v>
+      </c>
+      <c r="AF1901" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG1901" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1902" t="s">
+        <v>5</v>
+      </c>
+      <c r="I1902" t="s">
+        <v>6</v>
+      </c>
+      <c r="J1902" t="s">
+        <v>7</v>
+      </c>
+      <c r="L1902" t="s">
+        <v>8</v>
+      </c>
+      <c r="N1902" t="s">
+        <v>9</v>
+      </c>
+      <c r="P1902" t="s">
+        <v>10</v>
+      </c>
+      <c r="S1902" t="s">
+        <v>11</v>
+      </c>
+      <c r="T1902" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V1902" t="s">
+        <v>13</v>
+      </c>
+      <c r="X1902" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z1902" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD1902" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH1902" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1903" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1903">
+        <v>7942113</v>
+      </c>
+      <c r="K1903" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1903">
+        <v>140678</v>
+      </c>
+      <c r="P1903" s="2">
+        <v>42095</v>
+      </c>
+      <c r="S1903" s="2">
+        <v>48518</v>
+      </c>
+      <c r="U1903" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1903" s="3">
+        <v>1200</v>
+      </c>
+      <c r="AI1903" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1904" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1904">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="1905" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1905" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1905" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1906" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1906" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1906" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1906" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1906" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1907" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1907" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1908" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1908" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1908" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1908">
+        <v>95</v>
+      </c>
+      <c r="W1908">
+        <v>297</v>
+      </c>
+      <c r="AC1908" s="3">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="1909" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1909" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1909" t="s">
         <v>33</v>
       </c>
-      <c r="H1891" t="s">
-[...16 lines deleted...]
-      <c r="I1892">
+      <c r="Q1909">
+        <v>95</v>
+      </c>
+      <c r="W1909">
+        <v>92</v>
+      </c>
+      <c r="AC1909" s="3">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="1910" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1910" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1910">
         <v>7942113</v>
       </c>
-      <c r="K1892" t="s">
+      <c r="K1910" t="s">
         <v>19</v>
       </c>
-      <c r="N1892">
-[...8 lines deleted...]
-      <c r="U1892" t="s">
+      <c r="N1910">
+        <v>140766</v>
+      </c>
+      <c r="P1910" s="2">
+        <v>42309</v>
+      </c>
+      <c r="S1910" s="2">
+        <v>48669</v>
+      </c>
+      <c r="U1910" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1910" s="3">
+        <v>6650</v>
+      </c>
+      <c r="AI1910" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1911" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1911" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1911">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="1912" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1912" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1912" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1913" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1913" t="s">
         <v>25</v>
       </c>
-      <c r="AA1892" s="3">
-[...15 lines deleted...]
-      <c r="B1894" t="s">
+      <c r="G1913" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1913" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1913" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1914" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1914" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1915" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1915" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1915" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q1915">
+        <v>95</v>
+      </c>
+      <c r="W1915">
+        <v>235</v>
+      </c>
+      <c r="AC1915" s="3">
+        <v>6650</v>
+      </c>
+    </row>
+    <row r="1916" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1916" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1916" t="s">
+        <v>291</v>
+      </c>
+      <c r="Q1916">
+        <v>95</v>
+      </c>
+      <c r="W1916">
+        <v>226</v>
+      </c>
+      <c r="AC1916" s="3">
+        <v>6650</v>
+      </c>
+    </row>
+    <row r="1917" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1917" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1917">
+        <v>7942113</v>
+      </c>
+      <c r="K1917" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1917">
+        <v>140907</v>
+      </c>
+      <c r="P1917" s="2">
+        <v>43374</v>
+      </c>
+      <c r="S1917" s="2">
+        <v>48883</v>
+      </c>
+      <c r="U1917" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1917" s="3">
+        <v>20000</v>
+      </c>
+      <c r="AI1917" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1918" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1918" t="s">
         <v>22</v>
       </c>
-      <c r="M1894" t="s">
+      <c r="V1918">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1919" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1919" t="s">
         <v>23</v>
       </c>
-    </row>
-[...74 lines deleted...]
-      <c r="D1900" t="s">
+      <c r="M1919" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1920" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1920" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1920" t="s">
         <v>26</v>
       </c>
-      <c r="G1900" t="s">
+      <c r="O1920" t="s">
         <v>27</v>
       </c>
-      <c r="O1900" t="s">
+      <c r="V1920" t="s">
         <v>28</v>
       </c>
-      <c r="V1900" t="s">
+    </row>
+    <row r="1921" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1921" t="s">
         <v>29</v>
-      </c>
-[...301 lines deleted...]
-        <v>4000</v>
       </c>
     </row>
     <row r="1922" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1922" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H1922" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="Q1922">
         <v>95</v>
       </c>
       <c r="W1922">
         <v>297</v>
       </c>
       <c r="AC1922" s="3">
-        <v>30160</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="1923" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1923" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1923" t="s">
-        <v>350</v>
+        <v>311</v>
       </c>
       <c r="Q1923">
         <v>95</v>
       </c>
       <c r="W1923">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="AC1923" s="3">
-        <v>3490</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="1924" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1924" t="s">
-[...12 lines deleted...]
-        <v>890</v>
+      <c r="C1924" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1924">
+        <v>7942113</v>
+      </c>
+      <c r="K1924" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1924">
+        <v>140910</v>
+      </c>
+      <c r="P1924" s="2">
+        <v>42309</v>
+      </c>
+      <c r="S1924" s="2">
+        <v>48669</v>
+      </c>
+      <c r="U1924" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1924" s="3">
+        <v>27547</v>
+      </c>
+      <c r="AI1924" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="1925" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1925" t="s">
-[...12 lines deleted...]
-        <v>5600</v>
+      <c r="L1925" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1925">
+        <v>2646</v>
       </c>
     </row>
     <row r="1926" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1926" t="s">
-[...12 lines deleted...]
-        <v>3100</v>
+      <c r="B1926" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1926" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="1927" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1927" t="s">
-[...12 lines deleted...]
-        <v>6540</v>
+      <c r="D1927" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1927" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1927" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1927" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="1928" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1928" t="s">
-[...12 lines deleted...]
-        <v>4990</v>
+      <c r="AB1928" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="1929" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1929" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="H1929" t="s">
-        <v>370</v>
+        <v>180</v>
       </c>
       <c r="Q1929">
         <v>95</v>
       </c>
       <c r="W1929">
-        <v>251</v>
+        <v>235</v>
       </c>
       <c r="AC1929" s="3">
-        <v>4990</v>
+        <v>27547</v>
       </c>
     </row>
     <row r="1930" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1930" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H1930" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="Q1930">
         <v>95</v>
       </c>
       <c r="W1930">
         <v>284</v>
       </c>
       <c r="AC1930" s="3">
-        <v>15300</v>
+        <v>27547</v>
       </c>
     </row>
     <row r="1931" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1931" t="s">
-[...12 lines deleted...]
-        <v>3110</v>
+      <c r="C1931" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1931">
+        <v>7942113</v>
+      </c>
+      <c r="K1931" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1931">
+        <v>143077</v>
+      </c>
+      <c r="P1931" s="2">
+        <v>43770</v>
+      </c>
+      <c r="S1931" s="2">
+        <v>52915</v>
+      </c>
+      <c r="U1931" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1931" s="3">
+        <v>172799</v>
+      </c>
+      <c r="AI1931" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="1932" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1932" t="s">
-[...12 lines deleted...]
-        <v>3990</v>
+      <c r="L1932" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1932">
+        <v>6892</v>
       </c>
     </row>
     <row r="1933" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="C1933" t="s">
-[...2 lines deleted...]
-      <c r="I1933">
+      <c r="B1933" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1933" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1934" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1934" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1934" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1934" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1934" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1935" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1935" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1936" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1936" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1936" t="s">
+        <v>392</v>
+      </c>
+      <c r="Q1936">
+        <v>95</v>
+      </c>
+      <c r="W1936">
+        <v>754</v>
+      </c>
+      <c r="AC1936" s="3">
+        <v>172799</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1937" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1937" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q1937">
+        <v>95</v>
+      </c>
+      <c r="W1937">
+        <v>481</v>
+      </c>
+      <c r="AC1937" s="3">
+        <v>172799</v>
+      </c>
+    </row>
+    <row r="1938" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R1938">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1939" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I1939" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1940" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1940" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1941" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1941">
+        <v>67977322</v>
+      </c>
+      <c r="AF1941" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG1941" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1942" t="s">
+        <v>5</v>
+      </c>
+      <c r="I1942" t="s">
+        <v>6</v>
+      </c>
+      <c r="J1942" t="s">
+        <v>7</v>
+      </c>
+      <c r="L1942" t="s">
+        <v>8</v>
+      </c>
+      <c r="N1942" t="s">
+        <v>9</v>
+      </c>
+      <c r="P1942" t="s">
+        <v>10</v>
+      </c>
+      <c r="S1942" t="s">
+        <v>11</v>
+      </c>
+      <c r="T1942" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V1942" t="s">
+        <v>13</v>
+      </c>
+      <c r="X1942" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z1942" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD1942" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH1942" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1943" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1943">
         <v>7942113</v>
       </c>
-      <c r="K1933" t="s">
+      <c r="K1943" t="s">
         <v>19</v>
       </c>
-      <c r="N1933">
-[...8 lines deleted...]
-      <c r="U1933" t="s">
+      <c r="N1943">
+        <v>143460</v>
+      </c>
+      <c r="P1943" s="2">
+        <v>43922</v>
+      </c>
+      <c r="S1943" s="2">
+        <v>48518</v>
+      </c>
+      <c r="U1943" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1943" s="3">
+        <v>3000</v>
+      </c>
+      <c r="AI1943" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1944" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1944">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1945" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1945" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1946" t="s">
         <v>25</v>
       </c>
-      <c r="AA1933" s="3">
-[...96 lines deleted...]
-      <c r="D1941" t="s">
+      <c r="G1946" t="s">
         <v>26</v>
       </c>
-      <c r="G1941" t="s">
+      <c r="O1946" t="s">
         <v>27</v>
       </c>
-      <c r="O1941" t="s">
+      <c r="V1946" t="s">
         <v>28</v>
       </c>
-      <c r="V1941" t="s">
+    </row>
+    <row r="1947" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1947" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="1942" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="AB1942" t="s">
+    <row r="1948" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1948" t="s">
         <v>30</v>
       </c>
-    </row>
-[...90 lines deleted...]
-        <v>29</v>
+      <c r="H1948" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q1948">
+        <v>95</v>
+      </c>
+      <c r="W1948">
+        <v>543</v>
+      </c>
+      <c r="AC1948" s="3">
+        <v>1260</v>
       </c>
     </row>
     <row r="1949" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="AB1949" t="s">
+      <c r="E1949" t="s">
         <v>30</v>
+      </c>
+      <c r="H1949" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1949">
+        <v>95</v>
+      </c>
+      <c r="W1949">
+        <v>297</v>
+      </c>
+      <c r="AC1949" s="3">
+        <v>1740</v>
       </c>
     </row>
     <row r="1950" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E1950" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H1950" t="s">
-        <v>43</v>
+        <v>167</v>
       </c>
       <c r="Q1950">
         <v>95</v>
       </c>
       <c r="W1950">
+        <v>446</v>
+      </c>
+      <c r="AC1950" s="3">
+        <v>4636</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1951" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1951">
+        <v>7942113</v>
+      </c>
+      <c r="K1951" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1951">
+        <v>145267</v>
+      </c>
+      <c r="P1951" s="2">
+        <v>45047</v>
+      </c>
+      <c r="S1951" s="2">
+        <v>47057</v>
+      </c>
+      <c r="U1951" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1951" s="3">
+        <v>30000</v>
+      </c>
+      <c r="AI1951" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1952" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1952">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="1953" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1953" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1953" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1954" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1954" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1954" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1954" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1954" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1955" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1955" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1956" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1956" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1956" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1956">
+        <v>95</v>
+      </c>
+      <c r="W1956">
         <v>297</v>
       </c>
-      <c r="AC1950" s="3">
-[...93 lines deleted...]
-        <v>29</v>
+      <c r="AC1956" s="3">
+        <v>30000</v>
       </c>
     </row>
     <row r="1957" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="AB1957" t="s">
-        <v>30</v>
+      <c r="E1957" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1957" t="s">
+        <v>390</v>
+      </c>
+      <c r="Q1957">
+        <v>95</v>
+      </c>
+      <c r="W1957">
+        <v>674</v>
+      </c>
+      <c r="AC1957" s="3">
+        <v>22000</v>
       </c>
     </row>
     <row r="1958" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E1958" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1958" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q1958">
+        <v>95</v>
+      </c>
+      <c r="W1958">
+        <v>481</v>
+      </c>
+      <c r="AC1958" s="3">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="1959" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1959" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1959">
+        <v>7942113</v>
+      </c>
+      <c r="K1959" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1959">
+        <v>145268</v>
+      </c>
+      <c r="P1959" s="2">
+        <v>45047</v>
+      </c>
+      <c r="S1959" s="2">
+        <v>48518</v>
+      </c>
+      <c r="U1959" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1959" s="3">
+        <v>52000</v>
+      </c>
+      <c r="AI1959" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="1960" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1960" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1960">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="1961" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1961" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1961" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1962" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1962" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1962" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1962" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1962" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1963" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1963" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1964" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1964" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1964" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q1964">
+        <v>95</v>
+      </c>
+      <c r="W1964">
+        <v>564</v>
+      </c>
+      <c r="AC1964" s="3">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="1965" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1965" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1965" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q1965">
+        <v>95</v>
+      </c>
+      <c r="W1965">
+        <v>75</v>
+      </c>
+      <c r="AC1965" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1966" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1966" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1966" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q1966">
+        <v>95</v>
+      </c>
+      <c r="W1966">
+        <v>80</v>
+      </c>
+      <c r="AC1966" s="3">
+        <v>7840</v>
+      </c>
+    </row>
+    <row r="1967" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1967" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1967" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q1967">
+        <v>95</v>
+      </c>
+      <c r="W1967">
+        <v>543</v>
+      </c>
+      <c r="AC1967" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="1968" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1968" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1968" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1968">
+        <v>95</v>
+      </c>
+      <c r="W1968">
+        <v>297</v>
+      </c>
+      <c r="AC1968" s="3">
+        <v>30160</v>
+      </c>
+    </row>
+    <row r="1969" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1969" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1969" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q1969">
+        <v>95</v>
+      </c>
+      <c r="W1969">
+        <v>640</v>
+      </c>
+      <c r="AC1969" s="3">
+        <v>30160</v>
+      </c>
+    </row>
+    <row r="1970" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1970" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1970" t="s">
+        <v>105</v>
+      </c>
+      <c r="Q1970">
+        <v>95</v>
+      </c>
+      <c r="W1970">
+        <v>481</v>
+      </c>
+      <c r="AC1970" s="3">
+        <v>6540</v>
+      </c>
+    </row>
+    <row r="1971" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1971" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1971" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q1971">
+        <v>95</v>
+      </c>
+      <c r="W1971">
+        <v>284</v>
+      </c>
+      <c r="AC1971" s="3">
+        <v>15300</v>
+      </c>
+    </row>
+    <row r="1972" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1972" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1972">
+        <v>7942113</v>
+      </c>
+      <c r="K1972" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1972">
+        <v>145550</v>
+      </c>
+      <c r="P1972" s="2">
+        <v>45232</v>
+      </c>
+      <c r="S1972" s="2">
+        <v>48669</v>
+      </c>
+      <c r="U1972" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1972" s="3">
+        <v>2873</v>
+      </c>
+      <c r="AI1972" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1973" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L1973" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1973">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="1974" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B1974" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1974" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D1975" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1975" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1975" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1975" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1976" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB1976" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1977" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1977" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q1977">
+        <v>95</v>
+      </c>
+      <c r="W1977">
+        <v>235</v>
+      </c>
+      <c r="AC1977" s="3">
+        <v>2873</v>
+      </c>
+    </row>
+    <row r="1978" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E1978" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1978" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q1978">
+        <v>95</v>
+      </c>
+      <c r="W1978">
+        <v>284</v>
+      </c>
+      <c r="AC1978" s="3">
+        <v>2873</v>
+      </c>
+    </row>
+    <row r="1979" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R1979">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="1980" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I1980" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1981" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1981" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1981" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="1982" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A1982" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1982">
+        <v>67977322</v>
+      </c>
+      <c r="AF1982" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG1982" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="1983" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1983" t="s">
+        <v>5</v>
+      </c>
+      <c r="I1983" t="s">
+        <v>6</v>
+      </c>
+      <c r="J1983" t="s">
+        <v>7</v>
+      </c>
+      <c r="L1983" t="s">
+        <v>8</v>
+      </c>
+      <c r="N1983" t="s">
+        <v>9</v>
+      </c>
+      <c r="P1983" t="s">
+        <v>10</v>
+      </c>
+      <c r="S1983" t="s">
+        <v>11</v>
+      </c>
+      <c r="T1983" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V1983" t="s">
+        <v>13</v>
+      </c>
+      <c r="X1983" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z1983" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD1983" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH1983" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1984" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C1984" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1984">
+        <v>7942113</v>
+      </c>
+      <c r="K1984" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1984">
+        <v>145551</v>
+      </c>
+      <c r="P1984" s="2">
+        <v>45232</v>
+      </c>
+      <c r="S1984" s="2">
+        <v>48883</v>
+      </c>
+      <c r="U1984" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1984" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AI1984" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1985" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1985" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1985">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="1986" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1986" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1986" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1987" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1987" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1987" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1987" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1987" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1988" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1988" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1989" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1989" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1989" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1989">
+        <v>95</v>
+      </c>
+      <c r="W1989">
+        <v>297</v>
+      </c>
+      <c r="AC1989" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="1990" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1990" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1990" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q1990">
+        <v>95</v>
+      </c>
+      <c r="W1990">
+        <v>247</v>
+      </c>
+      <c r="AC1990" s="3">
+        <v>6430</v>
+      </c>
+    </row>
+    <row r="1991" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1991" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1991" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q1991">
+        <v>95</v>
+      </c>
+      <c r="W1991">
+        <v>237</v>
+      </c>
+      <c r="AC1991" s="3">
+        <v>3570</v>
+      </c>
+    </row>
+    <row r="1992" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C1992" t="s">
+        <v>349</v>
+      </c>
+      <c r="I1992">
+        <v>7942113</v>
+      </c>
+      <c r="K1992" t="s">
+        <v>19</v>
+      </c>
+      <c r="N1992">
+        <v>145648</v>
+      </c>
+      <c r="P1992" s="2">
+        <v>45295</v>
+      </c>
+      <c r="S1992" s="2">
+        <v>45838</v>
+      </c>
+      <c r="U1992" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA1992" s="3">
+        <v>94000</v>
+      </c>
+      <c r="AI1992" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1993" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L1993" t="s">
+        <v>22</v>
+      </c>
+      <c r="V1993">
         <v>31</v>
       </c>
-      <c r="H1958" t="s">
-[...5 lines deleted...]
-      <c r="W1958">
+    </row>
+    <row r="1994" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B1994" t="s">
+        <v>23</v>
+      </c>
+      <c r="M1994" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1995" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D1995" t="s">
+        <v>25</v>
+      </c>
+      <c r="G1995" t="s">
+        <v>26</v>
+      </c>
+      <c r="O1995" t="s">
+        <v>27</v>
+      </c>
+      <c r="V1995" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="1996" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB1996" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1997" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1997" t="s">
+        <v>30</v>
+      </c>
+      <c r="H1997" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q1997">
+        <v>95</v>
+      </c>
+      <c r="W1997">
         <v>297</v>
       </c>
-      <c r="AC1958" s="3">
+      <c r="AC1997" s="3">
         <v>94000</v>
       </c>
     </row>
-    <row r="1959" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="E1959" t="s">
+    <row r="1998" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1998" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1998" t="s">
+        <v>352</v>
+      </c>
+      <c r="Q1998">
+        <v>95</v>
+      </c>
+      <c r="W1998">
+        <v>258</v>
+      </c>
+      <c r="AC1998" s="3">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="1999" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E1999" t="s">
+        <v>32</v>
+      </c>
+      <c r="H1999" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q1999">
+        <v>95</v>
+      </c>
+      <c r="W1999">
+        <v>247</v>
+      </c>
+      <c r="AC1999" s="3">
+        <v>22000</v>
+      </c>
+    </row>
+    <row r="2000" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2000" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2000" t="s">
+        <v>314</v>
+      </c>
+      <c r="Q2000">
+        <v>95</v>
+      </c>
+      <c r="W2000">
+        <v>229</v>
+      </c>
+      <c r="AC2000" s="3">
+        <v>26000</v>
+      </c>
+    </row>
+    <row r="2001" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2001" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2001" t="s">
+        <v>322</v>
+      </c>
+      <c r="Q2001">
+        <v>95</v>
+      </c>
+      <c r="W2001">
+        <v>218</v>
+      </c>
+      <c r="AC2001" s="3">
+        <v>21000</v>
+      </c>
+    </row>
+    <row r="2002" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2002" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2002" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q2002">
+        <v>95</v>
+      </c>
+      <c r="W2002">
+        <v>284</v>
+      </c>
+      <c r="AC2002" s="3">
+        <v>22000</v>
+      </c>
+    </row>
+    <row r="2003" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2003" t="s">
+        <v>395</v>
+      </c>
+      <c r="I2003">
+        <v>7939069</v>
+      </c>
+      <c r="K2003" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2003">
+        <v>139525</v>
+      </c>
+      <c r="P2003" s="2">
+        <v>41030</v>
+      </c>
+      <c r="S2003" s="2">
+        <v>42855</v>
+      </c>
+      <c r="U2003" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2003" s="3">
+        <v>4311</v>
+      </c>
+      <c r="AI2003" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2004" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2004" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2004">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2005" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2005" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2005" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2006" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2006" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2006" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2006" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2006" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2007" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2007" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2008" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2008" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2008" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2008">
+        <v>95</v>
+      </c>
+      <c r="W2008">
+        <v>543</v>
+      </c>
+      <c r="AC2008" s="3">
+        <v>4311</v>
+      </c>
+    </row>
+    <row r="2009" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2009" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2009" t="s">
+        <v>396</v>
+      </c>
+      <c r="Q2009">
+        <v>95</v>
+      </c>
+      <c r="W2009">
+        <v>555</v>
+      </c>
+      <c r="AC2009" s="3">
+        <v>4311</v>
+      </c>
+    </row>
+    <row r="2010" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2010" t="s">
+        <v>290</v>
+      </c>
+      <c r="I2010">
+        <v>118254781</v>
+      </c>
+      <c r="K2010" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2010">
+        <v>146607</v>
+      </c>
+      <c r="P2010" s="2">
+        <v>45931</v>
+      </c>
+      <c r="S2010" s="2">
+        <v>46112</v>
+      </c>
+      <c r="U2010" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2010" s="3">
+        <v>15000</v>
+      </c>
+      <c r="AI2010" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2011" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2011" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2011">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2012" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2012" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2012" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2013" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2013" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2013" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2013" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2013" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2014" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2014" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2015" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2015" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2015" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2015">
+        <v>95</v>
+      </c>
+      <c r="W2015">
+        <v>543</v>
+      </c>
+      <c r="AC2015" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="2016" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2016" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2016" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q2016">
+        <v>95</v>
+      </c>
+      <c r="W2016">
+        <v>3</v>
+      </c>
+      <c r="AC2016" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="2017" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2017">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2018" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2018" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2019" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2019" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2019" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2020" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2020" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2020">
+        <v>67977322</v>
+      </c>
+      <c r="AH2020" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2020" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2021" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2021" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2021" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2021" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2021" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2021" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2021" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2021" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2021" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2021" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2021" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2021" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2021" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2021" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2022" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2022" t="s">
+        <v>397</v>
+      </c>
+      <c r="J2022">
+        <v>131075863</v>
+      </c>
+      <c r="L2022" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2022">
+        <v>100084</v>
+      </c>
+      <c r="Q2022" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U2022" s="2">
+        <v>52170</v>
+      </c>
+      <c r="W2022" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2022">
+        <v>525</v>
+      </c>
+      <c r="AK2022" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2023" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2023" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2023">
+        <v>6147</v>
+      </c>
+    </row>
+    <row r="2024" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2024" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2024" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2025" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2025" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2026" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2026" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2027" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2027" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2028" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2028" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2029" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2029" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2029" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2029" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2029" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2030" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2030" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2031" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2031" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2031" t="s">
+        <v>241</v>
+      </c>
+      <c r="S2031">
+        <v>95</v>
+      </c>
+      <c r="Y2031">
+        <v>61</v>
+      </c>
+      <c r="AE2031">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="2032" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2032" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2032" t="s">
+        <v>79</v>
+      </c>
+      <c r="S2032">
+        <v>95</v>
+      </c>
+      <c r="Y2032">
+        <v>355</v>
+      </c>
+      <c r="AE2032">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="2033" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2033" t="s">
+        <v>397</v>
+      </c>
+      <c r="J2033">
+        <v>131075863</v>
+      </c>
+      <c r="L2033" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2033">
+        <v>100141</v>
+      </c>
+      <c r="Q2033" s="2">
+        <v>35034</v>
+      </c>
+      <c r="U2033" s="2">
+        <v>44165</v>
+      </c>
+      <c r="W2033" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2033" s="3">
+        <v>2250</v>
+      </c>
+      <c r="AK2033" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="2034" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2034" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2034">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2035" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2035" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2035" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2036" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2036" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2037" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2037" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2038" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2038" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2039" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2039" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2040" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2040" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2040" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2040" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2040" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2041" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2041" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2042" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2042" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2042" t="s">
+        <v>37</v>
+      </c>
+      <c r="S2042">
+        <v>95</v>
+      </c>
+      <c r="Y2042">
+        <v>543</v>
+      </c>
+      <c r="AE2042" s="3">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="2043" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2043" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2043" t="s">
+        <v>48</v>
+      </c>
+      <c r="S2043">
+        <v>95</v>
+      </c>
+      <c r="Y2043">
+        <v>297</v>
+      </c>
+      <c r="AE2043" s="3">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="2044" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2044" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2044" t="s">
+        <v>79</v>
+      </c>
+      <c r="S2044">
+        <v>95</v>
+      </c>
+      <c r="Y2044">
+        <v>355</v>
+      </c>
+      <c r="AE2044" s="3">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="2045" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2045" t="s">
+        <v>36</v>
+      </c>
+      <c r="J2045">
+        <v>612075846</v>
+      </c>
+      <c r="L2045" t="s">
+        <v>20</v>
+      </c>
+      <c r="O2045">
+        <v>145724</v>
+      </c>
+      <c r="Q2045" s="2">
+        <v>45383</v>
+      </c>
+      <c r="U2045" s="2">
+        <v>56339</v>
+      </c>
+      <c r="W2045" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2045" s="3">
+        <v>6000</v>
+      </c>
+      <c r="AK2045" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2046" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2046" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2046">
+        <v>10316</v>
+      </c>
+    </row>
+    <row r="2047" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2047" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2047" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2048" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2048" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2048" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2048" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2048" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2049" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2049" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2050" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2050" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2050" t="s">
+        <v>31</v>
+      </c>
+      <c r="S2050">
+        <v>95</v>
+      </c>
+      <c r="Y2050">
+        <v>4</v>
+      </c>
+      <c r="AE2050" s="3">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="2051" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2051" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2051" t="s">
         <v>33</v>
       </c>
-      <c r="H1959" t="s">
-[...13 lines deleted...]
-      <c r="E1960" t="s">
+      <c r="S2051">
+        <v>95</v>
+      </c>
+      <c r="Y2051">
+        <v>92</v>
+      </c>
+      <c r="AE2051" s="3">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="2052" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2052" t="s">
+        <v>197</v>
+      </c>
+      <c r="J2052">
+        <v>837565548</v>
+      </c>
+      <c r="L2052" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2052">
+        <v>134972</v>
+      </c>
+      <c r="Q2052" s="2">
+        <v>39022</v>
+      </c>
+      <c r="U2052" s="2">
+        <v>53417</v>
+      </c>
+      <c r="W2052" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2052" s="3">
+        <v>9500</v>
+      </c>
+      <c r="AK2052" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2053" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2053" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2053">
+        <v>7394</v>
+      </c>
+    </row>
+    <row r="2054" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2054" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2054" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2055" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2055" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2055" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2055" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2055" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2056" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2056" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2057" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2057" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2057" t="s">
+        <v>48</v>
+      </c>
+      <c r="S2057">
+        <v>95</v>
+      </c>
+      <c r="Y2057">
+        <v>297</v>
+      </c>
+      <c r="AE2057" s="3">
+        <v>9500</v>
+      </c>
+    </row>
+    <row r="2058" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2058" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2058" t="s">
+        <v>396</v>
+      </c>
+      <c r="S2058">
+        <v>95</v>
+      </c>
+      <c r="Y2058">
+        <v>555</v>
+      </c>
+      <c r="AE2058" s="3">
+        <v>9500</v>
+      </c>
+    </row>
+    <row r="2059" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2059" t="s">
+        <v>197</v>
+      </c>
+      <c r="J2059">
+        <v>837565548</v>
+      </c>
+      <c r="L2059" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2059">
+        <v>135526</v>
+      </c>
+      <c r="Q2059" s="2">
+        <v>39539</v>
+      </c>
+      <c r="U2059" s="2">
+        <v>53417</v>
+      </c>
+      <c r="W2059" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2059" s="3">
+        <v>10000</v>
+      </c>
+      <c r="AK2059" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2060" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2060" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2060">
+        <v>7394</v>
+      </c>
+    </row>
+    <row r="2061" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2061" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2061" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2062" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T2062">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2063" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2063" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2064" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2064" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2064" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2065" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2065" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2065">
+        <v>67977322</v>
+      </c>
+      <c r="AH2065" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2065" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2066" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2066" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2066" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2066" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2066" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2066" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2066" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2066" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2066" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2066" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2066" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2066" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2066" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2066" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2067" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2067" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2067" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2067" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2067" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2068" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2068" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2069" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2069" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2069" t="s">
+        <v>48</v>
+      </c>
+      <c r="S2069">
+        <v>95</v>
+      </c>
+      <c r="Y2069">
+        <v>297</v>
+      </c>
+      <c r="AE2069" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="2070" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2070" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2070" t="s">
+        <v>396</v>
+      </c>
+      <c r="S2070">
+        <v>95</v>
+      </c>
+      <c r="Y2070">
+        <v>555</v>
+      </c>
+      <c r="AE2070" s="3">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="2071" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2071" t="s">
+        <v>197</v>
+      </c>
+      <c r="J2071">
+        <v>837565548</v>
+      </c>
+      <c r="L2071" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2071">
+        <v>143724</v>
+      </c>
+      <c r="Q2071" s="2">
+        <v>44136</v>
+      </c>
+      <c r="U2071" s="2">
+        <v>44286</v>
+      </c>
+      <c r="W2071" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2071" s="3">
+        <v>6805</v>
+      </c>
+      <c r="AK2071" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2072" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2072" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2072">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2073" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2073" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2073" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2074" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2074" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2074" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2074" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2074" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2075" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2075" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2076" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2076" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2076" t="s">
+        <v>120</v>
+      </c>
+      <c r="S2076">
+        <v>95</v>
+      </c>
+      <c r="Y2076">
+        <v>415</v>
+      </c>
+      <c r="AE2076" s="3">
+        <v>6805</v>
+      </c>
+    </row>
+    <row r="2077" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2077" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2077" t="s">
+        <v>64</v>
+      </c>
+      <c r="S2077">
+        <v>95</v>
+      </c>
+      <c r="Y2077">
+        <v>426</v>
+      </c>
+      <c r="AE2077" s="3">
+        <v>6805</v>
+      </c>
+    </row>
+    <row r="2078" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2078" t="s">
+        <v>398</v>
+      </c>
+      <c r="J2078">
+        <v>959415852</v>
+      </c>
+      <c r="L2078" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2078">
+        <v>100046</v>
+      </c>
+      <c r="Q2078" s="2">
+        <v>33390</v>
+      </c>
+      <c r="U2078" s="2">
+        <v>39629</v>
+      </c>
+      <c r="W2078" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2078" s="3">
+        <v>59696</v>
+      </c>
+      <c r="AK2078" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="2079" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2079" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2079">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2080" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2080" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2080" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2081" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2081" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="2082" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2082" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2083" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2083" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2083" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2083" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2083" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2084" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2084" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2085" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2085" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2085" t="s">
+        <v>46</v>
+      </c>
+      <c r="S2085">
+        <v>95</v>
+      </c>
+      <c r="Y2085">
+        <v>80</v>
+      </c>
+      <c r="AE2085" s="3">
+        <v>9880</v>
+      </c>
+    </row>
+    <row r="2086" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2086" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2086" t="s">
+        <v>37</v>
+      </c>
+      <c r="S2086">
+        <v>95</v>
+      </c>
+      <c r="Y2086">
+        <v>543</v>
+      </c>
+      <c r="AE2086" s="3">
+        <v>14032</v>
+      </c>
+    </row>
+    <row r="2087" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2087" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2087" t="s">
+        <v>48</v>
+      </c>
+      <c r="S2087">
+        <v>95</v>
+      </c>
+      <c r="Y2087">
+        <v>297</v>
+      </c>
+      <c r="AE2087" s="3">
+        <v>35784</v>
+      </c>
+    </row>
+    <row r="2088" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2088" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2088" t="s">
+        <v>112</v>
+      </c>
+      <c r="S2088">
+        <v>95</v>
+      </c>
+      <c r="Y2088">
+        <v>459</v>
+      </c>
+      <c r="AE2088" s="3">
+        <v>59696</v>
+      </c>
+    </row>
+    <row r="2089" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2089" t="s">
+        <v>398</v>
+      </c>
+      <c r="J2089">
+        <v>959415852</v>
+      </c>
+      <c r="L2089" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2089">
+        <v>100061</v>
+      </c>
+      <c r="Q2089" s="2">
+        <v>34060</v>
+      </c>
+      <c r="U2089" s="2">
+        <v>39538</v>
+      </c>
+      <c r="W2089" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2089" s="3">
+        <v>9000</v>
+      </c>
+      <c r="AK2089" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="2090" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2090" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2090">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2091" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2091" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2091" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2092" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2092" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2092" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2092" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2092" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2093" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2093" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2094" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2094" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2094" t="s">
+        <v>31</v>
+      </c>
+      <c r="S2094">
+        <v>95</v>
+      </c>
+      <c r="Y2094">
+        <v>4</v>
+      </c>
+      <c r="AE2094" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="2095" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2095" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2095" t="s">
+        <v>112</v>
+      </c>
+      <c r="S2095">
+        <v>95</v>
+      </c>
+      <c r="Y2095">
+        <v>459</v>
+      </c>
+      <c r="AE2095" s="3">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="2096" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2096" t="s">
+        <v>400</v>
+      </c>
+      <c r="J2096">
+        <v>92531371</v>
+      </c>
+      <c r="L2096" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2096">
+        <v>144533</v>
+      </c>
+      <c r="Q2096" s="2">
+        <v>44866</v>
+      </c>
+      <c r="U2096" s="2">
+        <v>46113</v>
+      </c>
+      <c r="W2096" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2096" s="3">
+        <v>9889</v>
+      </c>
+      <c r="AK2096" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="2097" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="M2097" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2097">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2098" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2098" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2098" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2099" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2099" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2099" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2099" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2099" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2100" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AD2100" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2101" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2101" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2101" t="s">
+        <v>31</v>
+      </c>
+      <c r="S2101">
+        <v>95</v>
+      </c>
+      <c r="Y2101">
+        <v>4</v>
+      </c>
+      <c r="AE2101" s="3">
+        <v>9889</v>
+      </c>
+    </row>
+    <row r="2102" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2102" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2102" t="s">
         <v>33</v>
       </c>
-      <c r="H1960" t="s">
-[...70 lines deleted...]
-      <c r="K1964" t="s">
+      <c r="S2102">
+        <v>95</v>
+      </c>
+      <c r="Y2102">
+        <v>92</v>
+      </c>
+      <c r="AE2102" s="3">
+        <v>9889</v>
+      </c>
+    </row>
+    <row r="2103" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="T2103">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2104" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I2104" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2105" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2105" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2105" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2106" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2106" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2106">
+        <v>67977322</v>
+      </c>
+      <c r="AF2106" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG2106" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2107" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2107" t="s">
+        <v>5</v>
+      </c>
+      <c r="I2107" t="s">
+        <v>6</v>
+      </c>
+      <c r="J2107" t="s">
+        <v>7</v>
+      </c>
+      <c r="L2107" t="s">
+        <v>8</v>
+      </c>
+      <c r="N2107" t="s">
+        <v>9</v>
+      </c>
+      <c r="P2107" t="s">
+        <v>10</v>
+      </c>
+      <c r="S2107" t="s">
+        <v>11</v>
+      </c>
+      <c r="T2107" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V2107" t="s">
+        <v>13</v>
+      </c>
+      <c r="X2107" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z2107" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD2107" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH2107" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2108" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2108" t="s">
+        <v>402</v>
+      </c>
+      <c r="I2108">
+        <v>6970917</v>
+      </c>
+      <c r="K2108" t="s">
         <v>19</v>
       </c>
-      <c r="N1964">
-[...8 lines deleted...]
-      <c r="U1964" t="s">
+      <c r="N2108">
+        <v>100048</v>
+      </c>
+      <c r="P2108" s="2">
+        <v>33390</v>
+      </c>
+      <c r="S2108" s="2">
+        <v>48304</v>
+      </c>
+      <c r="U2108" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2108" s="3">
+        <v>7668</v>
+      </c>
+      <c r="AI2108" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="2109" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2109" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2109">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="2110" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2110" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2110" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2111" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2111" t="s">
         <v>25</v>
       </c>
-      <c r="AA1964" s="3">
-[...23 lines deleted...]
-      <c r="D1967" t="s">
+      <c r="G2111" t="s">
         <v>26</v>
       </c>
-      <c r="G1967" t="s">
+      <c r="O2111" t="s">
         <v>27</v>
       </c>
-      <c r="O1967" t="s">
+      <c r="V2111" t="s">
         <v>28</v>
       </c>
-      <c r="V1967" t="s">
+    </row>
+    <row r="2112" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB2112" t="s">
         <v>29</v>
-      </c>
-[...1992 lines deleted...]
-        <v>11000</v>
       </c>
     </row>
     <row r="2113" spans="2:35" x14ac:dyDescent="0.25">
       <c r="E2113" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2113" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q2113">
+        <v>95</v>
+      </c>
+      <c r="W2113">
+        <v>4</v>
+      </c>
+      <c r="AC2113" s="3">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="2114" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2114" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2114" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2114">
+        <v>95</v>
+      </c>
+      <c r="W2114">
+        <v>543</v>
+      </c>
+      <c r="AC2114">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="2115" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2115" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2115" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q2115">
+        <v>95</v>
+      </c>
+      <c r="W2115">
+        <v>297</v>
+      </c>
+      <c r="AC2115" s="3">
+        <v>4448</v>
+      </c>
+    </row>
+    <row r="2116" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2116" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2116" t="s">
+        <v>301</v>
+      </c>
+      <c r="Q2116">
+        <v>95</v>
+      </c>
+      <c r="W2116">
+        <v>552</v>
+      </c>
+      <c r="AC2116" s="3">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="2117" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2117" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2117" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q2117">
+        <v>95</v>
+      </c>
+      <c r="W2117">
+        <v>459</v>
+      </c>
+      <c r="AC2117" s="3">
+        <v>7668</v>
+      </c>
+    </row>
+    <row r="2118" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2118" t="s">
+        <v>402</v>
+      </c>
+      <c r="I2118">
+        <v>6970917</v>
+      </c>
+      <c r="K2118" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2118">
+        <v>100049</v>
+      </c>
+      <c r="P2118" s="2">
+        <v>33390</v>
+      </c>
+      <c r="S2118" s="2">
+        <v>48304</v>
+      </c>
+      <c r="U2118" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2118" s="3">
+        <v>41535</v>
+      </c>
+      <c r="AI2118" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="2119" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2119" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2119">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="2120" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2120" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2120" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2121" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2121" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2121" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2121" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2122" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2122" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2123" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2123" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2123" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q2123">
+        <v>95</v>
+      </c>
+      <c r="W2123">
+        <v>4</v>
+      </c>
+      <c r="AC2123" s="3">
+        <v>13699</v>
+      </c>
+    </row>
+    <row r="2124" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2124" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2124" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2124">
+        <v>95</v>
+      </c>
+      <c r="W2124">
+        <v>543</v>
+      </c>
+      <c r="AC2124" s="3">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="2125" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2125" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2125" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q2125">
+        <v>95</v>
+      </c>
+      <c r="W2125">
+        <v>297</v>
+      </c>
+      <c r="AC2125" s="3">
+        <v>24090</v>
+      </c>
+    </row>
+    <row r="2126" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2126" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2126" t="s">
+        <v>301</v>
+      </c>
+      <c r="Q2126">
+        <v>95</v>
+      </c>
+      <c r="W2126">
+        <v>552</v>
+      </c>
+      <c r="AC2126">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="2127" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2127" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2127" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q2127">
+        <v>95</v>
+      </c>
+      <c r="W2127">
+        <v>459</v>
+      </c>
+      <c r="AC2127" s="3">
+        <v>41535</v>
+      </c>
+    </row>
+    <row r="2128" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2128" t="s">
+        <v>402</v>
+      </c>
+      <c r="I2128">
+        <v>6970917</v>
+      </c>
+      <c r="K2128" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2128">
+        <v>100057</v>
+      </c>
+      <c r="P2128" s="2">
+        <v>34060</v>
+      </c>
+      <c r="S2128" s="2">
+        <v>48304</v>
+      </c>
+      <c r="U2128" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2128" s="3">
+        <v>15000</v>
+      </c>
+      <c r="AI2128" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2129" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2129" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2129">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="2130" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2130" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2130" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2131" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2131" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2131" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2131" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2131" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2132" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2132" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2133" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2133" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2133" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2133">
+        <v>95</v>
+      </c>
+      <c r="W2133">
+        <v>543</v>
+      </c>
+      <c r="AC2133" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="2134" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2134" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2134" t="s">
+        <v>301</v>
+      </c>
+      <c r="Q2134">
+        <v>95</v>
+      </c>
+      <c r="W2134">
+        <v>552</v>
+      </c>
+      <c r="AC2134" s="3">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="2135" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2135" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2135" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q2135">
+        <v>95</v>
+      </c>
+      <c r="W2135">
+        <v>459</v>
+      </c>
+      <c r="AC2135" s="3">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="2136" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2136" t="s">
+        <v>402</v>
+      </c>
+      <c r="I2136">
+        <v>6970917</v>
+      </c>
+      <c r="K2136" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2136">
+        <v>133591</v>
+      </c>
+      <c r="P2136" s="2">
+        <v>38471</v>
+      </c>
+      <c r="S2136" s="2">
+        <v>48304</v>
+      </c>
+      <c r="U2136" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2136" s="3">
+        <v>11373</v>
+      </c>
+      <c r="AI2136" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="2137" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2137" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2137">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="2138" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2138" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2138" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2139" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2139" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2139" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2139" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2139" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2140" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2140" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2141" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2141" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2141" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q2141">
+        <v>95</v>
+      </c>
+      <c r="W2141">
+        <v>4</v>
+      </c>
+      <c r="AC2141">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="2142" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2142" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2142" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2142">
+        <v>95</v>
+      </c>
+      <c r="W2142">
+        <v>543</v>
+      </c>
+      <c r="AC2142" s="3">
+        <v>3973</v>
+      </c>
+    </row>
+    <row r="2143" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2143" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2143" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q2143">
+        <v>95</v>
+      </c>
+      <c r="W2143">
+        <v>297</v>
+      </c>
+      <c r="AC2143" s="3">
+        <v>6596</v>
+      </c>
+    </row>
+    <row r="2144" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="R2144">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2145" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I2145" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2146" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2146" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2146" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2147" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2147" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2147">
+        <v>67977322</v>
+      </c>
+      <c r="AF2147" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG2147" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2148" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2148" t="s">
+        <v>5</v>
+      </c>
+      <c r="I2148" t="s">
+        <v>6</v>
+      </c>
+      <c r="J2148" t="s">
+        <v>7</v>
+      </c>
+      <c r="L2148" t="s">
+        <v>8</v>
+      </c>
+      <c r="N2148" t="s">
+        <v>9</v>
+      </c>
+      <c r="P2148" t="s">
+        <v>10</v>
+      </c>
+      <c r="S2148" t="s">
+        <v>11</v>
+      </c>
+      <c r="T2148" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V2148" t="s">
+        <v>13</v>
+      </c>
+      <c r="X2148" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z2148" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD2148" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH2148" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2149" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2149" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2149" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q2149">
+        <v>95</v>
+      </c>
+      <c r="W2149">
+        <v>459</v>
+      </c>
+      <c r="AC2149" s="3">
+        <v>11373</v>
+      </c>
+    </row>
+    <row r="2150" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2150" t="s">
+        <v>405</v>
+      </c>
+      <c r="I2150">
+        <v>79978564</v>
+      </c>
+      <c r="K2150" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2150">
+        <v>145101</v>
+      </c>
+      <c r="P2150" s="2">
+        <v>45017</v>
+      </c>
+      <c r="S2150" s="2">
+        <v>45747</v>
+      </c>
+      <c r="U2150" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2150" s="3">
+        <v>2232</v>
+      </c>
+      <c r="AI2150" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="2151" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2151" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2151">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2152" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2152" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2152" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2153" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2153" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2153" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2153" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2153" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2154" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB2154" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2155" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2155" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2155" t="s">
+        <v>407</v>
+      </c>
+      <c r="Q2155">
+        <v>95</v>
+      </c>
+      <c r="W2155">
+        <v>549</v>
+      </c>
+      <c r="AC2155" s="3">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="2156" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2156" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2156" t="s">
         <v>33</v>
       </c>
-      <c r="H2113" t="s">
-[...19 lines deleted...]
-      <c r="K2114" t="s">
+      <c r="Q2156">
+        <v>95</v>
+      </c>
+      <c r="W2156">
+        <v>92</v>
+      </c>
+      <c r="AC2156" s="3">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="2157" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2157" t="s">
+        <v>194</v>
+      </c>
+      <c r="I2157">
+        <v>159859586</v>
+      </c>
+      <c r="K2157" t="s">
         <v>19</v>
       </c>
-      <c r="N2114">
-[...8 lines deleted...]
-      <c r="U2114" t="s">
+      <c r="N2157">
+        <v>146684</v>
+      </c>
+      <c r="P2157" s="2">
+        <v>45962</v>
+      </c>
+      <c r="S2157" s="2">
+        <v>46112</v>
+      </c>
+      <c r="U2157" t="s">
+        <v>19</v>
+      </c>
+      <c r="AA2157" s="3">
+        <v>2200</v>
+      </c>
+      <c r="AI2157" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2158" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2158" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2158">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2159" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2159" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2159" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2160" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2160" t="s">
         <v>25</v>
       </c>
-      <c r="AA2114" s="3">
-[...7 lines deleted...]
-      <c r="L2115" t="s">
+      <c r="G2160" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2160" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2160" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2161" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2161" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2162" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2162" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2162" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2162">
+        <v>95</v>
+      </c>
+      <c r="W2162">
+        <v>543</v>
+      </c>
+      <c r="AC2162" s="3">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="2163" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2163" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2163" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q2163">
+        <v>95</v>
+      </c>
+      <c r="W2163">
+        <v>3</v>
+      </c>
+      <c r="AC2163" s="3">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="2164" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2164" t="s">
+        <v>194</v>
+      </c>
+      <c r="I2164">
+        <v>159859586</v>
+      </c>
+      <c r="K2164" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2164">
+        <v>146834</v>
+      </c>
+      <c r="P2164" s="2">
+        <v>46023</v>
+      </c>
+      <c r="S2164" s="2">
+        <v>46053</v>
+      </c>
+      <c r="U2164" t="s">
+        <v>19</v>
+      </c>
+      <c r="AA2164">
+        <v>300</v>
+      </c>
+      <c r="AI2164" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2165" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2165" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2165">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2166" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2166" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2166" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2167" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2167" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2167" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2167" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2167" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2168" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2168" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2169" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2169" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2169" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2169">
+        <v>95</v>
+      </c>
+      <c r="W2169">
+        <v>543</v>
+      </c>
+      <c r="AC2169">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2170" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2170" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2170" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q2170">
+        <v>95</v>
+      </c>
+      <c r="W2170">
+        <v>3</v>
+      </c>
+      <c r="AC2170">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2171" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2171" t="s">
+        <v>408</v>
+      </c>
+      <c r="I2171">
+        <v>838611739</v>
+      </c>
+      <c r="K2171" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2171">
+        <v>146685</v>
+      </c>
+      <c r="P2171" s="2">
+        <v>45992</v>
+      </c>
+      <c r="S2171" s="2">
+        <v>46326</v>
+      </c>
+      <c r="U2171" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2171">
+        <v>350</v>
+      </c>
+      <c r="AI2171" t="s">
         <v>21</v>
       </c>
-      <c r="V2115">
-[...4 lines deleted...]
-      <c r="B2116" t="s">
+    </row>
+    <row r="2172" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2172" t="s">
         <v>22</v>
       </c>
-      <c r="M2116" t="s">
+      <c r="V2172">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="2173" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2173" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D2117" t="s">
+      <c r="M2173" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2174" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2174" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2174" t="s">
         <v>26</v>
       </c>
-      <c r="G2117" t="s">
+      <c r="O2174" t="s">
         <v>27</v>
       </c>
-      <c r="O2117" t="s">
+      <c r="V2174" t="s">
         <v>28</v>
       </c>
-      <c r="V2117" t="s">
+    </row>
+    <row r="2175" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2175" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="2118" spans="2:35" x14ac:dyDescent="0.25">
-      <c r="AB2118" t="s">
+    <row r="2176" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2176" t="s">
         <v>30</v>
       </c>
-    </row>
-[...509 lines deleted...]
-      <c r="Y2154">
+      <c r="H2176" t="s">
+        <v>240</v>
+      </c>
+      <c r="Q2176">
+        <v>95</v>
+      </c>
+      <c r="W2176">
         <v>501</v>
       </c>
-      <c r="AE2154">
-[...287 lines deleted...]
-        <v>30</v>
+      <c r="AC2176">
+        <v>350</v>
       </c>
     </row>
     <row r="2177" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E2177" t="s">
-        <v>31</v>
-[...11 lines deleted...]
-        <v>1850</v>
+        <v>32</v>
+      </c>
+      <c r="H2177" t="s">
+        <v>409</v>
+      </c>
+      <c r="Q2177">
+        <v>95</v>
+      </c>
+      <c r="W2177">
+        <v>18</v>
+      </c>
+      <c r="AC2177">
+        <v>250</v>
       </c>
     </row>
     <row r="2178" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E2178" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-        <v>1850</v>
+        <v>32</v>
+      </c>
+      <c r="H2178" t="s">
+        <v>410</v>
+      </c>
+      <c r="Q2178">
+        <v>95</v>
+      </c>
+      <c r="W2178">
+        <v>11</v>
+      </c>
+      <c r="AC2178">
+        <v>100</v>
       </c>
     </row>
     <row r="2179" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="T2179">
+      <c r="C2179" t="s">
+        <v>115</v>
+      </c>
+      <c r="I2179">
+        <v>624240628</v>
+      </c>
+      <c r="K2179" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2179">
+        <v>146576</v>
+      </c>
+      <c r="P2179" s="2">
+        <v>45920</v>
+      </c>
+      <c r="S2179" s="2">
+        <v>45994</v>
+      </c>
+      <c r="U2179" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2179">
+        <v>652</v>
+      </c>
+      <c r="AI2179" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2180" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="L2180" t="s">
+        <v>22</v>
+      </c>
+      <c r="V2180">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2181" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2181" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2181" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2182" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2182" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2182" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2182" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2182" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2183" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AB2183" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2184" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2184">
         <v>51</v>
       </c>
     </row>
-    <row r="2180" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="J2180" s="1" t="s">
+    <row r="2185" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2185" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2181" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A2181" t="s">
+    <row r="2186" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2186" t="s">
         <v>1</v>
       </c>
-      <c r="G2181" t="s">
+      <c r="G2186" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2182" spans="1:37" x14ac:dyDescent="0.25">
-      <c r="A2182" t="s">
+    <row r="2187" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2187" t="s">
         <v>3</v>
       </c>
-      <c r="G2182">
+      <c r="G2187">
         <v>67977322</v>
       </c>
-      <c r="AH2182" t="s">
+      <c r="AH2187" t="s">
         <v>4</v>
       </c>
-      <c r="AI2182" s="2">
-[...4 lines deleted...]
-      <c r="C2183" t="s">
+      <c r="AI2187" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2188" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2188" t="s">
         <v>5</v>
       </c>
-      <c r="J2183" t="s">
+      <c r="J2188" t="s">
         <v>6</v>
       </c>
-      <c r="K2183" t="s">
+      <c r="K2188" t="s">
         <v>7</v>
       </c>
-      <c r="M2183" t="s">
+      <c r="M2188" t="s">
         <v>8</v>
       </c>
-      <c r="O2183" t="s">
+      <c r="O2188" t="s">
         <v>9</v>
       </c>
-      <c r="Q2183" t="s">
+      <c r="Q2188" t="s">
         <v>10</v>
       </c>
-      <c r="U2183" t="s">
+      <c r="U2188" t="s">
         <v>11</v>
       </c>
-      <c r="V2183" s="1" t="s">
+      <c r="V2188" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="X2183" t="s">
+      <c r="X2188" t="s">
         <v>13</v>
       </c>
-      <c r="Z2183" t="s">
+      <c r="Z2188" t="s">
         <v>14</v>
       </c>
-      <c r="AB2183" t="s">
+      <c r="AB2188" t="s">
         <v>15</v>
       </c>
-      <c r="AF2183" t="s">
+      <c r="AF2188" t="s">
         <v>16</v>
       </c>
-      <c r="AJ2183" t="s">
+      <c r="AJ2188" t="s">
         <v>17</v>
-      </c>
-[...62 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="2189" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E2189" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I2189" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="S2189">
         <v>95</v>
       </c>
       <c r="Y2189">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>771</v>
+      </c>
+      <c r="AE2189">
+        <v>652</v>
       </c>
     </row>
     <row r="2190" spans="1:37" x14ac:dyDescent="0.25">
       <c r="E2190" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I2190" t="s">
-        <v>209</v>
+        <v>265</v>
       </c>
       <c r="S2190">
         <v>95</v>
       </c>
       <c r="Y2190">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>157</v>
+      </c>
+      <c r="AE2190">
+        <v>652</v>
       </c>
     </row>
     <row r="2191" spans="1:37" x14ac:dyDescent="0.25">
       <c r="C2191" t="s">
-        <v>414</v>
+        <v>115</v>
       </c>
       <c r="J2191">
-        <v>5212600</v>
+        <v>624240628</v>
       </c>
       <c r="L2191" t="s">
         <v>19</v>
       </c>
       <c r="O2191">
-        <v>126320</v>
+        <v>146799</v>
       </c>
       <c r="Q2191" s="2">
-        <v>36923</v>
+        <v>46023</v>
       </c>
       <c r="U2191" s="2">
-        <v>48518</v>
+        <v>46112</v>
       </c>
       <c r="W2191" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AC2191" s="3">
-        <v>5725</v>
+        <v>8800</v>
       </c>
       <c r="AK2191" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
     </row>
     <row r="2192" spans="1:37" x14ac:dyDescent="0.25">
       <c r="M2192" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="X2192">
-        <v>2587</v>
+        <v>89</v>
       </c>
     </row>
     <row r="2193" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B2193" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2193" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2194" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2194" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2194" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2194" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2194" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2195" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2195" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2196" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2196" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2196" t="s">
+        <v>411</v>
+      </c>
+      <c r="S2196">
+        <v>95</v>
+      </c>
+      <c r="Y2196">
+        <v>771</v>
+      </c>
+      <c r="AE2196" s="3">
+        <v>8800</v>
+      </c>
+    </row>
+    <row r="2197" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2197" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2197" t="s">
+        <v>249</v>
+      </c>
+      <c r="S2197">
+        <v>95</v>
+      </c>
+      <c r="Y2197">
+        <v>138</v>
+      </c>
+      <c r="AE2197" s="3">
+        <v>8800</v>
+      </c>
+    </row>
+    <row r="2198" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2198" t="s">
+        <v>115</v>
+      </c>
+      <c r="J2198">
+        <v>624240628</v>
+      </c>
+      <c r="L2198" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2198">
+        <v>146800</v>
+      </c>
+      <c r="Q2198" s="2">
+        <v>45994</v>
+      </c>
+      <c r="U2198" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W2198" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2198" s="3">
+        <v>2948</v>
+      </c>
+      <c r="AK2198" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2199" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2199" t="s">
         <v>22</v>
       </c>
-      <c r="N2193" t="s">
+      <c r="X2199">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2200" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2200" t="s">
         <v>23</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="R2195" t="s">
+      <c r="N2200" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2201" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2201" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2201" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2201" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2201" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2202" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2202" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2203" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2203" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2203" t="s">
+        <v>411</v>
+      </c>
+      <c r="S2203">
+        <v>95</v>
+      </c>
+      <c r="Y2203">
+        <v>771</v>
+      </c>
+      <c r="AE2203" s="3">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="2204" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2204" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2204" t="s">
+        <v>265</v>
+      </c>
+      <c r="S2204">
+        <v>95</v>
+      </c>
+      <c r="Y2204">
+        <v>157</v>
+      </c>
+      <c r="AE2204" s="3">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="2205" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2205" t="s">
+        <v>412</v>
+      </c>
+      <c r="J2205">
+        <v>20248134</v>
+      </c>
+      <c r="L2205" t="s">
         <v>19</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="R2197" t="s">
+      <c r="O2205">
+        <v>120408</v>
+      </c>
+      <c r="Q2205" s="2">
+        <v>35749</v>
+      </c>
+      <c r="U2205" s="2">
+        <v>43039</v>
+      </c>
+      <c r="W2205" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2205" s="3">
+        <v>1850</v>
+      </c>
+      <c r="AK2205" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="2206" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2206" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2206">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2207" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2207" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2207" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2208" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2208" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="2209" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2209" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="2198" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="D2198" t="s">
+    <row r="2210" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2210" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2210" t="s">
         <v>26</v>
       </c>
-      <c r="H2198" t="s">
+      <c r="P2210" t="s">
         <v>27</v>
       </c>
-      <c r="P2198" t="s">
+      <c r="X2210" t="s">
         <v>28</v>
       </c>
-      <c r="X2198" t="s">
+    </row>
+    <row r="2211" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2211" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="2199" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD2199" t="s">
+    <row r="2212" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2212" t="s">
         <v>30</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="Y2200">
+      <c r="I2212" t="s">
+        <v>300</v>
+      </c>
+      <c r="S2212">
+        <v>95</v>
+      </c>
+      <c r="Y2212">
+        <v>59</v>
+      </c>
+      <c r="AE2212" s="3">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="2213" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2213" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2213" t="s">
+        <v>413</v>
+      </c>
+      <c r="S2213">
+        <v>95</v>
+      </c>
+      <c r="Y2213">
+        <v>580</v>
+      </c>
+      <c r="AE2213" s="3">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="2214" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2214" t="s">
+        <v>414</v>
+      </c>
+      <c r="J2214">
+        <v>965177889</v>
+      </c>
+      <c r="L2214" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2214">
+        <v>146566</v>
+      </c>
+      <c r="Q2214" s="2">
+        <v>45961</v>
+      </c>
+      <c r="U2214" s="2">
+        <v>46324</v>
+      </c>
+      <c r="W2214" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC2214" s="3">
+        <v>5000</v>
+      </c>
+      <c r="AK2214" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2215" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2215" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2215">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="2216" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2216" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2216" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2217" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2217" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2217" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2217" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2217" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2218" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2218" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2219" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2219" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2219" t="s">
+        <v>213</v>
+      </c>
+      <c r="S2219">
+        <v>95</v>
+      </c>
+      <c r="Y2219">
+        <v>760</v>
+      </c>
+      <c r="AE2219" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="2220" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2220" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2220" t="s">
+        <v>211</v>
+      </c>
+      <c r="S2220">
+        <v>95</v>
+      </c>
+      <c r="Y2220">
+        <v>539</v>
+      </c>
+      <c r="AE2220" s="3">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="2221" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2221" t="s">
+        <v>415</v>
+      </c>
+      <c r="J2221">
+        <v>5212600</v>
+      </c>
+      <c r="L2221" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2221">
+        <v>126320</v>
+      </c>
+      <c r="Q2221" s="2">
+        <v>36923</v>
+      </c>
+      <c r="U2221" s="2">
+        <v>48518</v>
+      </c>
+      <c r="W2221" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2221" s="3">
+        <v>5725</v>
+      </c>
+      <c r="AK2221" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2222" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2222" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2222">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="2223" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2223" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2223" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2224" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2224" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="2225" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2225" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2226" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T2226">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2227" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2227" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2228" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2228" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2228" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2229" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2229" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2229">
+        <v>67977322</v>
+      </c>
+      <c r="AH2229" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2229" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2230" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2230" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2230" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2230" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2230" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2230" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2230" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2230" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2230" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2230" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2230" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2230" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2230" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2230" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2231" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2231" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2231" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2232" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2232" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2233" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2234" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2234" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2234" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2234" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2235" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2236" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2236" t="s">
+        <v>48</v>
+      </c>
+      <c r="S2236">
+        <v>95</v>
+      </c>
+      <c r="Y2236">
         <v>297</v>
       </c>
-      <c r="AE2200" s="3">
+      <c r="AE2236" s="3">
         <v>5725</v>
       </c>
     </row>
-    <row r="2201" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="E2201" t="s">
+    <row r="2237" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2237" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2237" t="s">
         <v>33</v>
       </c>
-      <c r="I2201" t="s">
-[...5 lines deleted...]
-      <c r="Y2201">
+      <c r="S2237">
+        <v>95</v>
+      </c>
+      <c r="Y2237">
         <v>92</v>
       </c>
-      <c r="AE2201" s="3">
+      <c r="AE2237" s="3">
         <v>5725</v>
       </c>
     </row>
-    <row r="2202" spans="2:37" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="L2202" t="s">
+    <row r="2238" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2238" t="s">
+        <v>416</v>
+      </c>
+      <c r="J2238">
+        <v>601978869</v>
+      </c>
+      <c r="L2238" t="s">
         <v>19</v>
       </c>
-      <c r="O2202">
-[...8 lines deleted...]
-      <c r="W2202" t="s">
+      <c r="O2238">
+        <v>100145</v>
+      </c>
+      <c r="Q2238" s="2">
+        <v>35034</v>
+      </c>
+      <c r="U2238" s="2">
+        <v>40512</v>
+      </c>
+      <c r="W2238" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2238">
+        <v>300</v>
+      </c>
+      <c r="AK2238" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2239" t="s">
+        <v>22</v>
+      </c>
+      <c r="X2239">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2240" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2240" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2241" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2242" t="s">
         <v>19</v>
       </c>
-      <c r="AC2202" s="3">
-[...2 lines deleted...]
-      <c r="AK2202" t="s">
+    </row>
+    <row r="2243" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2243" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2244" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2245" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2245" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2245" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2245" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2246" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2247" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2247" t="s">
+        <v>48</v>
+      </c>
+      <c r="S2247">
+        <v>95</v>
+      </c>
+      <c r="Y2247">
+        <v>297</v>
+      </c>
+      <c r="AE2247">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2248" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2248" t="s">
+        <v>236</v>
+      </c>
+      <c r="S2248">
+        <v>95</v>
+      </c>
+      <c r="Y2248">
+        <v>336</v>
+      </c>
+      <c r="AE2248">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T2249">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2250" s="1" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2251" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2251" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2252" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2252">
+        <v>67977322</v>
+      </c>
+      <c r="AH2252" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2252" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2253" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2253" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2253" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2253" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2253" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2253" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2253" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2253" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2253" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2253" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2253" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2253" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2253" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2254" t="s">
+        <v>42</v>
+      </c>
+      <c r="J2254">
+        <v>7943764</v>
+      </c>
+      <c r="L2254" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2254">
+        <v>100403</v>
+      </c>
+      <c r="Q2254" s="2">
+        <v>36100</v>
+      </c>
+      <c r="U2254" s="2">
+        <v>49613</v>
+      </c>
+      <c r="W2254" t="s">
         <v>20</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="N2204" t="s">
+      <c r="AC2254" s="3">
+        <v>2654</v>
+      </c>
+      <c r="AG2254" s="3">
+        <v>95565</v>
+      </c>
+      <c r="AK2254" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2255" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2255">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2256" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D2205" t="s">
+      <c r="N2256" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2257" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2257" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2257" t="s">
         <v>26</v>
       </c>
-      <c r="H2205" t="s">
+      <c r="P2257" t="s">
         <v>27</v>
       </c>
-      <c r="P2205" t="s">
+      <c r="X2257" t="s">
         <v>28</v>
       </c>
-      <c r="X2205" t="s">
-[...49 lines deleted...]
-      <c r="L2209" t="s">
+    </row>
+    <row r="2258" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2258" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2260" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2260" t="s">
+        <v>99</v>
+      </c>
+      <c r="J2260">
+        <v>9256819</v>
+      </c>
+      <c r="L2260" t="s">
         <v>19</v>
       </c>
-      <c r="O2209">
-[...8 lines deleted...]
-      <c r="W2209" t="s">
+      <c r="O2260">
+        <v>135386</v>
+      </c>
+      <c r="Q2260" s="2">
+        <v>39142</v>
+      </c>
+      <c r="U2260" s="2">
+        <v>50586</v>
+      </c>
+      <c r="W2260" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2260" s="3">
+        <v>8500</v>
+      </c>
+      <c r="AG2260" s="3">
+        <v>99165</v>
+      </c>
+      <c r="AK2260" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2261" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2261" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2261">
+        <v>4563</v>
+      </c>
+    </row>
+    <row r="2262" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2262" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2262" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2263" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2263" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2264" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2264" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2265" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2265" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2266" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2266" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2267" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2267" t="s">
         <v>25</v>
       </c>
-      <c r="AC2209">
-[...43 lines deleted...]
-      <c r="D2216" t="s">
+      <c r="H2267" t="s">
         <v>26</v>
       </c>
-      <c r="H2216" t="s">
+      <c r="P2267" t="s">
         <v>27</v>
       </c>
-      <c r="P2216" t="s">
+      <c r="X2267" t="s">
         <v>28</v>
       </c>
-      <c r="X2216" t="s">
-[...178 lines deleted...]
-      <c r="AD2229" t="s">
+    </row>
+    <row r="2268" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2268" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="2231" spans="2:37" x14ac:dyDescent="0.25">
-[...390 lines deleted...]
-    <row r="2270" spans="1:37" x14ac:dyDescent="0.25">
+    <row r="2270" spans="2:37" x14ac:dyDescent="0.25">
       <c r="C2270" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="J2270">
         <v>7942584</v>
       </c>
       <c r="L2270" t="s">
         <v>19</v>
       </c>
       <c r="O2270">
-        <v>143461</v>
+        <v>100401</v>
       </c>
       <c r="Q2270" s="2">
-        <v>43922</v>
+        <v>36100</v>
       </c>
       <c r="U2270" s="2">
-        <v>46112</v>
+        <v>43769</v>
       </c>
       <c r="W2270" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AC2270" s="3">
-        <v>6077</v>
+        <v>16789</v>
       </c>
       <c r="AG2270" s="3">
-        <v>178460</v>
+        <v>604351</v>
       </c>
       <c r="AK2270" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="2271" spans="1:37" x14ac:dyDescent="0.25">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="2271" spans="2:37" x14ac:dyDescent="0.25">
       <c r="M2271" t="s">
         <v>419</v>
       </c>
       <c r="X2271">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="2272" spans="1:37" x14ac:dyDescent="0.25">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2272" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B2272" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N2272" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="2273" spans="2:37" x14ac:dyDescent="0.25">
       <c r="F2273" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="2274" spans="2:37" x14ac:dyDescent="0.25">
       <c r="R2274" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2275" spans="2:37" x14ac:dyDescent="0.25">
       <c r="D2275" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2275" t="s">
         <v>26</v>
       </c>
-      <c r="H2275" t="s">
+      <c r="P2275" t="s">
         <v>27</v>
       </c>
-      <c r="P2275" t="s">
+      <c r="X2275" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="2276" spans="2:37" x14ac:dyDescent="0.25">
       <c r="AD2276" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="2278" spans="2:37" x14ac:dyDescent="0.25">
       <c r="C2278" t="s">
-        <v>214</v>
+        <v>113</v>
       </c>
       <c r="J2278">
-        <v>249953860</v>
+        <v>7942584</v>
       </c>
       <c r="L2278" t="s">
         <v>19</v>
       </c>
       <c r="O2278">
-        <v>126033</v>
+        <v>135365</v>
       </c>
       <c r="Q2278" s="2">
-        <v>36831</v>
+        <v>39142</v>
       </c>
       <c r="U2278" s="2">
-        <v>48334</v>
+        <v>58745</v>
       </c>
       <c r="W2278" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AC2278" s="3">
-        <v>16861</v>
+        <v>30000</v>
       </c>
       <c r="AG2278" s="3">
-        <v>421863</v>
+        <v>350000</v>
       </c>
       <c r="AK2278" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="2279" spans="2:37" x14ac:dyDescent="0.25">
       <c r="M2279" t="s">
         <v>419</v>
       </c>
       <c r="X2279">
-        <v>2403</v>
+        <v>12722</v>
       </c>
     </row>
     <row r="2280" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B2280" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N2280" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2281" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2281" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="2282" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2282" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2283" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2283" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2283" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2283" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2283" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2284" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2284" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2286" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2286" t="s">
+        <v>113</v>
+      </c>
+      <c r="J2286">
+        <v>7942584</v>
+      </c>
+      <c r="L2286" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2286">
+        <v>139622</v>
+      </c>
+      <c r="Q2286" s="2">
+        <v>41153</v>
+      </c>
+      <c r="U2286" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W2286" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2286" s="3">
+        <v>3500</v>
+      </c>
+      <c r="AG2286" s="3">
+        <v>102782</v>
+      </c>
+      <c r="AK2286" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2287" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2287" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2287">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2288" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2288" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D2281" t="s">
+      <c r="N2288" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2289" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2289" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="2290" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2290" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2291" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2291" t="s">
         <v>26</v>
       </c>
-      <c r="H2281" t="s">
+      <c r="P2291" t="s">
         <v>27</v>
       </c>
-      <c r="P2281" t="s">
+      <c r="X2291" t="s">
         <v>28</v>
       </c>
-      <c r="X2281" t="s">
-[...4 lines deleted...]
-      <c r="AD2282" t="s">
+    </row>
+    <row r="2292" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2292" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="2284" spans="2:37" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="J2284">
+    <row r="2294" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T2294">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2295" s="1" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="2296" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2296" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2296" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2297" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2297">
+        <v>67977322</v>
+      </c>
+      <c r="AH2297" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2297" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2298" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2298" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2298" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2298" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2298" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2298" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2298" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2298" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2298" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2298" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2298" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2298" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2298" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2299" t="s">
+        <v>113</v>
+      </c>
+      <c r="J2299">
+        <v>7942584</v>
+      </c>
+      <c r="L2299" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2299">
+        <v>143461</v>
+      </c>
+      <c r="Q2299" s="2">
+        <v>43922</v>
+      </c>
+      <c r="U2299" s="2">
+        <v>46112</v>
+      </c>
+      <c r="W2299" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2299" s="3">
+        <v>6077</v>
+      </c>
+      <c r="AG2299" s="3">
+        <v>178460</v>
+      </c>
+      <c r="AK2299" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2300" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2300" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2300">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2301" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2301" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2302" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2302" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2303" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2304" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2304" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2304" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2304" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2305" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2305" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2307" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2307" t="s">
+        <v>218</v>
+      </c>
+      <c r="J2307">
         <v>249953860</v>
       </c>
-      <c r="L2284" t="s">
+      <c r="L2307" t="s">
         <v>19</v>
       </c>
-      <c r="O2284">
+      <c r="O2307">
+        <v>126033</v>
+      </c>
+      <c r="Q2307" s="2">
+        <v>36831</v>
+      </c>
+      <c r="U2307" s="2">
+        <v>48334</v>
+      </c>
+      <c r="W2307" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2307" s="3">
+        <v>16861</v>
+      </c>
+      <c r="AG2307" s="3">
+        <v>421863</v>
+      </c>
+      <c r="AK2307" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2308" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2308" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2308">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="2309" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2309" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2309" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2310" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2310" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2310" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2310" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2310" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2311" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2311" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2313" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2313" t="s">
+        <v>218</v>
+      </c>
+      <c r="J2313">
+        <v>249953860</v>
+      </c>
+      <c r="L2313" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2313">
         <v>135427</v>
       </c>
-      <c r="Q2284" s="2">
+      <c r="Q2313" s="2">
         <v>39142</v>
       </c>
-      <c r="U2284" s="2">
+      <c r="U2313" s="2">
         <v>48334</v>
       </c>
-      <c r="W2284" t="s">
+      <c r="W2313" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2313" s="3">
+        <v>54233</v>
+      </c>
+      <c r="AG2313" s="3">
+        <v>632718</v>
+      </c>
+      <c r="AK2313" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2314" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2314" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2314">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="2315" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2315" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2315" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2316" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2316" t="s">
         <v>25</v>
       </c>
-      <c r="AC2284" s="3">
-[...26 lines deleted...]
-      <c r="D2287" t="s">
+      <c r="H2316" t="s">
         <v>26</v>
       </c>
-      <c r="H2287" t="s">
+      <c r="P2316" t="s">
         <v>27</v>
       </c>
-      <c r="P2287" t="s">
+      <c r="X2316" t="s">
         <v>28</v>
       </c>
-      <c r="X2287" t="s">
-[...307 lines deleted...]
-    <row r="2317" spans="1:37" x14ac:dyDescent="0.25">
+    </row>
+    <row r="2317" spans="2:37" x14ac:dyDescent="0.25">
       <c r="AD2317" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="2319" spans="1:37" x14ac:dyDescent="0.25">
+    <row r="2319" spans="2:37" x14ac:dyDescent="0.25">
       <c r="C2319" t="s">
-        <v>348</v>
+        <v>227</v>
       </c>
       <c r="J2319">
-        <v>7942113</v>
+        <v>6927271</v>
       </c>
       <c r="L2319" t="s">
         <v>19</v>
       </c>
       <c r="O2319">
-        <v>100505</v>
+        <v>135430</v>
       </c>
       <c r="Q2319" s="2">
-        <v>36100</v>
+        <v>39142</v>
       </c>
       <c r="U2319" s="2">
-        <v>49765</v>
+        <v>52536</v>
       </c>
       <c r="W2319" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AC2319" s="3">
-        <v>48390</v>
+        <v>11267</v>
       </c>
       <c r="AG2319" s="3">
-        <v>1181021</v>
+        <v>131453</v>
       </c>
       <c r="AK2319" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-    <row r="2320" spans="1:37" x14ac:dyDescent="0.25">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2320" spans="2:37" x14ac:dyDescent="0.25">
       <c r="M2320" t="s">
         <v>419</v>
       </c>
       <c r="X2320">
-        <v>3834</v>
+        <v>6513</v>
       </c>
     </row>
     <row r="2321" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B2321" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N2321" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="2322" spans="2:37" x14ac:dyDescent="0.25">
       <c r="D2322" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2322" t="s">
         <v>26</v>
       </c>
-      <c r="H2322" t="s">
+      <c r="P2322" t="s">
         <v>27</v>
       </c>
-      <c r="P2322" t="s">
+      <c r="X2322" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="2323" spans="2:37" x14ac:dyDescent="0.25">
       <c r="AD2323" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="2325" spans="2:37" x14ac:dyDescent="0.25">
       <c r="C2325" t="s">
-        <v>348</v>
+        <v>238</v>
       </c>
       <c r="J2325">
-        <v>7942113</v>
+        <v>181912262</v>
       </c>
       <c r="L2325" t="s">
         <v>19</v>
       </c>
       <c r="O2325">
-        <v>139250</v>
+        <v>100405</v>
       </c>
       <c r="Q2325" s="2">
-        <v>40848</v>
+        <v>36100</v>
       </c>
       <c r="U2325" s="2">
-        <v>48669</v>
+        <v>48304</v>
       </c>
       <c r="W2325" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="AC2325" s="3">
-        <v>6704</v>
+        <v>30337</v>
       </c>
       <c r="AG2325" s="3">
-        <v>140622</v>
+        <v>1092099</v>
       </c>
       <c r="AK2325" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="2326" spans="2:37" x14ac:dyDescent="0.25">
       <c r="M2326" t="s">
         <v>419</v>
       </c>
       <c r="X2326">
-        <v>2738</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="2327" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B2327" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N2327" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2328" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2328" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2329" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2329" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2330" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2330" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="2331" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2331" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2332" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2332" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2332" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2332" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2332" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2333" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2333" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2335" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="T2335">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2336" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="J2336" s="1" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2337" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2337" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2338" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2338" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2338">
+        <v>67977322</v>
+      </c>
+      <c r="AH2338" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2338" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2339" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2339" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2339" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2339" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2339" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2339" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2339" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2339" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2339" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2339" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2339" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2339" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2339" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2339" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2340" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2340" t="s">
+        <v>299</v>
+      </c>
+      <c r="J2340">
+        <v>7908916</v>
+      </c>
+      <c r="L2340" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2340">
+        <v>100502</v>
+      </c>
+      <c r="Q2340" s="2">
+        <v>36100</v>
+      </c>
+      <c r="U2340" s="2">
+        <v>48883</v>
+      </c>
+      <c r="W2340" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2340" s="3">
+        <v>46030</v>
+      </c>
+      <c r="AG2340" s="3">
+        <v>1120288</v>
+      </c>
+      <c r="AK2340" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2341" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2341" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2341">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="2342" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2342" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D2328" t="s">
+      <c r="N2342" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2343" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2343" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="2344" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2344" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2345" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2345" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2345" t="s">
         <v>26</v>
       </c>
-      <c r="H2328" t="s">
+      <c r="P2345" t="s">
         <v>27</v>
       </c>
-      <c r="P2328" t="s">
+      <c r="X2345" t="s">
         <v>28</v>
       </c>
-      <c r="X2328" t="s">
+    </row>
+    <row r="2346" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2346" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2348" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2348" t="s">
+        <v>349</v>
+      </c>
+      <c r="J2348">
+        <v>7942113</v>
+      </c>
+      <c r="L2348" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2348">
+        <v>100505</v>
+      </c>
+      <c r="Q2348" s="2">
+        <v>36100</v>
+      </c>
+      <c r="U2348" s="2">
+        <v>49765</v>
+      </c>
+      <c r="W2348" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2348" s="3">
+        <v>48390</v>
+      </c>
+      <c r="AG2348" s="3">
+        <v>1181021</v>
+      </c>
+      <c r="AK2348" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2349" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2349" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2349">
+        <v>3742</v>
+      </c>
+    </row>
+    <row r="2350" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2350" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2350" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2351" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2351" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2351" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2351" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2351" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2352" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2352" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2354" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2354" t="s">
+        <v>349</v>
+      </c>
+      <c r="J2354">
+        <v>7942113</v>
+      </c>
+      <c r="L2354" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2354">
+        <v>139250</v>
+      </c>
+      <c r="Q2354" s="2">
+        <v>40848</v>
+      </c>
+      <c r="U2354" s="2">
+        <v>48669</v>
+      </c>
+      <c r="W2354" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2354" s="3">
+        <v>6704</v>
+      </c>
+      <c r="AG2354" s="3">
+        <v>140622</v>
+      </c>
+      <c r="AK2354" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2355" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2355" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2355">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="2356" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2356" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2356" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2357" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2357" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2357" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2357" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2357" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2358" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2358" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2360" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2360" t="s">
+        <v>197</v>
+      </c>
+      <c r="J2360">
+        <v>837565548</v>
+      </c>
+      <c r="L2360" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2360">
+        <v>134511</v>
+      </c>
+      <c r="Q2360" s="2">
+        <v>38838</v>
+      </c>
+      <c r="U2360" s="2">
+        <v>53417</v>
+      </c>
+      <c r="W2360" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2360">
+        <v>637</v>
+      </c>
+      <c r="AG2360" s="3">
+        <v>16373</v>
+      </c>
+      <c r="AK2360" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="2361" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2361" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2361">
+        <v>7394</v>
+      </c>
+    </row>
+    <row r="2362" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2362" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2362" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2363" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2363" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2363" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2363" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2363" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2364" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2364" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2366" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2366" t="s">
+        <v>398</v>
+      </c>
+      <c r="J2366">
+        <v>959415852</v>
+      </c>
+      <c r="L2366" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2366">
+        <v>126544</v>
+      </c>
+      <c r="Q2366" s="2">
+        <v>37012</v>
+      </c>
+      <c r="U2366" s="2">
+        <v>53417</v>
+      </c>
+      <c r="W2366" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2366" s="3">
+        <v>12687</v>
+      </c>
+      <c r="AG2366" s="3">
+        <v>281242</v>
+      </c>
+      <c r="AK2366" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2367" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2367" t="s">
+        <v>419</v>
+      </c>
+      <c r="X2367">
+        <v>7394</v>
+      </c>
+    </row>
+    <row r="2368" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2368" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2368" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2369" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2369" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="2370" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2370" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2371" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2371" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2371" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2371" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2371" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2372" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2372" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2374" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T2374">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2375" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2375" s="1" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="2376" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2376" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2376" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2377" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2377" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2377">
+        <v>67977322</v>
+      </c>
+      <c r="AH2377" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2377" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2378" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2378" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2378" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2378" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2378" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2378" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2378" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2378" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2378" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2378" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2378" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2378" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2378" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2378" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2379" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2379" t="s">
+        <v>113</v>
+      </c>
+      <c r="J2379">
+        <v>7942584</v>
+      </c>
+      <c r="L2379" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2379">
+        <v>100601</v>
+      </c>
+      <c r="Q2379" s="2">
+        <v>39142</v>
+      </c>
+      <c r="U2379" s="2">
+        <v>45016</v>
+      </c>
+      <c r="W2379" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2379" s="3">
+        <v>60000</v>
+      </c>
+      <c r="AG2379" s="3">
+        <v>562200</v>
+      </c>
+      <c r="AK2379" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="2380" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2380" t="s">
+        <v>425</v>
+      </c>
+      <c r="X2380">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2381" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2381" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2381" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2382" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2382" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2382" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2382" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2382" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2383" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2383" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2385" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2385" t="s">
+        <v>113</v>
+      </c>
+      <c r="J2385">
+        <v>7942584</v>
+      </c>
+      <c r="L2385" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2385">
+        <v>140857</v>
+      </c>
+      <c r="Q2385" s="2">
+        <v>42461</v>
+      </c>
+      <c r="U2385" s="2">
+        <v>45016</v>
+      </c>
+      <c r="W2385" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2385" s="3">
+        <v>18125</v>
+      </c>
+      <c r="AG2385" s="3">
+        <v>100000</v>
+      </c>
+      <c r="AK2385" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="2386" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2386" t="s">
+        <v>425</v>
+      </c>
+      <c r="X2386">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2387" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2387" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2387" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2388" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2388" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2388" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2388" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2388" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2389" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2389" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2391" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2391" t="s">
+        <v>196</v>
+      </c>
+      <c r="J2391">
+        <v>60041985</v>
+      </c>
+      <c r="L2391" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2391">
+        <v>140427</v>
+      </c>
+      <c r="Q2391" s="2">
+        <v>41852</v>
+      </c>
+      <c r="U2391" s="2">
+        <v>47787</v>
+      </c>
+      <c r="W2391" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2391" s="3">
+        <v>1500</v>
+      </c>
+      <c r="AG2391" s="3">
+        <v>8965</v>
+      </c>
+      <c r="AK2391" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="2392" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2392" t="s">
+        <v>425</v>
+      </c>
+      <c r="X2392">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="2393" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2393" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2393" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2394" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2394" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="2395" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2395" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2396" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2396" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2396" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2396" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2396" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2397" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2397" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2399" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2399" t="s">
+        <v>238</v>
+      </c>
+      <c r="J2399">
+        <v>181912262</v>
+      </c>
+      <c r="L2399" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2399">
+        <v>100604</v>
+      </c>
+      <c r="Q2399" s="2">
+        <v>39052</v>
+      </c>
+      <c r="U2399" s="2">
+        <v>51956</v>
+      </c>
+      <c r="W2399" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2399" s="3">
+        <v>72000</v>
+      </c>
+      <c r="AG2399" s="3">
+        <v>770520</v>
+      </c>
+      <c r="AK2399" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2400" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2400" t="s">
+        <v>425</v>
+      </c>
+      <c r="X2400">
+        <v>5933</v>
+      </c>
+    </row>
+    <row r="2401" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2401" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2401" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2402" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2402" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2403" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2403" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2404" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2404" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2404" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2404" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2404" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2405" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2405" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2407" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2407" t="s">
+        <v>238</v>
+      </c>
+      <c r="J2407">
+        <v>181912262</v>
+      </c>
+      <c r="L2407" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2407">
+        <v>135014</v>
+      </c>
+      <c r="Q2407" s="2">
+        <v>39387</v>
+      </c>
+      <c r="U2407" s="2">
+        <v>51956</v>
+      </c>
+      <c r="W2407" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2407" s="3">
+        <v>41200</v>
+      </c>
+      <c r="AG2407" s="3">
+        <v>325715</v>
+      </c>
+      <c r="AK2407" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2408" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2408" t="s">
+        <v>425</v>
+      </c>
+      <c r="X2408">
+        <v>5933</v>
+      </c>
+    </row>
+    <row r="2409" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2409" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2409" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2410" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2410" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2411" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2411" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2412" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2412" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2412" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2412" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2412" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2413" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2413" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2415" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2415" t="s">
+        <v>238</v>
+      </c>
+      <c r="J2415">
+        <v>181912262</v>
+      </c>
+      <c r="L2415" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2415">
+        <v>140833</v>
+      </c>
+      <c r="Q2415" s="2">
+        <v>42461</v>
+      </c>
+      <c r="U2415" s="2">
+        <v>51956</v>
+      </c>
+      <c r="W2415" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2415" s="3">
+        <v>41975</v>
+      </c>
+      <c r="AG2415" s="3">
+        <v>378900</v>
+      </c>
+      <c r="AK2415" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="2416" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2416" t="s">
+        <v>425</v>
+      </c>
+      <c r="X2416">
+        <v>5933</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2417" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2417" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="F2418" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R2419" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="T2420">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I2421" s="1" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2422" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2422" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2423" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2423">
+        <v>67977322</v>
+      </c>
+      <c r="AF2423" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG2423" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2424" t="s">
+        <v>5</v>
+      </c>
+      <c r="I2424" t="s">
+        <v>6</v>
+      </c>
+      <c r="J2424" t="s">
+        <v>7</v>
+      </c>
+      <c r="L2424" t="s">
+        <v>8</v>
+      </c>
+      <c r="N2424" t="s">
+        <v>9</v>
+      </c>
+      <c r="P2424" t="s">
+        <v>10</v>
+      </c>
+      <c r="S2424" t="s">
+        <v>11</v>
+      </c>
+      <c r="T2424" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V2424" t="s">
+        <v>13</v>
+      </c>
+      <c r="X2424" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z2424" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD2424" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH2424" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2425" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2425" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2425" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2425" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB2426" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2428" t="s">
+        <v>349</v>
+      </c>
+      <c r="I2428">
+        <v>7942113</v>
+      </c>
+      <c r="K2428" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2428">
+        <v>140975</v>
+      </c>
+      <c r="P2428" s="2">
+        <v>42309</v>
+      </c>
+      <c r="S2428" s="2">
+        <v>46112</v>
+      </c>
+      <c r="U2428" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2428" s="3">
+        <v>55500</v>
+      </c>
+      <c r="AE2428" s="3">
+        <v>181700</v>
+      </c>
+      <c r="AI2428" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2429" t="s">
+        <v>425</v>
+      </c>
+      <c r="V2429">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2430" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2430" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2431" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2431" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2431" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2431" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB2432" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2434" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2434" t="s">
+        <v>349</v>
+      </c>
+      <c r="I2434">
+        <v>7942113</v>
+      </c>
+      <c r="K2434" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2434">
+        <v>145269</v>
+      </c>
+      <c r="P2434" s="2">
+        <v>45047</v>
+      </c>
+      <c r="S2434" s="2">
+        <v>46112</v>
+      </c>
+      <c r="U2434" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2434" s="3">
+        <v>15000</v>
+      </c>
+      <c r="AE2434" s="3">
+        <v>60000</v>
+      </c>
+      <c r="AI2434" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2435" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2435" t="s">
+        <v>425</v>
+      </c>
+      <c r="V2435">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2436" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2436" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2436" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2437" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2437" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2437" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2437" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2437" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2438" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB2438" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2440" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R2440">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="2441" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="I2441" s="1" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="2442" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2442" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2442" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2443" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2443" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2443">
+        <v>67977322</v>
+      </c>
+      <c r="AF2443" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG2443" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2444" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2444" t="s">
+        <v>5</v>
+      </c>
+      <c r="I2444" t="s">
+        <v>6</v>
+      </c>
+      <c r="J2444" t="s">
+        <v>7</v>
+      </c>
+      <c r="L2444" t="s">
+        <v>8</v>
+      </c>
+      <c r="N2444" t="s">
+        <v>9</v>
+      </c>
+      <c r="P2444" t="s">
+        <v>10</v>
+      </c>
+      <c r="S2444" t="s">
+        <v>11</v>
+      </c>
+      <c r="T2444" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V2444" t="s">
+        <v>13</v>
+      </c>
+      <c r="X2444" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z2444" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD2444" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH2444" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2445" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2445" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2445">
+        <v>7943764</v>
+      </c>
+      <c r="K2445" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2445">
+        <v>100314</v>
+      </c>
+      <c r="P2445" s="2">
+        <v>34820</v>
+      </c>
+      <c r="S2445" s="2">
+        <v>46721</v>
+      </c>
+      <c r="U2445" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2445" s="3">
+        <v>91200</v>
+      </c>
+      <c r="AE2445" s="3">
+        <v>7962</v>
+      </c>
+      <c r="AI2445" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2446" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2446" t="s">
+        <v>428</v>
+      </c>
+      <c r="V2446">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="2447" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2447" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2447" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2448" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2448" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2448" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2448" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2448" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2449" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="AB2449" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2450" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2450" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2450" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q2450">
+        <v>95</v>
+      </c>
+      <c r="W2450">
+        <v>235</v>
+      </c>
+      <c r="AC2450" s="3">
+        <v>91200</v>
+      </c>
+    </row>
+    <row r="2451" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2451" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2451" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q2451">
+        <v>95</v>
+      </c>
+      <c r="W2451">
+        <v>382</v>
+      </c>
+      <c r="AC2451" s="3">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="2452" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2452" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2452" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q2452">
+        <v>95</v>
+      </c>
+      <c r="W2452">
+        <v>523</v>
+      </c>
+      <c r="AC2452" s="3">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="2453" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2453" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2453" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q2453">
+        <v>95</v>
+      </c>
+      <c r="W2453">
+        <v>522</v>
+      </c>
+      <c r="AC2453" s="3">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="2454" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2454" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2454" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q2454">
+        <v>95</v>
+      </c>
+      <c r="W2454">
+        <v>417</v>
+      </c>
+      <c r="AC2454">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="2455" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2455" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2455" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q2455">
+        <v>95</v>
+      </c>
+      <c r="W2455">
+        <v>421</v>
+      </c>
+      <c r="AC2455">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2456" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2456" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2456" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q2456">
+        <v>95</v>
+      </c>
+      <c r="W2456">
+        <v>375</v>
+      </c>
+      <c r="AC2456">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="2457" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2457" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2457" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q2457">
+        <v>95</v>
+      </c>
+      <c r="W2457">
+        <v>416</v>
+      </c>
+      <c r="AC2457">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2458" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2458" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2458" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q2458">
+        <v>95</v>
+      </c>
+      <c r="W2458">
+        <v>423</v>
+      </c>
+      <c r="AC2458">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2459" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2459" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2459" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q2459">
+        <v>95</v>
+      </c>
+      <c r="W2459">
+        <v>204</v>
+      </c>
+      <c r="AC2459">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2460" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2460" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2460" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q2460">
+        <v>95</v>
+      </c>
+      <c r="W2460">
+        <v>528</v>
+      </c>
+      <c r="AC2460" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2461" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2461" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2461" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q2461">
+        <v>95</v>
+      </c>
+      <c r="W2461">
+        <v>380</v>
+      </c>
+      <c r="AC2461">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2462" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2462" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2462" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q2462">
+        <v>95</v>
+      </c>
+      <c r="W2462">
+        <v>425</v>
+      </c>
+      <c r="AC2462" s="3">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="2463" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2463" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2463" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q2463">
+        <v>95</v>
+      </c>
+      <c r="W2463">
+        <v>426</v>
+      </c>
+      <c r="AC2463" s="3">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="2464" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2464" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2464" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q2464">
+        <v>95</v>
+      </c>
+      <c r="W2464">
+        <v>424</v>
+      </c>
+      <c r="AC2464" s="3">
+        <v>5600</v>
+      </c>
+    </row>
+    <row r="2465" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2465" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2465" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q2465">
+        <v>95</v>
+      </c>
+      <c r="W2465">
+        <v>377</v>
+      </c>
+      <c r="AC2465">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2466" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2466" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2466" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q2466">
+        <v>95</v>
+      </c>
+      <c r="W2466">
+        <v>403</v>
+      </c>
+      <c r="AC2466" s="3">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="2467" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2467" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2467" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q2467">
+        <v>95</v>
+      </c>
+      <c r="W2467">
+        <v>420</v>
+      </c>
+      <c r="AC2467" s="3">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="2468" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2468" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2468" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q2468">
+        <v>95</v>
+      </c>
+      <c r="W2468">
+        <v>718</v>
+      </c>
+      <c r="AC2468" s="3">
+        <v>15662</v>
+      </c>
+    </row>
+    <row r="2469" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2469" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2469" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q2469">
+        <v>95</v>
+      </c>
+      <c r="W2469">
+        <v>418</v>
+      </c>
+      <c r="AC2469">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2470" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2470" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2470" t="s">
+        <v>74</v>
+      </c>
+      <c r="Q2470">
+        <v>95</v>
+      </c>
+      <c r="W2470">
+        <v>524</v>
+      </c>
+      <c r="AC2470">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2471" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2471" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2471" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q2471">
+        <v>95</v>
+      </c>
+      <c r="W2471">
+        <v>404</v>
+      </c>
+      <c r="AC2471" s="3">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="2472" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2472" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2472" t="s">
+        <v>76</v>
+      </c>
+      <c r="Q2472">
+        <v>95</v>
+      </c>
+      <c r="W2472">
+        <v>419</v>
+      </c>
+      <c r="AC2472" s="3">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="2473" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2473" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2473" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q2473">
+        <v>95</v>
+      </c>
+      <c r="W2473">
+        <v>379</v>
+      </c>
+      <c r="AC2473">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2474" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2474" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2474" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q2474">
+        <v>95</v>
+      </c>
+      <c r="W2474">
+        <v>527</v>
+      </c>
+      <c r="AC2474">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2475" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2475" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2475" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q2475">
+        <v>95</v>
+      </c>
+      <c r="W2475">
+        <v>385</v>
+      </c>
+      <c r="AC2475" s="3">
+        <v>37938</v>
+      </c>
+    </row>
+    <row r="2476" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2476" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2476" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q2476">
+        <v>95</v>
+      </c>
+      <c r="W2476">
+        <v>383</v>
+      </c>
+      <c r="AC2476" s="3">
+        <v>10300</v>
+      </c>
+    </row>
+    <row r="2477" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2477" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2477" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q2477">
+        <v>95</v>
+      </c>
+      <c r="W2477">
+        <v>381</v>
+      </c>
+      <c r="AC2477">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2478" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2478" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2478" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q2478">
+        <v>95</v>
+      </c>
+      <c r="W2478">
+        <v>188</v>
+      </c>
+      <c r="AC2478" s="3">
+        <v>6510</v>
+      </c>
+    </row>
+    <row r="2479" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2479" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2479" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q2479">
+        <v>95</v>
+      </c>
+      <c r="W2479">
+        <v>212</v>
+      </c>
+      <c r="AC2479">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2480" spans="5:29" x14ac:dyDescent="0.25">
+      <c r="E2480" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2480" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q2480">
+        <v>95</v>
+      </c>
+      <c r="W2480">
+        <v>422</v>
+      </c>
+      <c r="AC2480">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2481" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2481" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q2481">
+        <v>95</v>
+      </c>
+      <c r="W2481">
+        <v>409</v>
+      </c>
+      <c r="AC2481">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2482">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="2483" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2483" s="1" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="2484" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2484" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2484" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2485" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2485" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2485">
+        <v>67977322</v>
+      </c>
+      <c r="AH2485" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2485" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2486" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2486" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2486" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2486" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2486" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2486" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2486" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2486" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2486" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2486" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2486" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2486" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2486" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2486" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2487" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2487" t="s">
+        <v>42</v>
+      </c>
+      <c r="J2487">
+        <v>7943764</v>
+      </c>
+      <c r="L2487" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2487">
+        <v>100315</v>
+      </c>
+      <c r="Q2487" s="2">
+        <v>34425</v>
+      </c>
+      <c r="U2487" s="2">
+        <v>49613</v>
+      </c>
+      <c r="W2487" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2487" s="3">
+        <v>2623</v>
+      </c>
+      <c r="AG2487">
+        <v>259</v>
+      </c>
+      <c r="AK2487" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2488" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2488" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2488">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="2489" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2489" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2489" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2490" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2490" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2490" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2490" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2490" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2491" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2491" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2492" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2492" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2492" t="s">
+        <v>180</v>
+      </c>
+      <c r="S2492">
+        <v>95</v>
+      </c>
+      <c r="Y2492">
+        <v>235</v>
+      </c>
+      <c r="AE2492" s="3">
+        <v>2623</v>
+      </c>
+    </row>
+    <row r="2493" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2493" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2493" t="s">
+        <v>49</v>
+      </c>
+      <c r="S2493">
+        <v>95</v>
+      </c>
+      <c r="Y2493">
+        <v>361</v>
+      </c>
+      <c r="AE2493">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2494" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2494" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2494" t="s">
+        <v>62</v>
+      </c>
+      <c r="S2494">
+        <v>95</v>
+      </c>
+      <c r="Y2494">
+        <v>181</v>
+      </c>
+      <c r="AE2494" s="3">
+        <v>2880</v>
+      </c>
+    </row>
+    <row r="2495" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2495" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2495" t="s">
+        <v>69</v>
+      </c>
+      <c r="S2495">
+        <v>95</v>
+      </c>
+      <c r="Y2495">
+        <v>359</v>
+      </c>
+      <c r="AE2495">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2496" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2496" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2496" t="s">
+        <v>71</v>
+      </c>
+      <c r="S2496">
+        <v>95</v>
+      </c>
+      <c r="Y2496">
+        <v>179</v>
+      </c>
+      <c r="AE2496">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="2497" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2497" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2497" t="s">
+        <v>78</v>
+      </c>
+      <c r="S2497">
+        <v>95</v>
+      </c>
+      <c r="Y2497">
+        <v>351</v>
+      </c>
+      <c r="AE2497">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2498" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2498" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2498" t="s">
+        <v>84</v>
+      </c>
+      <c r="S2498">
+        <v>95</v>
+      </c>
+      <c r="Y2498">
+        <v>188</v>
+      </c>
+      <c r="AE2498">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="2499" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2499" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2499" t="s">
+        <v>87</v>
+      </c>
+      <c r="S2499">
+        <v>95</v>
+      </c>
+      <c r="Y2499">
+        <v>345</v>
+      </c>
+      <c r="AE2499">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2500" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2500" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2500" t="s">
+        <v>88</v>
+      </c>
+      <c r="S2500">
+        <v>95</v>
+      </c>
+      <c r="Y2500">
+        <v>180</v>
+      </c>
+      <c r="AE2500">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2501" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2501" t="s">
+        <v>113</v>
+      </c>
+      <c r="J2501">
+        <v>7942584</v>
+      </c>
+      <c r="L2501" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2501">
+        <v>100302</v>
+      </c>
+      <c r="Q2501" s="2">
+        <v>34425</v>
+      </c>
+      <c r="U2501" s="2">
+        <v>43769</v>
+      </c>
+      <c r="W2501" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2501" s="3">
+        <v>16789</v>
+      </c>
+      <c r="AG2501" s="3">
+        <v>1656</v>
+      </c>
+      <c r="AK2501" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="2502" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2502" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2502">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2503" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2503" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2503" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2504" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2504" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="2505" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2505" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2506" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2506" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2506" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2506" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2506" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2507" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2507" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2508" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2508" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2508" t="s">
+        <v>180</v>
+      </c>
+      <c r="S2508">
+        <v>95</v>
+      </c>
+      <c r="Y2508">
+        <v>235</v>
+      </c>
+      <c r="AE2508" s="3">
+        <v>16789</v>
+      </c>
+    </row>
+    <row r="2509" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2509" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2509" t="s">
+        <v>122</v>
+      </c>
+      <c r="S2509">
+        <v>95</v>
+      </c>
+      <c r="Y2509">
+        <v>471</v>
+      </c>
+      <c r="AE2509">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2510" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2510" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2510" t="s">
+        <v>123</v>
+      </c>
+      <c r="S2510">
+        <v>95</v>
+      </c>
+      <c r="Y2510">
+        <v>487</v>
+      </c>
+      <c r="AE2510" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2511" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2511" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2511" t="s">
+        <v>124</v>
+      </c>
+      <c r="S2511">
+        <v>95</v>
+      </c>
+      <c r="Y2511">
+        <v>285</v>
+      </c>
+      <c r="AE2511">
         <v>29</v>
       </c>
     </row>
-    <row r="2329" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="AD2329" t="s">
+    <row r="2512" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2512" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2512" t="s">
+        <v>125</v>
+      </c>
+      <c r="S2512">
+        <v>95</v>
+      </c>
+      <c r="Y2512">
+        <v>279</v>
+      </c>
+      <c r="AE2512">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2513" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2513" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2513" t="s">
+        <v>128</v>
+      </c>
+      <c r="S2513">
+        <v>95</v>
+      </c>
+      <c r="Y2513">
+        <v>472</v>
+      </c>
+      <c r="AE2513" s="3">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="2514" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2514" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2514" t="s">
+        <v>386</v>
+      </c>
+      <c r="S2514">
+        <v>95</v>
+      </c>
+      <c r="Y2514">
+        <v>290</v>
+      </c>
+      <c r="AE2514" s="3">
+        <v>3580</v>
+      </c>
+    </row>
+    <row r="2515" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2515" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2515" t="s">
+        <v>129</v>
+      </c>
+      <c r="S2515">
+        <v>95</v>
+      </c>
+      <c r="Y2515">
+        <v>486</v>
+      </c>
+      <c r="AE2515" s="3">
+        <v>4198</v>
+      </c>
+    </row>
+    <row r="2516" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2516" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2516" t="s">
+        <v>130</v>
+      </c>
+      <c r="S2516">
+        <v>95</v>
+      </c>
+      <c r="Y2516">
+        <v>373</v>
+      </c>
+      <c r="AE2516" s="3">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="2517" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2517" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2517" t="s">
+        <v>131</v>
+      </c>
+      <c r="S2517">
+        <v>95</v>
+      </c>
+      <c r="Y2517">
+        <v>230</v>
+      </c>
+      <c r="AE2517">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2518" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2518" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2518" t="s">
+        <v>133</v>
+      </c>
+      <c r="S2518">
+        <v>95</v>
+      </c>
+      <c r="Y2518">
+        <v>286</v>
+      </c>
+      <c r="AE2518">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2519" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2519" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2519" t="s">
+        <v>136</v>
+      </c>
+      <c r="S2519">
+        <v>95</v>
+      </c>
+      <c r="Y2519">
+        <v>190</v>
+      </c>
+      <c r="AE2519">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="2520" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2520" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2520" t="s">
+        <v>137</v>
+      </c>
+      <c r="S2520">
+        <v>95</v>
+      </c>
+      <c r="Y2520">
+        <v>171</v>
+      </c>
+      <c r="AE2520">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2521" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2521" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2521" t="s">
+        <v>141</v>
+      </c>
+      <c r="S2521">
+        <v>95</v>
+      </c>
+      <c r="Y2521">
+        <v>369</v>
+      </c>
+      <c r="AE2521" s="3">
+        <v>3668</v>
+      </c>
+    </row>
+    <row r="2522" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2522" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2522" t="s">
+        <v>142</v>
+      </c>
+      <c r="S2522">
+        <v>95</v>
+      </c>
+      <c r="Y2522">
+        <v>288</v>
+      </c>
+      <c r="AE2522">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2523" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2523" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2523" t="s">
+        <v>143</v>
+      </c>
+      <c r="S2523">
+        <v>95</v>
+      </c>
+      <c r="Y2523">
+        <v>227</v>
+      </c>
+      <c r="AE2523" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="2524" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2524" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2524" t="s">
+        <v>144</v>
+      </c>
+      <c r="S2524">
+        <v>95</v>
+      </c>
+      <c r="Y2524">
+        <v>289</v>
+      </c>
+      <c r="AE2524">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="2525" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="E2525" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2525" t="s">
+        <v>148</v>
+      </c>
+      <c r="S2525">
+        <v>95</v>
+      </c>
+      <c r="Y2525">
+        <v>412</v>
+      </c>
+      <c r="AE2525">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2526" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="T2526">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2527" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="I2527" s="1" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="2528" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A2528" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2528" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2529" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2529" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2529">
+        <v>67977322</v>
+      </c>
+      <c r="AF2529" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG2529" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2530" t="s">
+        <v>5</v>
+      </c>
+      <c r="I2530" t="s">
+        <v>6</v>
+      </c>
+      <c r="J2530" t="s">
+        <v>7</v>
+      </c>
+      <c r="L2530" t="s">
+        <v>8</v>
+      </c>
+      <c r="N2530" t="s">
+        <v>9</v>
+      </c>
+      <c r="P2530" t="s">
+        <v>10</v>
+      </c>
+      <c r="S2530" t="s">
+        <v>11</v>
+      </c>
+      <c r="T2530" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="V2530" t="s">
+        <v>13</v>
+      </c>
+      <c r="X2530" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z2530" t="s">
+        <v>15</v>
+      </c>
+      <c r="AD2530" t="s">
+        <v>16</v>
+      </c>
+      <c r="AH2530" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2531" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2531" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q2531">
+        <v>95</v>
+      </c>
+      <c r="W2531">
+        <v>283</v>
+      </c>
+      <c r="AC2531">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2532" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2532" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q2532">
+        <v>95</v>
+      </c>
+      <c r="W2532">
+        <v>170</v>
+      </c>
+      <c r="AC2532">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2533" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2533" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q2533">
+        <v>95</v>
+      </c>
+      <c r="W2533">
+        <v>479</v>
+      </c>
+      <c r="AC2533">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2534" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2534" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q2534">
+        <v>95</v>
+      </c>
+      <c r="W2534">
+        <v>371</v>
+      </c>
+      <c r="AC2534">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2535" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2535" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q2535">
+        <v>95</v>
+      </c>
+      <c r="W2535">
+        <v>185</v>
+      </c>
+      <c r="AC2535" s="3">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2536" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2536" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q2536">
+        <v>95</v>
+      </c>
+      <c r="W2536">
+        <v>370</v>
+      </c>
+      <c r="AC2536">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2537" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2537" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q2537">
+        <v>95</v>
+      </c>
+      <c r="W2537">
+        <v>284</v>
+      </c>
+      <c r="AC2537" s="3">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="2538" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2538" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2538" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q2538">
+        <v>95</v>
+      </c>
+      <c r="W2538">
+        <v>188</v>
+      </c>
+      <c r="AC2538" s="3">
+        <v>3107</v>
+      </c>
+    </row>
+    <row r="2539" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2539" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2539" t="s">
+        <v>164</v>
+      </c>
+      <c r="Q2539">
+        <v>95</v>
+      </c>
+      <c r="W2539">
+        <v>433</v>
+      </c>
+      <c r="AC2539" s="3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="2540" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2540" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2540" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q2540">
+        <v>95</v>
+      </c>
+      <c r="W2540">
+        <v>520</v>
+      </c>
+      <c r="AC2540" s="3">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="2541" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2541" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2541" t="s">
+        <v>167</v>
+      </c>
+      <c r="Q2541">
+        <v>95</v>
+      </c>
+      <c r="W2541">
+        <v>446</v>
+      </c>
+      <c r="AC2541" s="3">
+        <v>3474</v>
+      </c>
+    </row>
+    <row r="2542" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2542" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2542" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q2542">
+        <v>95</v>
+      </c>
+      <c r="W2542">
+        <v>223</v>
+      </c>
+      <c r="AC2542">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2543" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2543" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2543" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q2543">
+        <v>95</v>
+      </c>
+      <c r="W2543">
+        <v>439</v>
+      </c>
+      <c r="AC2543" s="3">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="2544" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2544" t="s">
+        <v>113</v>
+      </c>
+      <c r="I2544">
+        <v>7942584</v>
+      </c>
+      <c r="K2544" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2544">
+        <v>100304</v>
+      </c>
+      <c r="P2544" s="2">
+        <v>34425</v>
+      </c>
+      <c r="S2544" s="2">
+        <v>45016</v>
+      </c>
+      <c r="U2544" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2544" s="3">
+        <v>60000</v>
+      </c>
+      <c r="AE2544" s="3">
+        <v>1540</v>
+      </c>
+      <c r="AI2544" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="2545" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2545" t="s">
+        <v>428</v>
+      </c>
+      <c r="V2545">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2546" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2546" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2546" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2547" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2547" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2547" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2547" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2547" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2548" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2548" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="2331" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="C2331" t="s">
+    <row r="2549" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2549" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2549" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q2549">
+        <v>95</v>
+      </c>
+      <c r="W2549">
         <v>194</v>
       </c>
-      <c r="J2331">
-[...2 lines deleted...]
-      <c r="L2331" t="s">
+      <c r="AC2549" s="3">
+        <v>60000</v>
+      </c>
+    </row>
+    <row r="2550" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2550" t="s">
+        <v>113</v>
+      </c>
+      <c r="I2550">
+        <v>7942584</v>
+      </c>
+      <c r="K2550" t="s">
         <v>19</v>
       </c>
-      <c r="O2331">
-[...8 lines deleted...]
-      <c r="W2331" t="s">
+      <c r="N2550">
+        <v>139624</v>
+      </c>
+      <c r="P2550" s="2">
+        <v>41153</v>
+      </c>
+      <c r="S2550" s="2">
+        <v>43921</v>
+      </c>
+      <c r="U2550" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2550" s="3">
+        <v>3500</v>
+      </c>
+      <c r="AE2550">
+        <v>282</v>
+      </c>
+      <c r="AI2550" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2551" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2551" t="s">
+        <v>428</v>
+      </c>
+      <c r="V2551">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2552" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2552" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2552" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2553" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2553" t="s">
         <v>25</v>
       </c>
-      <c r="AC2331">
-[...21 lines deleted...]
-      <c r="N2333" t="s">
+      <c r="G2553" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2553" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2553" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2554" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2554" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2555" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2555" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2555" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q2555">
+        <v>95</v>
+      </c>
+      <c r="W2555">
+        <v>235</v>
+      </c>
+      <c r="AC2555" s="3">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="2556" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2556" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2556" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q2556">
+        <v>95</v>
+      </c>
+      <c r="W2556">
+        <v>472</v>
+      </c>
+      <c r="AC2556" s="3">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="2557" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2557" t="s">
+        <v>113</v>
+      </c>
+      <c r="I2557">
+        <v>7942584</v>
+      </c>
+      <c r="K2557" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2557">
+        <v>141193</v>
+      </c>
+      <c r="P2557" s="2">
+        <v>42461</v>
+      </c>
+      <c r="S2557" s="2">
+        <v>45016</v>
+      </c>
+      <c r="U2557" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2557" s="3">
+        <v>10675</v>
+      </c>
+      <c r="AE2557">
+        <v>274</v>
+      </c>
+      <c r="AI2557" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2558" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2558" t="s">
+        <v>428</v>
+      </c>
+      <c r="V2558">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2559" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2559" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D2334" t="s">
+      <c r="M2559" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2560" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2560" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2560" t="s">
         <v>26</v>
       </c>
-      <c r="H2334" t="s">
+      <c r="O2560" t="s">
         <v>27</v>
       </c>
-      <c r="P2334" t="s">
+      <c r="V2560" t="s">
         <v>28</v>
       </c>
-      <c r="X2334" t="s">
-[...4 lines deleted...]
-      <c r="AD2335" t="s">
+    </row>
+    <row r="2561" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AB2561" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="2337" spans="1:37" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="L2337" t="s">
+    <row r="2562" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2562" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2562" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q2562">
+        <v>95</v>
+      </c>
+      <c r="W2562">
+        <v>194</v>
+      </c>
+      <c r="AC2562" s="3">
+        <v>10675</v>
+      </c>
+    </row>
+    <row r="2563" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2563" t="s">
+        <v>113</v>
+      </c>
+      <c r="I2563">
+        <v>7942584</v>
+      </c>
+      <c r="K2563" t="s">
         <v>19</v>
       </c>
-      <c r="O2337">
-[...8 lines deleted...]
-      <c r="W2337" t="s">
+      <c r="N2563">
+        <v>143463</v>
+      </c>
+      <c r="P2563" s="2">
+        <v>43922</v>
+      </c>
+      <c r="S2563" s="2">
+        <v>45016</v>
+      </c>
+      <c r="U2563" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2563" s="3">
+        <v>6077</v>
+      </c>
+      <c r="AE2563">
+        <v>489</v>
+      </c>
+      <c r="AI2563" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2564" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="L2564" t="s">
+        <v>428</v>
+      </c>
+      <c r="V2564">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2565" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2565" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2565" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2566" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2566">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="2567" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2567" s="1" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="2568" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2568" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2568" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2569" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2569" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2569">
+        <v>67977322</v>
+      </c>
+      <c r="AH2569" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2569" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2570" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2570" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2570" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2570" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2570" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2570" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2570" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2570" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2570" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2570" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2570" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2570" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2570" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2570" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2571" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2571" t="s">
         <v>25</v>
       </c>
-      <c r="AC2337" s="3">
-[...5 lines deleted...]
-      <c r="AK2337" t="s">
+      <c r="H2571" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2571" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2571" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2572" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2572" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2573" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2573" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2573" t="s">
+        <v>180</v>
+      </c>
+      <c r="S2573">
+        <v>95</v>
+      </c>
+      <c r="Y2573">
+        <v>235</v>
+      </c>
+      <c r="AE2573" s="3">
+        <v>6077</v>
+      </c>
+    </row>
+    <row r="2574" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2574" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2574" t="s">
+        <v>128</v>
+      </c>
+      <c r="S2574">
+        <v>95</v>
+      </c>
+      <c r="Y2574">
+        <v>472</v>
+      </c>
+      <c r="AE2574" s="3">
+        <v>6077</v>
+      </c>
+    </row>
+    <row r="2575" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2575" t="s">
+        <v>196</v>
+      </c>
+      <c r="J2575">
+        <v>60041985</v>
+      </c>
+      <c r="L2575" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2575">
+        <v>100305</v>
+      </c>
+      <c r="Q2575" s="2">
+        <v>34425</v>
+      </c>
+      <c r="U2575" s="2">
+        <v>37195</v>
+      </c>
+      <c r="W2575" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2575" s="3">
+        <v>1500</v>
+      </c>
+      <c r="AG2575">
+        <v>25</v>
+      </c>
+      <c r="AK2575" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="2576" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2576" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2576">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2577" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2577" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2577" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2578" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2578" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="2579" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2579" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2580" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2580" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2580" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2580" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2580" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2581" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2581" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2582" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2582" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2582" t="s">
+        <v>174</v>
+      </c>
+      <c r="S2582">
+        <v>95</v>
+      </c>
+      <c r="Y2582">
+        <v>194</v>
+      </c>
+      <c r="AE2582" s="3">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="2583" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2583" t="s">
+        <v>218</v>
+      </c>
+      <c r="J2583">
+        <v>249953860</v>
+      </c>
+      <c r="L2583" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2583">
+        <v>100301</v>
+      </c>
+      <c r="Q2583" s="2">
+        <v>34425</v>
+      </c>
+      <c r="U2583" s="2">
+        <v>48334</v>
+      </c>
+      <c r="W2583" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2583" s="3">
+        <v>63000</v>
+      </c>
+      <c r="AG2583" s="3">
+        <v>6214</v>
+      </c>
+      <c r="AK2583" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="2338" spans="1:37" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="N2339" t="s">
+    <row r="2584" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2584" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2584">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="2585" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2585" t="s">
         <v>23</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="R2341" t="s">
+      <c r="N2585" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2586" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2586" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2586" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2586" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2586" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2587" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2587" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2588" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2588" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2588" t="s">
+        <v>180</v>
+      </c>
+      <c r="S2588">
+        <v>95</v>
+      </c>
+      <c r="Y2588">
+        <v>235</v>
+      </c>
+      <c r="AE2588" s="3">
+        <v>63000</v>
+      </c>
+    </row>
+    <row r="2589" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2589" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2589" t="s">
+        <v>220</v>
+      </c>
+      <c r="S2589">
+        <v>95</v>
+      </c>
+      <c r="Y2589">
+        <v>295</v>
+      </c>
+      <c r="AE2589" s="3">
+        <v>63000</v>
+      </c>
+    </row>
+    <row r="2590" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2590" t="s">
+        <v>218</v>
+      </c>
+      <c r="J2590">
+        <v>249953860</v>
+      </c>
+      <c r="L2590" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D2342" t="s">
+      <c r="O2590">
+        <v>100322</v>
+      </c>
+      <c r="Q2590" s="2">
+        <v>35551</v>
+      </c>
+      <c r="U2590" s="2">
+        <v>48334</v>
+      </c>
+      <c r="W2590" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2590" s="3">
+        <v>11934</v>
+      </c>
+      <c r="AG2590">
+        <v>762</v>
+      </c>
+      <c r="AK2590" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="2591" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2591" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2591">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="2592" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2592" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2592" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2593" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2593" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2593" t="s">
         <v>26</v>
       </c>
-      <c r="H2342" t="s">
+      <c r="P2593" t="s">
         <v>27</v>
       </c>
-      <c r="P2342" t="s">
+      <c r="X2593" t="s">
         <v>28</v>
       </c>
-      <c r="X2342" t="s">
-[...4 lines deleted...]
-      <c r="AD2343" t="s">
+    </row>
+    <row r="2594" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2594" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="2345" spans="1:37" x14ac:dyDescent="0.25">
-[...79 lines deleted...]
-      <c r="L2350" t="s">
+    <row r="2595" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2595" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2595" t="s">
+        <v>180</v>
+      </c>
+      <c r="S2595">
+        <v>95</v>
+      </c>
+      <c r="Y2595">
+        <v>235</v>
+      </c>
+      <c r="AE2595" s="3">
+        <v>11934</v>
+      </c>
+    </row>
+    <row r="2596" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2596" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2596" t="s">
+        <v>220</v>
+      </c>
+      <c r="S2596">
+        <v>95</v>
+      </c>
+      <c r="Y2596">
+        <v>295</v>
+      </c>
+      <c r="AE2596" s="3">
+        <v>11934</v>
+      </c>
+    </row>
+    <row r="2597" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2597" t="s">
+        <v>238</v>
+      </c>
+      <c r="J2597">
+        <v>181912262</v>
+      </c>
+      <c r="L2597" t="s">
         <v>19</v>
       </c>
-      <c r="O2350">
-[...33 lines deleted...]
-      <c r="N2352" t="s">
+      <c r="O2597">
+        <v>100306</v>
+      </c>
+      <c r="Q2597" s="2">
+        <v>34425</v>
+      </c>
+      <c r="U2597" s="2">
+        <v>48304</v>
+      </c>
+      <c r="W2597" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2597" s="3">
+        <v>30337</v>
+      </c>
+      <c r="AG2597" s="3">
+        <v>2992</v>
+      </c>
+      <c r="AK2597" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="2598" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2598" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2598">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="2599" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2599" t="s">
         <v>23</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="L2356" t="s">
+      <c r="N2599" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2600" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2600" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2601" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2601" t="s">
         <v>19</v>
-      </c>
-[...3417 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="2602" spans="2:37" x14ac:dyDescent="0.25">
       <c r="F2602" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="2603" spans="2:37" x14ac:dyDescent="0.25">
       <c r="R2603" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2604" spans="2:37" x14ac:dyDescent="0.25">
       <c r="D2604" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2604" t="s">
         <v>26</v>
       </c>
-      <c r="H2604" t="s">
+      <c r="P2604" t="s">
         <v>27</v>
       </c>
-      <c r="P2604" t="s">
+      <c r="X2604" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="2605" spans="2:37" x14ac:dyDescent="0.25">
       <c r="AD2605" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="2606" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E2606" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I2606" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="S2606">
         <v>95</v>
       </c>
       <c r="Y2606">
+        <v>235</v>
+      </c>
+      <c r="AE2606" s="3">
+        <v>30337</v>
+      </c>
+    </row>
+    <row r="2607" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2607" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2607" t="s">
+        <v>243</v>
+      </c>
+      <c r="S2607">
+        <v>95</v>
+      </c>
+      <c r="Y2607">
+        <v>134</v>
+      </c>
+      <c r="AE2607" s="3">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="2608" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2608" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2608" t="s">
+        <v>251</v>
+      </c>
+      <c r="S2608">
+        <v>95</v>
+      </c>
+      <c r="Y2608">
+        <v>161</v>
+      </c>
+      <c r="AE2608" s="3">
+        <v>18966</v>
+      </c>
+    </row>
+    <row r="2609" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2609" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2609" t="s">
+        <v>260</v>
+      </c>
+      <c r="S2609">
+        <v>95</v>
+      </c>
+      <c r="Y2609">
+        <v>151</v>
+      </c>
+      <c r="AE2609">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2610" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2610" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2610" t="s">
+        <v>262</v>
+      </c>
+      <c r="S2610">
+        <v>95</v>
+      </c>
+      <c r="Y2610">
+        <v>143</v>
+      </c>
+      <c r="AE2610">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2611" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T2611">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2612" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="J2612" s="1" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="2613" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2613" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2613" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2614" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2614" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2614">
+        <v>67977322</v>
+      </c>
+      <c r="AH2614" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2614" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2615" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2615" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2615" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2615" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2615" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2615" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2615" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2615" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2615" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2615" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2615" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2615" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2615" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2615" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2616" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2616" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2616" t="s">
+        <v>265</v>
+      </c>
+      <c r="S2616">
+        <v>95</v>
+      </c>
+      <c r="Y2616">
+        <v>157</v>
+      </c>
+      <c r="AE2616">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2617" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2617" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2617" t="s">
+        <v>271</v>
+      </c>
+      <c r="S2617">
+        <v>95</v>
+      </c>
+      <c r="Y2617">
+        <v>159</v>
+      </c>
+      <c r="AE2617">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="2618" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2618" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2618" t="s">
+        <v>284</v>
+      </c>
+      <c r="S2618">
+        <v>95</v>
+      </c>
+      <c r="Y2618">
+        <v>146</v>
+      </c>
+      <c r="AE2618" s="3">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="2619" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2619" t="s">
+        <v>238</v>
+      </c>
+      <c r="J2619">
+        <v>181912262</v>
+      </c>
+      <c r="L2619" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2619">
+        <v>100307</v>
+      </c>
+      <c r="Q2619" s="2">
+        <v>34425</v>
+      </c>
+      <c r="U2619" s="2">
+        <v>51956</v>
+      </c>
+      <c r="W2619" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2619" s="3">
+        <v>72000</v>
+      </c>
+      <c r="AG2619" s="3">
+        <v>2111</v>
+      </c>
+      <c r="AK2619" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="2620" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2620" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2620">
+        <v>5933</v>
+      </c>
+    </row>
+    <row r="2621" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2621" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2621" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2622" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="F2622" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2623" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="R2623" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2624" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2624" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2624" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2624" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2624" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2625" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2625" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2626" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2626" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2626" t="s">
+        <v>174</v>
+      </c>
+      <c r="S2626">
+        <v>95</v>
+      </c>
+      <c r="Y2626">
         <v>194</v>
       </c>
-      <c r="AE2606" s="3">
+      <c r="AE2626" s="3">
+        <v>72000</v>
+      </c>
+    </row>
+    <row r="2627" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2627" t="s">
+        <v>238</v>
+      </c>
+      <c r="J2627">
+        <v>181912262</v>
+      </c>
+      <c r="L2627" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2627">
+        <v>135045</v>
+      </c>
+      <c r="Q2627" s="2">
+        <v>39387</v>
+      </c>
+      <c r="U2627" s="2">
+        <v>51956</v>
+      </c>
+      <c r="W2627" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2627" s="3">
         <v>41200</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="J2607">
+      <c r="AG2627">
+        <v>892</v>
+      </c>
+      <c r="AK2627" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="2628" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2628" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2628">
+        <v>5933</v>
+      </c>
+    </row>
+    <row r="2629" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2629" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2629" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2630" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2630" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2631" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2631" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2632" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2632" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2632" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2632" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2632" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2633" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2633" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2634" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2634" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2634" t="s">
+        <v>174</v>
+      </c>
+      <c r="S2634">
+        <v>95</v>
+      </c>
+      <c r="Y2634">
+        <v>194</v>
+      </c>
+      <c r="AE2634" s="3">
+        <v>41200</v>
+      </c>
+    </row>
+    <row r="2635" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2635" t="s">
+        <v>238</v>
+      </c>
+      <c r="J2635">
         <v>181912262</v>
       </c>
-      <c r="L2607" t="s">
+      <c r="L2635" t="s">
         <v>19</v>
       </c>
-      <c r="O2607">
+      <c r="O2635">
         <v>141191</v>
       </c>
-      <c r="Q2607" s="2">
+      <c r="Q2635" s="2">
         <v>42461</v>
       </c>
-      <c r="U2607" s="2">
+      <c r="U2635" s="2">
         <v>51956</v>
       </c>
-      <c r="W2607" t="s">
+      <c r="W2635" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2635" s="3">
+        <v>41975</v>
+      </c>
+      <c r="AG2635" s="3">
+        <v>1038</v>
+      </c>
+      <c r="AK2635" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="2636" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2636" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2636">
+        <v>5933</v>
+      </c>
+    </row>
+    <row r="2637" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2637" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2637" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2638" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2638" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2639" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2639" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2640" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2640" t="s">
         <v>25</v>
       </c>
-      <c r="AC2607" s="3">
-[...36 lines deleted...]
-      <c r="D2612" t="s">
+      <c r="H2640" t="s">
         <v>26</v>
       </c>
-      <c r="H2612" t="s">
+      <c r="P2640" t="s">
         <v>27</v>
       </c>
-      <c r="P2612" t="s">
+      <c r="X2640" t="s">
         <v>28</v>
       </c>
-      <c r="X2612" t="s">
-[...4 lines deleted...]
-      <c r="AD2613" t="s">
+    </row>
+    <row r="2641" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2641" t="s">
         <v>420</v>
-      </c>
-[...420 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="2642" spans="2:37" x14ac:dyDescent="0.25">
       <c r="E2642" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I2642" t="s">
-        <v>98</v>
+        <v>174</v>
       </c>
       <c r="S2642">
         <v>95</v>
       </c>
       <c r="Y2642">
+        <v>194</v>
+      </c>
+      <c r="AE2642" s="3">
+        <v>41975</v>
+      </c>
+    </row>
+    <row r="2643" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2643" t="s">
+        <v>299</v>
+      </c>
+      <c r="J2643">
+        <v>7908916</v>
+      </c>
+      <c r="L2643" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2643">
+        <v>100308</v>
+      </c>
+      <c r="Q2643" s="2">
+        <v>34425</v>
+      </c>
+      <c r="U2643" s="2">
+        <v>48883</v>
+      </c>
+      <c r="W2643" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2643" s="3">
+        <v>32624</v>
+      </c>
+      <c r="AG2643" s="3">
+        <v>2299</v>
+      </c>
+      <c r="AK2643" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="2644" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2644" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2644">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="2645" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2645" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2645" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2646" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2646" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="2647" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2647" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2648" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2648" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2648" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2648" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2648" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2649" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2649" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2650" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2650" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2650" t="s">
+        <v>180</v>
+      </c>
+      <c r="S2650">
+        <v>95</v>
+      </c>
+      <c r="Y2650">
+        <v>235</v>
+      </c>
+      <c r="AE2650" s="3">
+        <v>32624</v>
+      </c>
+    </row>
+    <row r="2651" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2651" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2651" t="s">
+        <v>234</v>
+      </c>
+      <c r="S2651">
+        <v>95</v>
+      </c>
+      <c r="Y2651">
+        <v>327</v>
+      </c>
+      <c r="AE2651" s="3">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="2652" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2652" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2652" t="s">
+        <v>302</v>
+      </c>
+      <c r="S2652">
+        <v>95</v>
+      </c>
+      <c r="Y2652">
+        <v>219</v>
+      </c>
+      <c r="AE2652">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2653" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2653" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2653" t="s">
         <v>303</v>
       </c>
-      <c r="AE2642" s="3">
+      <c r="S2653">
+        <v>95</v>
+      </c>
+      <c r="Y2653">
+        <v>217</v>
+      </c>
+      <c r="AE2653" s="3">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="2654" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2654" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2654" t="s">
+        <v>305</v>
+      </c>
+      <c r="S2654">
+        <v>95</v>
+      </c>
+      <c r="Y2654">
+        <v>332</v>
+      </c>
+      <c r="AE2654">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2655" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2655" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2655" t="s">
+        <v>306</v>
+      </c>
+      <c r="S2655">
+        <v>95</v>
+      </c>
+      <c r="Y2655">
+        <v>342</v>
+      </c>
+      <c r="AE2655">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2656" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2656" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2656" t="s">
+        <v>307</v>
+      </c>
+      <c r="S2656">
+        <v>95</v>
+      </c>
+      <c r="Y2656">
+        <v>339</v>
+      </c>
+      <c r="AE2656">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2657" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2657" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2657" t="s">
+        <v>224</v>
+      </c>
+      <c r="S2657">
+        <v>95</v>
+      </c>
+      <c r="Y2657">
+        <v>470</v>
+      </c>
+      <c r="AE2657" s="3">
         <v>8000</v>
       </c>
     </row>
-    <row r="2643" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2643">
+    <row r="2658" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="T2658">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2659" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="J2659" s="1" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="2660" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A2660" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2660" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="2661" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="A2661" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2661">
+        <v>67977322</v>
+      </c>
+      <c r="AH2661" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2661" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2662" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="C2662" t="s">
+        <v>5</v>
+      </c>
+      <c r="J2662" t="s">
+        <v>6</v>
+      </c>
+      <c r="K2662" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2662" t="s">
+        <v>8</v>
+      </c>
+      <c r="O2662" t="s">
+        <v>9</v>
+      </c>
+      <c r="Q2662" t="s">
+        <v>10</v>
+      </c>
+      <c r="U2662" t="s">
+        <v>11</v>
+      </c>
+      <c r="V2662" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="X2662" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z2662" t="s">
+        <v>14</v>
+      </c>
+      <c r="AB2662" t="s">
+        <v>15</v>
+      </c>
+      <c r="AF2662" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ2662" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2663" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2663" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2663" t="s">
+        <v>310</v>
+      </c>
+      <c r="S2663">
+        <v>95</v>
+      </c>
+      <c r="Y2663">
+        <v>448</v>
+      </c>
+      <c r="AE2663" s="3">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="2664" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2664" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2664" t="s">
+        <v>312</v>
+      </c>
+      <c r="S2664">
+        <v>95</v>
+      </c>
+      <c r="Y2664">
+        <v>324</v>
+      </c>
+      <c r="AE2664">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2665" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2665" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2665" t="s">
+        <v>316</v>
+      </c>
+      <c r="S2665">
+        <v>95</v>
+      </c>
+      <c r="Y2665">
+        <v>322</v>
+      </c>
+      <c r="AE2665">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2666" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2666" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2666" t="s">
+        <v>317</v>
+      </c>
+      <c r="S2666">
+        <v>95</v>
+      </c>
+      <c r="Y2666">
+        <v>315</v>
+      </c>
+      <c r="AE2666">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2667" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2667" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2667" t="s">
+        <v>318</v>
+      </c>
+      <c r="S2667">
+        <v>95</v>
+      </c>
+      <c r="Y2667">
+        <v>312</v>
+      </c>
+      <c r="AE2667">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2668" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2668" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2668" t="s">
+        <v>319</v>
+      </c>
+      <c r="S2668">
+        <v>95</v>
+      </c>
+      <c r="Y2668">
+        <v>313</v>
+      </c>
+      <c r="AE2668">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="2669" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2669" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2669" t="s">
+        <v>235</v>
+      </c>
+      <c r="S2669">
+        <v>95</v>
+      </c>
+      <c r="Y2669">
+        <v>334</v>
+      </c>
+      <c r="AE2669">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2670" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2670" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2670" t="s">
+        <v>102</v>
+      </c>
+      <c r="S2670">
+        <v>95</v>
+      </c>
+      <c r="Y2670">
+        <v>303</v>
+      </c>
+      <c r="AE2670" s="3">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="2671" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2671" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2671" t="s">
+        <v>324</v>
+      </c>
+      <c r="S2671">
+        <v>95</v>
+      </c>
+      <c r="Y2671">
         <v>307</v>
       </c>
-      <c r="AE2643" s="3">
+      <c r="AE2671" s="3">
         <v>5000</v>
       </c>
     </row>
-    <row r="2644" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2644">
+    <row r="2672" spans="1:36" x14ac:dyDescent="0.25">
+      <c r="E2672" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2672" t="s">
+        <v>179</v>
+      </c>
+      <c r="S2672">
+        <v>95</v>
+      </c>
+      <c r="Y2672">
         <v>467</v>
       </c>
-      <c r="AE2644" s="3">
+      <c r="AE2672" s="3">
         <v>7536</v>
       </c>
     </row>
-    <row r="2645" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2645">
+    <row r="2673" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2673" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2673" t="s">
+        <v>326</v>
+      </c>
+      <c r="S2673">
+        <v>95</v>
+      </c>
+      <c r="Y2673">
         <v>319</v>
       </c>
-      <c r="AE2645">
+      <c r="AE2673">
         <v>921</v>
       </c>
     </row>
-    <row r="2646" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2646">
+    <row r="2674" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2674" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2674" t="s">
+        <v>236</v>
+      </c>
+      <c r="S2674">
+        <v>95</v>
+      </c>
+      <c r="Y2674">
         <v>336</v>
       </c>
-      <c r="AE2646">
+      <c r="AE2674">
         <v>576</v>
       </c>
     </row>
-    <row r="2647" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2647">
+    <row r="2675" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2675" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2675" t="s">
+        <v>329</v>
+      </c>
+      <c r="S2675">
+        <v>95</v>
+      </c>
+      <c r="Y2675">
         <v>474</v>
       </c>
-      <c r="AE2647" s="3">
+      <c r="AE2675" s="3">
         <v>1500</v>
       </c>
     </row>
-    <row r="2648" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2648">
+    <row r="2676" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2676" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2676" t="s">
+        <v>332</v>
+      </c>
+      <c r="S2676">
+        <v>95</v>
+      </c>
+      <c r="Y2676">
         <v>301</v>
       </c>
-      <c r="AE2648">
+      <c r="AE2676">
         <v>500</v>
       </c>
     </row>
-    <row r="2649" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2649">
+    <row r="2677" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2677" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2677" t="s">
+        <v>333</v>
+      </c>
+      <c r="S2677">
+        <v>95</v>
+      </c>
+      <c r="Y2677">
         <v>447</v>
       </c>
-      <c r="AE2649">
+      <c r="AE2677">
         <v>300</v>
       </c>
     </row>
-    <row r="2650" spans="2:37" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="J2650">
+    <row r="2678" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="C2678" t="s">
+        <v>299</v>
+      </c>
+      <c r="J2678">
         <v>7908916</v>
       </c>
-      <c r="L2650" t="s">
+      <c r="L2678" t="s">
         <v>19</v>
       </c>
-      <c r="O2650">
+      <c r="O2678">
         <v>100310</v>
       </c>
-      <c r="Q2650" s="2">
+      <c r="Q2678" s="2">
         <v>34425</v>
       </c>
-      <c r="U2650" s="2">
+      <c r="U2678" s="2">
         <v>48883</v>
       </c>
-      <c r="W2650" t="s">
+      <c r="W2678" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2678" s="3">
+        <v>13406</v>
+      </c>
+      <c r="AG2678">
+        <v>771</v>
+      </c>
+      <c r="AK2678" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="2679" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="M2679" t="s">
+        <v>428</v>
+      </c>
+      <c r="X2679">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="2680" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B2680" t="s">
+        <v>23</v>
+      </c>
+      <c r="N2680" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2681" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="F2681" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="2682" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="R2682" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="2683" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="D2683" t="s">
         <v>25</v>
       </c>
-      <c r="AC2650" s="3">
+      <c r="H2683" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2683" t="s">
+        <v>27</v>
+      </c>
+      <c r="X2683" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2684" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="AD2684" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2685" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2685" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2685" t="s">
+        <v>180</v>
+      </c>
+      <c r="S2685">
+        <v>95</v>
+      </c>
+      <c r="Y2685">
+        <v>235</v>
+      </c>
+      <c r="AE2685" s="3">
         <v>13406</v>
       </c>
-      <c r="AG2650">
-[...7 lines deleted...]
-      <c r="M2651" t="s">
+    </row>
+    <row r="2686" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2686" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2686" t="s">
+        <v>235</v>
+      </c>
+      <c r="S2686">
+        <v>95</v>
+      </c>
+      <c r="Y2686">
+        <v>334</v>
+      </c>
+      <c r="AE2686" s="3">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="2687" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2687" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2687" t="s">
+        <v>179</v>
+      </c>
+      <c r="S2687">
+        <v>95</v>
+      </c>
+      <c r="Y2687">
+        <v>467</v>
+      </c>
+      <c r="AE2687" s="3">
+        <v>9467</v>
+      </c>
+    </row>
+    <row r="2688" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="E2688" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2688" t="s">
+        <v>236</v>
+      </c>
+      <c r="S2688">
+        <v>95</v>
+      </c>
+      <c r="Y2688">
+        <v>336</v>
+      </c>
+      <c r="AE2688" s="3">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="2689" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="C2689" t="s">
+        <v>349</v>
+      </c>
+      <c r="J2689">
+        <v>7942113</v>
+      </c>
+      <c r="L2689" t="s">
+        <v>19</v>
+      </c>
+      <c r="O2689">
+        <v>100311</v>
+      </c>
+      <c r="Q2689" s="2">
+        <v>35048</v>
+      </c>
+      <c r="U2689" s="2">
+        <v>49765</v>
+      </c>
+      <c r="W2689" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC2689" s="3">
+        <v>223047</v>
+      </c>
+      <c r="AG2689" s="3">
+        <v>13873</v>
+      </c>
+      <c r="AK2689" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2690" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="M2690" t="s">
         <v>428</v>
       </c>
-      <c r="X2651">
-[...7 lines deleted...]
-      <c r="N2652" t="s">
+      <c r="X2690">
+        <v>3742</v>
+      </c>
+    </row>
+    <row r="2691" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="B2691" t="s">
         <v>23</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="D2655" t="s">
+      <c r="N2691" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2692" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="D2692" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2692" t="s">
         <v>26</v>
       </c>
-      <c r="H2655" t="s">
+      <c r="P2692" t="s">
         <v>27</v>
       </c>
-      <c r="P2655" t="s">
+      <c r="X2692" t="s">
         <v>28</v>
       </c>
-      <c r="X2655" t="s">
-[...4 lines deleted...]
-      <c r="AD2656" t="s">
+    </row>
+    <row r="2693" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="AD2693" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="2657" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2657">
+    <row r="2694" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2694" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2694" t="s">
+        <v>180</v>
+      </c>
+      <c r="S2694">
+        <v>95</v>
+      </c>
+      <c r="Y2694">
         <v>235</v>
       </c>
-      <c r="AE2657" s="3">
-[...76 lines deleted...]
-      <c r="AC2661" s="3">
+      <c r="AE2694" s="3">
         <v>223047</v>
       </c>
-      <c r="AG2661" s="3">
-[...68 lines deleted...]
-      <c r="Y2667">
+    </row>
+    <row r="2695" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2695" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2695" t="s">
+        <v>354</v>
+      </c>
+      <c r="S2695">
+        <v>95</v>
+      </c>
+      <c r="Y2695">
         <v>243</v>
       </c>
-      <c r="AE2667" s="3">
+      <c r="AE2695" s="3">
         <v>2700</v>
       </c>
     </row>
-    <row r="2668" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2668">
+    <row r="2696" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2696" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2696" t="s">
+        <v>355</v>
+      </c>
+      <c r="S2696">
+        <v>95</v>
+      </c>
+      <c r="Y2696">
         <v>259</v>
       </c>
-      <c r="AE2668">
+      <c r="AE2696">
         <v>600</v>
       </c>
     </row>
-    <row r="2669" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2669">
+    <row r="2697" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2697" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2697" t="s">
+        <v>356</v>
+      </c>
+      <c r="S2697">
+        <v>95</v>
+      </c>
+      <c r="Y2697">
         <v>268</v>
       </c>
-      <c r="AE2669" s="3">
+      <c r="AE2697" s="3">
         <v>21896</v>
       </c>
     </row>
-    <row r="2670" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2670">
+    <row r="2698" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2698" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2698" t="s">
+        <v>358</v>
+      </c>
+      <c r="S2698">
+        <v>95</v>
+      </c>
+      <c r="Y2698">
         <v>484</v>
       </c>
-      <c r="AE2670" s="3">
+      <c r="AE2698" s="3">
         <v>1700</v>
       </c>
     </row>
-    <row r="2671" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2671">
+    <row r="2699" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2699" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2699" t="s">
+        <v>362</v>
+      </c>
+      <c r="S2699">
+        <v>95</v>
+      </c>
+      <c r="Y2699">
         <v>263</v>
       </c>
-      <c r="AE2671" s="3">
+      <c r="AE2699" s="3">
         <v>3300</v>
       </c>
     </row>
-    <row r="2672" spans="2:37" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2672">
+    <row r="2700" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2700" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2700" t="s">
+        <v>364</v>
+      </c>
+      <c r="S2700">
+        <v>95</v>
+      </c>
+      <c r="Y2700">
         <v>277</v>
       </c>
-      <c r="AE2672">
+      <c r="AE2700">
         <v>200</v>
       </c>
     </row>
-    <row r="2673" spans="1:35" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="Y2673">
+    <row r="2701" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="E2701" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2701" t="s">
+        <v>367</v>
+      </c>
+      <c r="S2701">
+        <v>95</v>
+      </c>
+      <c r="Y2701">
         <v>475</v>
       </c>
-      <c r="AE2673">
+      <c r="AE2701">
         <v>200</v>
       </c>
     </row>
-    <row r="2674" spans="1:35" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="I2675" s="1" t="s">
+    <row r="2702" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="T2702">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2703" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="I2703" s="1" t="s">
         <v>427</v>
       </c>
     </row>
-    <row r="2676" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A2676" t="s">
+    <row r="2704" spans="1:37" x14ac:dyDescent="0.25">
+      <c r="A2704" t="s">
         <v>1</v>
       </c>
-      <c r="F2676" t="s">
+      <c r="F2704" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2677" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A2677" t="s">
+    <row r="2705" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2705" t="s">
         <v>3</v>
       </c>
-      <c r="F2677">
+      <c r="F2705">
         <v>67977322</v>
       </c>
-      <c r="AF2677" t="s">
+      <c r="AF2705" t="s">
         <v>4</v>
       </c>
-      <c r="AG2677" s="2">
-[...4 lines deleted...]
-      <c r="C2678" t="s">
+      <c r="AG2705" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2706" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2706" t="s">
         <v>5</v>
       </c>
-      <c r="I2678" t="s">
+      <c r="I2706" t="s">
         <v>6</v>
       </c>
-      <c r="J2678" t="s">
+      <c r="J2706" t="s">
         <v>7</v>
       </c>
-      <c r="L2678" t="s">
+      <c r="L2706" t="s">
         <v>8</v>
       </c>
-      <c r="N2678" t="s">
+      <c r="N2706" t="s">
         <v>9</v>
       </c>
-      <c r="P2678" t="s">
+      <c r="P2706" t="s">
         <v>10</v>
       </c>
-      <c r="S2678" t="s">
+      <c r="S2706" t="s">
         <v>11</v>
       </c>
-      <c r="T2678" s="1" t="s">
+      <c r="T2706" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="V2678" t="s">
+      <c r="V2706" t="s">
         <v>13</v>
       </c>
-      <c r="X2678" t="s">
+      <c r="X2706" t="s">
         <v>14</v>
       </c>
-      <c r="Z2678" t="s">
+      <c r="Z2706" t="s">
         <v>15</v>
       </c>
-      <c r="AD2678" t="s">
+      <c r="AD2706" t="s">
         <v>16</v>
       </c>
-      <c r="AH2678" t="s">
+      <c r="AH2706" t="s">
         <v>17</v>
-      </c>
-[...438 lines deleted...]
-        <v>1622</v>
       </c>
     </row>
     <row r="2707" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E2707" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H2707" t="s">
-        <v>159</v>
+        <v>368</v>
       </c>
       <c r="Q2707">
         <v>95</v>
       </c>
       <c r="W2707">
-        <v>284</v>
+        <v>264</v>
       </c>
       <c r="AC2707" s="3">
-        <v>23378</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="2708" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E2708" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H2708" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="Q2708">
         <v>95</v>
       </c>
       <c r="W2708">
-        <v>295</v>
+        <v>481</v>
       </c>
       <c r="AC2708" s="3">
-        <v>25000</v>
+        <v>63400</v>
       </c>
     </row>
     <row r="2709" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="C2709" t="s">
-[...27 lines deleted...]
-        <v>433</v>
+      <c r="E2709" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2709" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q2709">
+        <v>95</v>
+      </c>
+      <c r="W2709">
+        <v>482</v>
+      </c>
+      <c r="AC2709" s="3">
+        <v>36000</v>
       </c>
     </row>
     <row r="2710" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="L2710" t="s">
-[...3 lines deleted...]
-        <v>7486</v>
+      <c r="E2710" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2710" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q2710">
+        <v>95</v>
+      </c>
+      <c r="W2710">
+        <v>547</v>
+      </c>
+      <c r="AC2710" s="3">
+        <v>3600</v>
       </c>
     </row>
     <row r="2711" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="B2711" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="E2711" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2711" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q2711">
+        <v>95</v>
+      </c>
+      <c r="W2711">
+        <v>251</v>
+      </c>
+      <c r="AC2711" s="3">
+        <v>1900</v>
       </c>
     </row>
     <row r="2712" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="D2712" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="E2712" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2712" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q2712">
+        <v>95</v>
+      </c>
+      <c r="W2712">
+        <v>265</v>
+      </c>
+      <c r="AC2712" s="3">
+        <v>6791</v>
       </c>
     </row>
     <row r="2713" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="AB2713" t="s">
-        <v>420</v>
+      <c r="E2713" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2713" t="s">
+        <v>373</v>
+      </c>
+      <c r="Q2713">
+        <v>95</v>
+      </c>
+      <c r="W2713">
+        <v>275</v>
+      </c>
+      <c r="AC2713">
+        <v>400</v>
       </c>
     </row>
     <row r="2714" spans="1:35" x14ac:dyDescent="0.25">
       <c r="E2714" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2714" t="s">
-        <v>177</v>
+        <v>103</v>
       </c>
       <c r="Q2714">
         <v>95</v>
       </c>
       <c r="W2714">
+        <v>451</v>
+      </c>
+      <c r="AC2714" s="3">
+        <v>74300</v>
+      </c>
+    </row>
+    <row r="2715" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2715" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2715" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q2715">
+        <v>95</v>
+      </c>
+      <c r="W2715">
+        <v>250</v>
+      </c>
+      <c r="AC2715" s="3">
+        <v>3360</v>
+      </c>
+    </row>
+    <row r="2716" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2716" t="s">
+        <v>349</v>
+      </c>
+      <c r="I2716">
+        <v>7942113</v>
+      </c>
+      <c r="K2716" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2716">
+        <v>100313</v>
+      </c>
+      <c r="P2716" s="2">
+        <v>35048</v>
+      </c>
+      <c r="S2716" s="2">
+        <v>49765</v>
+      </c>
+      <c r="U2716" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2716" s="3">
+        <v>60433</v>
+      </c>
+      <c r="AE2716" s="3">
+        <v>3233</v>
+      </c>
+      <c r="AI2716" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2717" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2717" t="s">
+        <v>428</v>
+      </c>
+      <c r="V2717">
+        <v>3742</v>
+      </c>
+    </row>
+    <row r="2718" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2718" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2718" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2719" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2719" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2719" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2719" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2719" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2720" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB2720" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2721" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2721" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2721" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q2721">
+        <v>95</v>
+      </c>
+      <c r="W2721">
         <v>235</v>
       </c>
-      <c r="AC2714">
+      <c r="AC2721" s="3">
+        <v>60433</v>
+      </c>
+    </row>
+    <row r="2722" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2722" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2722" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q2722">
+        <v>95</v>
+      </c>
+      <c r="W2722">
+        <v>472</v>
+      </c>
+      <c r="AC2722" s="3">
+        <v>6080</v>
+      </c>
+    </row>
+    <row r="2723" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2723" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2723" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q2723">
+        <v>95</v>
+      </c>
+      <c r="W2723">
+        <v>290</v>
+      </c>
+      <c r="AC2723" s="3">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="2724" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2724" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2724" t="s">
+        <v>356</v>
+      </c>
+      <c r="Q2724">
+        <v>95</v>
+      </c>
+      <c r="W2724">
+        <v>268</v>
+      </c>
+      <c r="AC2724" s="3">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="2725" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2725" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2725" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q2725">
+        <v>95</v>
+      </c>
+      <c r="W2725">
+        <v>278</v>
+      </c>
+      <c r="AC2725" s="3">
+        <v>11147</v>
+      </c>
+    </row>
+    <row r="2726" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2726" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2726" t="s">
+        <v>362</v>
+      </c>
+      <c r="Q2726">
+        <v>95</v>
+      </c>
+      <c r="W2726">
+        <v>263</v>
+      </c>
+      <c r="AC2726" s="3">
+        <v>38067</v>
+      </c>
+    </row>
+    <row r="2727" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2727" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2727" t="s">
+        <v>363</v>
+      </c>
+      <c r="Q2727">
+        <v>95</v>
+      </c>
+      <c r="W2727">
+        <v>260</v>
+      </c>
+      <c r="AC2727">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="2728" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="C2728" t="s">
+        <v>349</v>
+      </c>
+      <c r="I2728">
+        <v>7942113</v>
+      </c>
+      <c r="K2728" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2728">
+        <v>145270</v>
+      </c>
+      <c r="P2728" s="2">
+        <v>45047</v>
+      </c>
+      <c r="S2728" s="2">
+        <v>48669</v>
+      </c>
+      <c r="U2728" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2728" s="3">
+        <v>50000</v>
+      </c>
+      <c r="AE2728" s="3">
+        <v>2740</v>
+      </c>
+      <c r="AI2728" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="2729" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="L2729" t="s">
+        <v>428</v>
+      </c>
+      <c r="V2729">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="2730" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="B2730" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2730" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2731" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="D2731" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2731" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2731" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2731" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2732" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="AB2732" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2733" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2733" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2733" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q2733">
+        <v>95</v>
+      </c>
+      <c r="W2733">
+        <v>235</v>
+      </c>
+      <c r="AC2733" s="3">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="2734" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2734" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2734" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q2734">
+        <v>95</v>
+      </c>
+      <c r="W2734">
+        <v>290</v>
+      </c>
+      <c r="AC2734" s="3">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="2735" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2735" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2735" t="s">
+        <v>162</v>
+      </c>
+      <c r="Q2735">
+        <v>95</v>
+      </c>
+      <c r="W2735">
+        <v>284</v>
+      </c>
+      <c r="AC2735" s="3">
+        <v>23378</v>
+      </c>
+    </row>
+    <row r="2736" spans="2:35" x14ac:dyDescent="0.25">
+      <c r="E2736" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2736" t="s">
+        <v>220</v>
+      </c>
+      <c r="Q2736">
+        <v>95</v>
+      </c>
+      <c r="W2736">
+        <v>295</v>
+      </c>
+      <c r="AC2736" s="3">
+        <v>25000</v>
+      </c>
+    </row>
+    <row r="2737" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2737" t="s">
+        <v>197</v>
+      </c>
+      <c r="I2737">
+        <v>837565548</v>
+      </c>
+      <c r="K2737" t="s">
+        <v>19</v>
+      </c>
+      <c r="N2737">
+        <v>134510</v>
+      </c>
+      <c r="P2737" s="2">
+        <v>38838</v>
+      </c>
+      <c r="S2737" s="2">
+        <v>53417</v>
+      </c>
+      <c r="U2737" t="s">
+        <v>20</v>
+      </c>
+      <c r="AA2737">
         <v>637</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="F2716" s="1" t="s">
+      <c r="AE2737">
+        <v>45</v>
+      </c>
+      <c r="AI2737" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="2738" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2738" t="s">
+        <v>428</v>
+      </c>
+      <c r="V2738">
+        <v>7394</v>
+      </c>
+    </row>
+    <row r="2739" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2739" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2739" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2740" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="D2740" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2740" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2740" t="s">
+        <v>27</v>
+      </c>
+      <c r="V2740" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2741" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="AB2741" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2742" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="E2742" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2742" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q2742">
+        <v>95</v>
+      </c>
+      <c r="W2742">
+        <v>235</v>
+      </c>
+      <c r="AC2742">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="2743" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="R2743">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2744" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="F2744" s="1" t="s">
         <v>427</v>
       </c>
     </row>
-    <row r="2717" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A2717" t="s">
+    <row r="2745" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2745" t="s">
         <v>1</v>
       </c>
-      <c r="D2717" t="s">
+      <c r="D2745" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2718" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="A2718" t="s">
+    <row r="2746" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2746" t="s">
         <v>3</v>
       </c>
-      <c r="D2718">
+      <c r="D2746">
         <v>67977322</v>
       </c>
-      <c r="U2718" t="s">
+      <c r="U2746" t="s">
         <v>4</v>
       </c>
-      <c r="V2718" s="2">
-[...4 lines deleted...]
-      <c r="B2719" t="s">
+      <c r="V2746" s="2">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2747" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="B2747" t="s">
         <v>5</v>
       </c>
-      <c r="F2719" t="s">
+      <c r="F2747" t="s">
         <v>6</v>
       </c>
-      <c r="G2719" t="s">
+      <c r="G2747" t="s">
         <v>7</v>
       </c>
-      <c r="H2719" t="s">
+      <c r="H2747" t="s">
         <v>8</v>
       </c>
-      <c r="I2719" t="s">
+      <c r="I2747" t="s">
         <v>9</v>
       </c>
-      <c r="J2719" t="s">
+      <c r="J2747" t="s">
         <v>10</v>
       </c>
-      <c r="M2719" t="s">
+      <c r="M2747" t="s">
         <v>11</v>
       </c>
-      <c r="N2719" s="1" t="s">
+      <c r="N2747" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="O2719" t="s">
+      <c r="O2747" t="s">
         <v>13</v>
       </c>
-      <c r="Q2719" t="s">
+      <c r="Q2747" t="s">
         <v>14</v>
       </c>
-      <c r="R2719" t="s">
+      <c r="R2747" t="s">
         <v>15</v>
       </c>
-      <c r="T2719" t="s">
+      <c r="T2747" t="s">
         <v>16</v>
       </c>
-      <c r="W2719" t="s">
+      <c r="W2747" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="2720" spans="1:35" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P2720">
+    <row r="2748" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2748" t="s">
+        <v>32</v>
+      </c>
+      <c r="E2748" t="s">
+        <v>220</v>
+      </c>
+      <c r="K2748">
+        <v>95</v>
+      </c>
+      <c r="P2748">
         <v>295</v>
       </c>
-      <c r="S2720">
+      <c r="S2748">
         <v>446</v>
       </c>
     </row>
-    <row r="2721" spans="1:19" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="P2721">
+    <row r="2749" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="C2749" t="s">
+        <v>32</v>
+      </c>
+      <c r="E2749" t="s">
+        <v>84</v>
+      </c>
+      <c r="K2749">
+        <v>95</v>
+      </c>
+      <c r="P2749">
         <v>188</v>
       </c>
-      <c r="S2721">
+      <c r="S2749">
         <v>191</v>
       </c>
     </row>
-    <row r="2722" spans="1:19" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A2723" t="s">
+    <row r="2750" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="L2750">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2751" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2751" t="s">
         <v>434</v>
       </c>
-      <c r="B2723" t="s">
+      <c r="B2751" t="s">
         <v>435</v>
       </c>
     </row>
-    <row r="2724" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2724">
+    <row r="2752" spans="1:35" x14ac:dyDescent="0.25">
+      <c r="A2752">
         <v>1</v>
       </c>
-      <c r="B2724" t="s">
+      <c r="B2752" t="s">
         <v>436</v>
       </c>
     </row>
-    <row r="2725" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2725">
+    <row r="2753" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2753">
         <v>2</v>
       </c>
-      <c r="B2725" t="s">
+      <c r="B2753" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="2726" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2726">
+    <row r="2754" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2754">
         <v>3</v>
       </c>
-      <c r="B2726" t="s">
+      <c r="B2754" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="2727" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2727">
+    <row r="2755" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2755">
         <v>4</v>
       </c>
-      <c r="B2727" t="s">
+      <c r="B2755" t="s">
         <v>439</v>
       </c>
     </row>
-    <row r="2728" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2728">
+    <row r="2756" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2756">
         <v>7</v>
       </c>
-      <c r="B2728" t="s">
+      <c r="B2756" t="s">
         <v>440</v>
       </c>
     </row>
-    <row r="2729" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2729">
+    <row r="2757" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2757">
         <v>13</v>
       </c>
-      <c r="B2729" t="s">
+      <c r="B2757" t="s">
         <v>441</v>
       </c>
     </row>
-    <row r="2730" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2730">
+    <row r="2758" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2758">
         <v>38</v>
       </c>
-      <c r="B2730" t="s">
+      <c r="B2758" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="2731" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2731">
+    <row r="2759" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2759">
         <v>48</v>
       </c>
-      <c r="B2731" t="s">
+      <c r="B2759" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="2732" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2732">
+    <row r="2760" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2760">
         <v>66</v>
       </c>
-      <c r="B2732" t="s">
+      <c r="B2760" t="s">
         <v>444</v>
       </c>
     </row>
-    <row r="2733" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2733">
+    <row r="2761" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2761">
         <v>82</v>
       </c>
-      <c r="B2733" t="s">
+      <c r="B2761" t="s">
         <v>445</v>
       </c>
     </row>
-    <row r="2734" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2734">
+    <row r="2762" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2762">
         <v>83</v>
       </c>
-      <c r="B2734" t="s">
+      <c r="B2762" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="2735" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A2735">
+    <row r="2763" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2763">
         <v>89</v>
       </c>
-      <c r="B2735" t="s">
+      <c r="B2763" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="2736" spans="1:19" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2736" t="s">
+    <row r="2764" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2764">
+        <v>163</v>
+      </c>
+      <c r="B2764" t="s">
         <v>448</v>
       </c>
     </row>
-    <row r="2737" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2737" t="s">
+    <row r="2765" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2765">
+        <v>172</v>
+      </c>
+      <c r="B2765" t="s">
         <v>449</v>
       </c>
     </row>
-    <row r="2738" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2738" t="s">
+    <row r="2766" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A2766">
+        <v>173</v>
+      </c>
+      <c r="B2766" t="s">
         <v>450</v>
       </c>
     </row>
-    <row r="2739" spans="1:3" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-        <v>66</v>
+    <row r="2767" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C2767">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>C0006402510</vt:lpstr>
+      <vt:lpstr>C0006402601</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Cunningham, Steven</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>